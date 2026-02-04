--- v0 (2025-12-10)
+++ v1 (2026-02-04)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2154" uniqueCount="760">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2244" uniqueCount="790">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
@@ -2356,50 +2356,140 @@
     <t>Art. 1º- Nomear os vereadores Adilson Kluck, Ronan Paulo Minatti e Kauana Peschke Lange a constituírem a Comissão Especial de análise de concessão de títulos honoríficos, criada pela resolução 002/2021.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
     <t>Art. 1º Fica suspenso o expediente da Câmara de Vereadores no dia 31 de outubro de 2025 (sexta-feira), em razão do Dia do Servidor Público, celebrado em 28 de outubro.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>Art. 1º Fica autorizada a vereadora Ana Claudia Locilha de Oliveira, a realizar viagem a Florianópolis/SC, nos dias 11, 12, 13 e 14/11/2025, com a finalidade de participar do Congresso Estadual de Vereadores e Servidores das Câmaras Municipais, promovido pela União dos Vereadores de Santa Catarina - UVESC, conforme requerimento anexo.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>Art. 1º Fica autorizada a servidora Jeneffer Mayara da Luz, matrícula nº 060, a realizar viagem a Florianópolis/SC, nos dias 11, 12, 13 e 14/11/2025, com a finalidade de participar do Congresso Estadual de Vereadores e Servidores das Câmaras Municipais, promovido pela União dos Vereadores de Santa Catarina - UVESC, conforme requerimento anexo.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>Art. 1º Fica autorizada a vereadora Scheila Emilene Engelmann Ewald, a realizar viagem a Florianópolis/SC, nos dias 11, 12, 13 e 14/11/2025, com a finalidade de participar do Congresso Estadual de Vereadores e Servidores das Câmaras Municipais, promovido pela União dos Vereadores de Santa Catarina - UVESC, conforme requerimento anexo.</t>
+  </si>
+  <si>
+    <t>427</t>
+  </si>
+  <si>
+    <t>Art. 1º Fica autorizada a vereadora Kauana Peschke Lange, a realizar viagem a Brasília – DF, nos dias 25, 26 e 27/11/2025, com a finalidade de cumprir agenda com os senadores Ivete da Silveira e Esperidião Amin, os deputados Fábio Schiochet, Rafael Pezenti, Ana Paula Lima, sobre melhorias ao Município, como recapagem de pavimento asfáltico e pavimentação, construção de um parque municipal, verificação de datas e prazos para envio de recursos já protocolados relacionados a agricultura e ainda sobre PAC para creches . Bem como reunião com o Ministro do Esporte André Fufuca para a construção de uma Arena para Schroeder e reunião com o Ministro da Integração e do Desenvolvimento regional, Waldez Góes, sobre recurso para máquinas (esteira e escavadeira) e pavimentação, conforme requerimento anexo.</t>
+  </si>
+  <si>
+    <t>428</t>
+  </si>
+  <si>
+    <t>Art. 1º Conceder férias a servidora Marileia Hackbarth, matrícula n. 054, ocupante do cargo de Diretora Geral, do quadro de pessoal do Poder Legislativo, referente ao período aquisitivo de 21 de dezembro de 2024 a 20 de dezembro de 2025, pelo período de 15 (quinze) dias, com início do gozo de férias em 29 de dezembro de 2025.</t>
+  </si>
+  <si>
+    <t>429</t>
+  </si>
+  <si>
+    <t>Art. 1º Conceder férias a servidora Angélica Sonntag, matricula 012, ocupante do cargo de Assessora Jurídica, do quadro de pessoal do Poder Legislativo, referente ao período aquisitivo de 25 de março de 2024 a 24 de março de 2025, pelo período de 25 (vinte e cinco) dias, com início do gozo de férias em 29 de dezembro de 2025.</t>
+  </si>
+  <si>
+    <t>430</t>
+  </si>
+  <si>
+    <t>Art. 1º Conceder férias a servidora Viviane Lessmann, matrícula nº 33, ocupante do cargo de Controladora, do quadro de pessoal do Poder Legislativo, referente ao período aquisitivo de 12 de janeiro de 2024 a 11 de janeiro de 2025, pelo período de 25 (vinte e cinco) dias, com início do gozo de férias em 17 de dezembro de 2025.</t>
+  </si>
+  <si>
+    <t>431</t>
+  </si>
+  <si>
+    <t>Art. 1º Conceder férias a servidora Tereza de Lourdes Alves, matrícula 013, ocupante do cargo de Auxiliar de Serviços Gerais, do quadro de pessoal do Poder Legislativo, referente ao período aquisitivo de 23 de dezembro de 2024 a 22 de dezembro de 2025, pelo período de 30 (trinta) dias, com início do gozo de férias em 29 de dezembro de 2025.</t>
+  </si>
+  <si>
+    <t>432</t>
+  </si>
+  <si>
+    <t>Art. 1º Conceder férias à servidora Jeneffer Mayara da Luz, matrícula n. 60, ocupante do cargo de Assessora legislativa, do quadro de pessoal do Poder Legislativo, referente ao período aquisitivo de 18 de dezembro de 2024 a 17 de dezembro de 2025, pelo período de 20 (vinte) dias, com início do gozo de férias em 29 de dezembro de 2025.</t>
+  </si>
+  <si>
+    <t>433</t>
+  </si>
+  <si>
+    <t>Art. 1º Conceder férias coletivas à servidora Naiara Sacht da Silva, matrícula n. 72, ocupante do cargo de Chefe de Gabinete, do quadro de pessoal do Poder Legislativo, referente ao período aquisitivo de 03 de fevereiro de 2025 a 02 de fevereiro de 2026, pelo período de 25 (vinte e cinco) dias, com início do gozo de férias em 17 de dezembro de 2025.</t>
+  </si>
+  <si>
+    <t>434</t>
+  </si>
+  <si>
+    <t>Art. 1º Conceder férias coletivas à servidora Joice Cristina Volles, matrícula n. 73, ocupante do cargo de Assessora Parlamentar, do quadro de pessoal do Poder Legislativo, referente ao período aquisitivo de 10 de fevereiro de 2025 a 09 de fevereiro de 2026, pelo período de 25 (vinte e cinco) dias, com início do gozo de férias em 17 de dezembro de 2025.</t>
+  </si>
+  <si>
+    <t>435</t>
+  </si>
+  <si>
+    <t>Art. 1º Conceder férias coletivas à servidora Natieli Jaine Simon, matrícula n. 74, ocupante do cargo de Assessora de Comunicação, do quadro de pessoal do Poder Legislativo, referente ao período aquisitivo de 24 de março de 2025 a 23 de março de 2026, pelo período de 23 (vinte e três) dias, com início do gozo de férias em 17 de dezembro de 2025.</t>
+  </si>
+  <si>
+    <t>436</t>
+  </si>
+  <si>
+    <t>Art. 1º Fica autorizado o vereador Adriano Dias Furtado, a realizar viagem a Timbó- SC, no dia 10/12/2025, com a finalidade de participar de reunião no Consórcio Intermunicipal do Médio Vale do Itajaí, para esclarecer assuntos relacionados ao Projeto de Lei n. 85/2025, conforme requerimento anexo.</t>
+  </si>
+  <si>
+    <t>437</t>
+  </si>
+  <si>
+    <t>Cancelada.</t>
+  </si>
+  <si>
+    <t>438</t>
+  </si>
+  <si>
+    <t>Art. 1º Fica autorizada a vereadora Ana Claudia Locilha de Oliveira, a realizar viagem a Florianópolis - SC, no dia 17/12/2025, com a finalidade de participar da solenidade de apresentação dos resultados do Programa SC Mais Inovação e de entrega do Selo Município Inovador Catarinense ao Município de Schroeder, conforme requerimento anexo.</t>
+  </si>
+  <si>
+    <t>439</t>
+  </si>
+  <si>
+    <t>Art. 1º Fica autorizado o vereador Adriano Dias Furtado, a realizar viagem a Florianópolis - SC, no dia 17/12/2025, com a finalidade de participar da solenidade de apresentação dos resultados do Programa SC Mais Inovação e de entrega do Selo Município Inovador Catarinense ao Município de Schroeder, conforme requerimento anexo.</t>
+  </si>
+  <si>
+    <t>440</t>
+  </si>
+  <si>
+    <t>Art. 1º Fica autorizada a servidora Angélica Sonntag, assessora jurídica, matrícula n. 012, a realizar viagem a Florianópolis - SC, no dia 17/12/2025, com a finalidade de participar da solenidade de apresentação dos resultados do Programa SC Mais Inovação e de entrega do Selo Município Inovador Catarinense ao Município de Schroeder, conforme requerimento anexo.</t>
+  </si>
+  <si>
+    <t>441</t>
+  </si>
+  <si>
+    <t>Art. 1º Fica autorizada a servidora Jeneffer Mayara da Luz, assessora legislativa, matrícula n. 60, a realizar viagem a Florianópolis - SC, no dia 17/12/2025, com a finalidade de participar da solenidade de apresentação dos resultados do Programa SC Mais Inovação e de entrega do Selo Município Inovador Catarinense ao Município de Schroeder, conforme requerimento anexo.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -2691,51 +2781,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F359"/>
+  <dimension ref="A1:F374"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="25.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -9883,50 +9973,350 @@
       <c r="E358" t="s">
         <v>10</v>
       </c>
       <c r="F358" t="s">
         <v>757</v>
       </c>
     </row>
     <row r="359" spans="1:6">
       <c r="A359" t="s">
         <v>758</v>
       </c>
       <c r="B359" t="s">
         <v>629</v>
       </c>
       <c r="C359" t="s">
         <v>96</v>
       </c>
       <c r="D359" t="s">
         <v>9</v>
       </c>
       <c r="E359" t="s">
         <v>10</v>
       </c>
       <c r="F359" t="s">
         <v>759</v>
+      </c>
+    </row>
+    <row r="360" spans="1:6">
+      <c r="A360" t="s">
+        <v>760</v>
+      </c>
+      <c r="B360" t="s">
+        <v>629</v>
+      </c>
+      <c r="C360" t="s">
+        <v>99</v>
+      </c>
+      <c r="D360" t="s">
+        <v>9</v>
+      </c>
+      <c r="E360" t="s">
+        <v>10</v>
+      </c>
+      <c r="F360" t="s">
+        <v>761</v>
+      </c>
+    </row>
+    <row r="361" spans="1:6">
+      <c r="A361" t="s">
+        <v>762</v>
+      </c>
+      <c r="B361" t="s">
+        <v>629</v>
+      </c>
+      <c r="C361" t="s">
+        <v>102</v>
+      </c>
+      <c r="D361" t="s">
+        <v>9</v>
+      </c>
+      <c r="E361" t="s">
+        <v>10</v>
+      </c>
+      <c r="F361" t="s">
+        <v>763</v>
+      </c>
+    </row>
+    <row r="362" spans="1:6">
+      <c r="A362" t="s">
+        <v>764</v>
+      </c>
+      <c r="B362" t="s">
+        <v>629</v>
+      </c>
+      <c r="C362" t="s">
+        <v>105</v>
+      </c>
+      <c r="D362" t="s">
+        <v>9</v>
+      </c>
+      <c r="E362" t="s">
+        <v>10</v>
+      </c>
+      <c r="F362" t="s">
+        <v>765</v>
+      </c>
+    </row>
+    <row r="363" spans="1:6">
+      <c r="A363" t="s">
+        <v>766</v>
+      </c>
+      <c r="B363" t="s">
+        <v>629</v>
+      </c>
+      <c r="C363" t="s">
+        <v>108</v>
+      </c>
+      <c r="D363" t="s">
+        <v>9</v>
+      </c>
+      <c r="E363" t="s">
+        <v>10</v>
+      </c>
+      <c r="F363" t="s">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="364" spans="1:6">
+      <c r="A364" t="s">
+        <v>768</v>
+      </c>
+      <c r="B364" t="s">
+        <v>629</v>
+      </c>
+      <c r="C364" t="s">
+        <v>114</v>
+      </c>
+      <c r="D364" t="s">
+        <v>9</v>
+      </c>
+      <c r="E364" t="s">
+        <v>10</v>
+      </c>
+      <c r="F364" t="s">
+        <v>769</v>
+      </c>
+    </row>
+    <row r="365" spans="1:6">
+      <c r="A365" t="s">
+        <v>770</v>
+      </c>
+      <c r="B365" t="s">
+        <v>629</v>
+      </c>
+      <c r="C365" t="s">
+        <v>117</v>
+      </c>
+      <c r="D365" t="s">
+        <v>9</v>
+      </c>
+      <c r="E365" t="s">
+        <v>10</v>
+      </c>
+      <c r="F365" t="s">
+        <v>771</v>
+      </c>
+    </row>
+    <row r="366" spans="1:6">
+      <c r="A366" t="s">
+        <v>772</v>
+      </c>
+      <c r="B366" t="s">
+        <v>629</v>
+      </c>
+      <c r="C366" t="s">
+        <v>119</v>
+      </c>
+      <c r="D366" t="s">
+        <v>9</v>
+      </c>
+      <c r="E366" t="s">
+        <v>10</v>
+      </c>
+      <c r="F366" t="s">
+        <v>773</v>
+      </c>
+    </row>
+    <row r="367" spans="1:6">
+      <c r="A367" t="s">
+        <v>774</v>
+      </c>
+      <c r="B367" t="s">
+        <v>629</v>
+      </c>
+      <c r="C367" t="s">
+        <v>121</v>
+      </c>
+      <c r="D367" t="s">
+        <v>9</v>
+      </c>
+      <c r="E367" t="s">
+        <v>10</v>
+      </c>
+      <c r="F367" t="s">
+        <v>775</v>
+      </c>
+    </row>
+    <row r="368" spans="1:6">
+      <c r="A368" t="s">
+        <v>776</v>
+      </c>
+      <c r="B368" t="s">
+        <v>629</v>
+      </c>
+      <c r="C368" t="s">
+        <v>123</v>
+      </c>
+      <c r="D368" t="s">
+        <v>9</v>
+      </c>
+      <c r="E368" t="s">
+        <v>10</v>
+      </c>
+      <c r="F368" t="s">
+        <v>777</v>
+      </c>
+    </row>
+    <row r="369" spans="1:6">
+      <c r="A369" t="s">
+        <v>778</v>
+      </c>
+      <c r="B369" t="s">
+        <v>629</v>
+      </c>
+      <c r="C369" t="s">
+        <v>125</v>
+      </c>
+      <c r="D369" t="s">
+        <v>9</v>
+      </c>
+      <c r="E369" t="s">
+        <v>10</v>
+      </c>
+      <c r="F369" t="s">
+        <v>779</v>
+      </c>
+    </row>
+    <row r="370" spans="1:6">
+      <c r="A370" t="s">
+        <v>780</v>
+      </c>
+      <c r="B370" t="s">
+        <v>629</v>
+      </c>
+      <c r="C370" t="s">
+        <v>128</v>
+      </c>
+      <c r="D370" t="s">
+        <v>9</v>
+      </c>
+      <c r="E370" t="s">
+        <v>10</v>
+      </c>
+      <c r="F370" t="s">
+        <v>781</v>
+      </c>
+    </row>
+    <row r="371" spans="1:6">
+      <c r="A371" t="s">
+        <v>782</v>
+      </c>
+      <c r="B371" t="s">
+        <v>629</v>
+      </c>
+      <c r="C371" t="s">
+        <v>130</v>
+      </c>
+      <c r="D371" t="s">
+        <v>9</v>
+      </c>
+      <c r="E371" t="s">
+        <v>10</v>
+      </c>
+      <c r="F371" t="s">
+        <v>783</v>
+      </c>
+    </row>
+    <row r="372" spans="1:6">
+      <c r="A372" t="s">
+        <v>784</v>
+      </c>
+      <c r="B372" t="s">
+        <v>629</v>
+      </c>
+      <c r="C372" t="s">
+        <v>132</v>
+      </c>
+      <c r="D372" t="s">
+        <v>9</v>
+      </c>
+      <c r="E372" t="s">
+        <v>10</v>
+      </c>
+      <c r="F372" t="s">
+        <v>785</v>
+      </c>
+    </row>
+    <row r="373" spans="1:6">
+      <c r="A373" t="s">
+        <v>786</v>
+      </c>
+      <c r="B373" t="s">
+        <v>629</v>
+      </c>
+      <c r="C373" t="s">
+        <v>134</v>
+      </c>
+      <c r="D373" t="s">
+        <v>9</v>
+      </c>
+      <c r="E373" t="s">
+        <v>10</v>
+      </c>
+      <c r="F373" t="s">
+        <v>787</v>
+      </c>
+    </row>
+    <row r="374" spans="1:6">
+      <c r="A374" t="s">
+        <v>788</v>
+      </c>
+      <c r="B374" t="s">
+        <v>629</v>
+      </c>
+      <c r="C374" t="s">
+        <v>136</v>
+      </c>
+      <c r="D374" t="s">
+        <v>9</v>
+      </c>
+      <c r="E374" t="s">
+        <v>10</v>
+      </c>
+      <c r="F374" t="s">
+        <v>789</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>