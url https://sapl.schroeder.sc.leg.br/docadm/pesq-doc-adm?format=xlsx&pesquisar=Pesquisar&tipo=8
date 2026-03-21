--- v1 (2026-02-04)
+++ v2 (2026-03-21)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2244" uniqueCount="790">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2334" uniqueCount="820">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo Documento/Sigla</t>
   </si>
   <si>
     <t>Tipo Documento/Descrição</t>
   </si>
   <si>
     <t>Assunto</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
@@ -2382,50 +2382,56 @@
   <si>
     <t>427</t>
   </si>
   <si>
     <t>Art. 1º Fica autorizada a vereadora Kauana Peschke Lange, a realizar viagem a Brasília – DF, nos dias 25, 26 e 27/11/2025, com a finalidade de cumprir agenda com os senadores Ivete da Silveira e Esperidião Amin, os deputados Fábio Schiochet, Rafael Pezenti, Ana Paula Lima, sobre melhorias ao Município, como recapagem de pavimento asfáltico e pavimentação, construção de um parque municipal, verificação de datas e prazos para envio de recursos já protocolados relacionados a agricultura e ainda sobre PAC para creches . Bem como reunião com o Ministro do Esporte André Fufuca para a construção de uma Arena para Schroeder e reunião com o Ministro da Integração e do Desenvolvimento regional, Waldez Góes, sobre recurso para máquinas (esteira e escavadeira) e pavimentação, conforme requerimento anexo.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>Art. 1º Conceder férias a servidora Marileia Hackbarth, matrícula n. 054, ocupante do cargo de Diretora Geral, do quadro de pessoal do Poder Legislativo, referente ao período aquisitivo de 21 de dezembro de 2024 a 20 de dezembro de 2025, pelo período de 15 (quinze) dias, com início do gozo de férias em 29 de dezembro de 2025.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>Art. 1º Conceder férias a servidora Angélica Sonntag, matricula 012, ocupante do cargo de Assessora Jurídica, do quadro de pessoal do Poder Legislativo, referente ao período aquisitivo de 25 de março de 2024 a 24 de março de 2025, pelo período de 25 (vinte e cinco) dias, com início do gozo de férias em 29 de dezembro de 2025.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
     <t>Art. 1º Conceder férias a servidora Viviane Lessmann, matrícula nº 33, ocupante do cargo de Controladora, do quadro de pessoal do Poder Legislativo, referente ao período aquisitivo de 12 de janeiro de 2024 a 11 de janeiro de 2025, pelo período de 25 (vinte e cinco) dias, com início do gozo de férias em 17 de dezembro de 2025.</t>
   </si>
   <si>
+    <t>444</t>
+  </si>
+  <si>
+    <t>Conceder férias ao servidor Sérgio Rohden, matrícula nº 18, ocupante do cargo de Contador, do quadro de pessoal do Poder Legislativo, referente ao período aquisitivo de 25 de abril de 2024 a 24 de abril de 2025, pelo período de 15 (quinze) dias, com início do gozo de férias em 14 de janeiro de 2025.</t>
+  </si>
+  <si>
     <t>431</t>
   </si>
   <si>
     <t>Art. 1º Conceder férias a servidora Tereza de Lourdes Alves, matrícula 013, ocupante do cargo de Auxiliar de Serviços Gerais, do quadro de pessoal do Poder Legislativo, referente ao período aquisitivo de 23 de dezembro de 2024 a 22 de dezembro de 2025, pelo período de 30 (trinta) dias, com início do gozo de férias em 29 de dezembro de 2025.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
     <t>Art. 1º Conceder férias à servidora Jeneffer Mayara da Luz, matrícula n. 60, ocupante do cargo de Assessora legislativa, do quadro de pessoal do Poder Legislativo, referente ao período aquisitivo de 18 de dezembro de 2024 a 17 de dezembro de 2025, pelo período de 20 (vinte) dias, com início do gozo de férias em 29 de dezembro de 2025.</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
     <t>Art. 1º Conceder férias coletivas à servidora Naiara Sacht da Silva, matrícula n. 72, ocupante do cargo de Chefe de Gabinete, do quadro de pessoal do Poder Legislativo, referente ao período aquisitivo de 03 de fevereiro de 2025 a 02 de fevereiro de 2026, pelo período de 25 (vinte e cinco) dias, com início do gozo de férias em 17 de dezembro de 2025.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
     <t>Art. 1º Conceder férias coletivas à servidora Joice Cristina Volles, matrícula n. 73, ocupante do cargo de Assessora Parlamentar, do quadro de pessoal do Poder Legislativo, referente ao período aquisitivo de 10 de fevereiro de 2025 a 09 de fevereiro de 2026, pelo período de 25 (vinte e cinco) dias, com início do gozo de férias em 17 de dezembro de 2025.</t>
   </si>
   <si>
     <t>435</t>
@@ -2446,50 +2452,134 @@
     <t>Cancelada.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>Art. 1º Fica autorizada a vereadora Ana Claudia Locilha de Oliveira, a realizar viagem a Florianópolis - SC, no dia 17/12/2025, com a finalidade de participar da solenidade de apresentação dos resultados do Programa SC Mais Inovação e de entrega do Selo Município Inovador Catarinense ao Município de Schroeder, conforme requerimento anexo.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>Art. 1º Fica autorizado o vereador Adriano Dias Furtado, a realizar viagem a Florianópolis - SC, no dia 17/12/2025, com a finalidade de participar da solenidade de apresentação dos resultados do Programa SC Mais Inovação e de entrega do Selo Município Inovador Catarinense ao Município de Schroeder, conforme requerimento anexo.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>Art. 1º Fica autorizada a servidora Angélica Sonntag, assessora jurídica, matrícula n. 012, a realizar viagem a Florianópolis - SC, no dia 17/12/2025, com a finalidade de participar da solenidade de apresentação dos resultados do Programa SC Mais Inovação e de entrega do Selo Município Inovador Catarinense ao Município de Schroeder, conforme requerimento anexo.</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>Art. 1º Fica autorizada a servidora Jeneffer Mayara da Luz, assessora legislativa, matrícula n. 60, a realizar viagem a Florianópolis - SC, no dia 17/12/2025, com a finalidade de participar da solenidade de apresentação dos resultados do Programa SC Mais Inovação e de entrega do Selo Município Inovador Catarinense ao Município de Schroeder, conforme requerimento anexo.</t>
+  </si>
+  <si>
+    <t>442</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
+    <t>Nomear as vereadoras Ana Cláudia Locilha de Oliveira e Scheila Emilene Engelmann Ewald para integrarem a Procuradoria da Mulher da Câmara Municipal de Schroeder, nos cargos de Procuradora da Mulher e Procuradora Adjunta, respectivamente.</t>
+  </si>
+  <si>
+    <t>443</t>
+  </si>
+  <si>
+    <t>Fica autorizada a vereadora Ana Claudia Locilha de Oliveira, a realizar viagem a Florianópolis no dia 25/02/2026, com a finalidade de cumprir agenda na Assembleia Legislativa do Estado de Santa Catarina (Alesc), com os deputados Antídio Lunelli, Fernando Krelling e Mauro de Nadal, para tratar de assunto voltados ao desenvolvimento do Município, em especial a educação, como reforma e ampliação de diversas unidades escolares, como: Escola Municipal Prof. Sarita Beck Rezende, Jardim de Infância Crescer e Aprender, Jardim de Infância Abelhinha Feliz, CEIM Isabella Gomes dos Santos e CEIM Ezélia Correia Lombardi, conforme requerimento anexo.</t>
+  </si>
+  <si>
+    <t>445</t>
+  </si>
+  <si>
+    <t>Fica autorizada a senhora Natieli Jaine Simon, assessora de comunicação, matrícula 74, a realizar viagem a Florianópolis no dia 25/02/2026, com a finalidade de acompanhar a vereadora Ana C. L. de Oliveira em agenda na Assembleia Legislativa do Estado de Santa Catarina (Alesc), com os deputados Antídio Lunelli, Fernando Krelling e Mauro de Nadal, para tratar de assunto voltados ao desenvolvimento do Município, em especial a educação, como reforma e ampliação de diversas unidades escolares, como: Escola Municipal Prof. Sarita Beck Rezende, Jardim de Infância Crescer e Aprender, Jardim de Infância Abelhinha Feliz, CEIM Isabella Gomes dos Santos e CEIM Ezélia Correia Lombardi, conforme requerimento anexo.</t>
+  </si>
+  <si>
+    <t>446</t>
+  </si>
+  <si>
+    <t>Fica autorizada a vereadora em exercício, Miriã de Freitas Souza Gonçalves, a realizar viagem a Florianópolis no dia 25/02/2026, com a finalidade de cumprir agenda na Assembleia Legislativa do Estado de Santa Catarina (Alesc), com os deputados Júlio Garcia, Junior Cardoso, Dr. Vicente Caropreso e Jair Mioto, bem como na Casa Civil, com o secretário Kennedy Nunes, para tratar de assuntos voltados ao desenvolvimento do Município, especialmente na área de infraestrutura, relacionados a obras e pavimentação, conforme requerimento anexo.</t>
+  </si>
+  <si>
+    <t>447</t>
+  </si>
+  <si>
+    <t>Fica autorizada a vereadora em exercício, Kauana Peschke Lange, a realizar viagem a Florianópolis no dia 04/03/2026, com a finalidade de cumprir agenda na Secretaria de Estado de Indústria, Comércio e Serviço – SICOS e na Assembleia Legislativa do Estado de Santa Catarina (Alesc), com os deputados José Milton Scheffer, Altair Silva e Dr. Vicente Caropreso para tratar de assuntos relacionados ao desenvolvimento do Município, com foco especial em infraestrutura, abrangendo obras, pavimentação e melhorias urbanas, conforme requerimento anexo.</t>
+  </si>
+  <si>
+    <t>448</t>
+  </si>
+  <si>
+    <t>Fica autorizada a senhora Natieli Jaine Simon, assessora de comunicação, matrícula 74, a realizar viagem a Florianópolis no dia 04/03/2026, com a finalidade de acompanhar a vereadora Kauana Peschke Lange em agenda na Secretaria de Estado de Indústria, Comércio e Serviço – SICOS e na Assembleia Legislativa do Estado de Santa Catarina (Alesc), com os deputados José Milton Scheffer, Altair Silva e Dr. Vicente Caropreso para tratar de assuntos relacionados ao desenvolvimento do Município, com foco especial em infraestrutura, abrangendo obras, pavimentação e melhorias urbanas, conforme requerimento anexo.</t>
+  </si>
+  <si>
+    <t>449</t>
+  </si>
+  <si>
+    <t>Fica autorizado o adiantamento de fundos no valor de R$840,00 (oitocentos e quarenta reais), para a Servidora Angélica Sonntag, matrícula 12, coordenadora do Programa Vereador Mirim, para custear a alimentação dos vereadores mirins titulares e suplentes em razão da participação no Curso de Oratória a ser realizado no dia 11/03/2026, em período integral (07h30 – 16h30), conforme resolução n. 002/2019</t>
+  </si>
+  <si>
+    <t>450</t>
+  </si>
+  <si>
+    <t>Fica autorizada o servidor Sérgio Rohden, contador, matrícula 18, a realizar viagem a Florianópolis nos dias 16, 17 e 18/03/2026, com a finalidade de participar do evento Gestão do eSocial na Administração Pública, promovido pela empresa Meta Cursos, conforme requerimento anexo.</t>
+  </si>
+  <si>
+    <t>451</t>
+  </si>
+  <si>
+    <t>452</t>
+  </si>
+  <si>
+    <t>Fica autorizado o vereador, Adriano Dias Furtado, a realizar viagem a Joinville, nos dias 19 e 20/03/2026, com a finalidade de participar da oficina sobre Mídias Sociais, promovido pelo programa Interlegis do Senado Federal, conforme requerimento anexo.</t>
+  </si>
+  <si>
+    <t>453</t>
+  </si>
+  <si>
+    <t>CANCELADA - Fica autorizado o vereador, Ronan Paulo Minatti, a realizar viagem a Joinville, nos dias 19 e 20/03/2026, com a finalidade de participar da oficina sobre Mídias Sociais, promovido pelo programa Interlegis do Senado Federal, conforme requerimento anexo.</t>
+  </si>
+  <si>
+    <t>454</t>
+  </si>
+  <si>
+    <t>Fica autorizada a servidora, Natieli Jaine Simon, assessora de comunicação, matrícula 74, a realizar viagem a Joinville, nos dias 19 e 20/03/2026, com a finalidade de participar da oficina sobre Mídias Sociais, promovido pelo programa Interlegis do Senado Federal, conforme requerimento anexo.</t>
+  </si>
+  <si>
+    <t>455</t>
+  </si>
+  <si>
+    <t>Fica autorizada a servidora, Jeneffer Mayara da Luz, assessora legislativa, matrícula nº 060, a realizar viagem a Joinville, nos dias 19 e 20/03/2026, com a finalidade de participar da oficina sobre Mídias Sociais, promovido pelo programa Interlegis do Senado Federal, conforme requerimento anexo.</t>
+  </si>
+  <si>
+    <t>456</t>
+  </si>
+  <si>
+    <t>Fica autorizado a vereadora, Kauana Peschke Lange, a realizar viagem a Joinville, nos dias 19 e 20/03/2026, com a finalidade de participar da oficina sobre Mídias Sociais, promovido pelo programa Interlegis do Senado Federal, conforme requerimento anexo.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -2781,51 +2871,51 @@
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:F374"/>
+  <dimension ref="A1:F389"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="20.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="25.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -10063,260 +10153,560 @@
       </c>
       <c r="B363" t="s">
         <v>629</v>
       </c>
       <c r="C363" t="s">
         <v>108</v>
       </c>
       <c r="D363" t="s">
         <v>9</v>
       </c>
       <c r="E363" t="s">
         <v>10</v>
       </c>
       <c r="F363" t="s">
         <v>767</v>
       </c>
     </row>
     <row r="364" spans="1:6">
       <c r="A364" t="s">
         <v>768</v>
       </c>
       <c r="B364" t="s">
         <v>629</v>
       </c>
       <c r="C364" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="D364" t="s">
         <v>9</v>
       </c>
       <c r="E364" t="s">
         <v>10</v>
       </c>
       <c r="F364" t="s">
         <v>769</v>
       </c>
     </row>
     <row r="365" spans="1:6">
       <c r="A365" t="s">
         <v>770</v>
       </c>
       <c r="B365" t="s">
         <v>629</v>
       </c>
       <c r="C365" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="D365" t="s">
         <v>9</v>
       </c>
       <c r="E365" t="s">
         <v>10</v>
       </c>
       <c r="F365" t="s">
         <v>771</v>
       </c>
     </row>
     <row r="366" spans="1:6">
       <c r="A366" t="s">
         <v>772</v>
       </c>
       <c r="B366" t="s">
         <v>629</v>
       </c>
       <c r="C366" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="D366" t="s">
         <v>9</v>
       </c>
       <c r="E366" t="s">
         <v>10</v>
       </c>
       <c r="F366" t="s">
         <v>773</v>
       </c>
     </row>
     <row r="367" spans="1:6">
       <c r="A367" t="s">
         <v>774</v>
       </c>
       <c r="B367" t="s">
         <v>629</v>
       </c>
       <c r="C367" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="D367" t="s">
         <v>9</v>
       </c>
       <c r="E367" t="s">
         <v>10</v>
       </c>
       <c r="F367" t="s">
         <v>775</v>
       </c>
     </row>
     <row r="368" spans="1:6">
       <c r="A368" t="s">
         <v>776</v>
       </c>
       <c r="B368" t="s">
         <v>629</v>
       </c>
       <c r="C368" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="D368" t="s">
         <v>9</v>
       </c>
       <c r="E368" t="s">
         <v>10</v>
       </c>
       <c r="F368" t="s">
         <v>777</v>
       </c>
     </row>
     <row r="369" spans="1:6">
       <c r="A369" t="s">
         <v>778</v>
       </c>
       <c r="B369" t="s">
         <v>629</v>
       </c>
       <c r="C369" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="D369" t="s">
         <v>9</v>
       </c>
       <c r="E369" t="s">
         <v>10</v>
       </c>
       <c r="F369" t="s">
         <v>779</v>
       </c>
     </row>
     <row r="370" spans="1:6">
       <c r="A370" t="s">
         <v>780</v>
       </c>
       <c r="B370" t="s">
         <v>629</v>
       </c>
       <c r="C370" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="D370" t="s">
         <v>9</v>
       </c>
       <c r="E370" t="s">
         <v>10</v>
       </c>
       <c r="F370" t="s">
         <v>781</v>
       </c>
     </row>
     <row r="371" spans="1:6">
       <c r="A371" t="s">
         <v>782</v>
       </c>
       <c r="B371" t="s">
         <v>629</v>
       </c>
       <c r="C371" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="D371" t="s">
         <v>9</v>
       </c>
       <c r="E371" t="s">
         <v>10</v>
       </c>
       <c r="F371" t="s">
         <v>783</v>
       </c>
     </row>
     <row r="372" spans="1:6">
       <c r="A372" t="s">
         <v>784</v>
       </c>
       <c r="B372" t="s">
         <v>629</v>
       </c>
       <c r="C372" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="D372" t="s">
         <v>9</v>
       </c>
       <c r="E372" t="s">
         <v>10</v>
       </c>
       <c r="F372" t="s">
         <v>785</v>
       </c>
     </row>
     <row r="373" spans="1:6">
       <c r="A373" t="s">
         <v>786</v>
       </c>
       <c r="B373" t="s">
         <v>629</v>
       </c>
       <c r="C373" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="D373" t="s">
         <v>9</v>
       </c>
       <c r="E373" t="s">
         <v>10</v>
       </c>
       <c r="F373" t="s">
         <v>787</v>
       </c>
     </row>
     <row r="374" spans="1:6">
       <c r="A374" t="s">
         <v>788</v>
       </c>
       <c r="B374" t="s">
         <v>629</v>
       </c>
       <c r="C374" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="D374" t="s">
         <v>9</v>
       </c>
       <c r="E374" t="s">
         <v>10</v>
       </c>
       <c r="F374" t="s">
         <v>789</v>
+      </c>
+    </row>
+    <row r="375" spans="1:6">
+      <c r="A375" t="s">
+        <v>790</v>
+      </c>
+      <c r="B375" t="s">
+        <v>629</v>
+      </c>
+      <c r="C375" t="s">
+        <v>136</v>
+      </c>
+      <c r="D375" t="s">
+        <v>9</v>
+      </c>
+      <c r="E375" t="s">
+        <v>10</v>
+      </c>
+      <c r="F375" t="s">
+        <v>791</v>
+      </c>
+    </row>
+    <row r="376" spans="1:6">
+      <c r="A376" t="s">
+        <v>792</v>
+      </c>
+      <c r="B376" t="s">
+        <v>793</v>
+      </c>
+      <c r="C376" t="s">
+        <v>8</v>
+      </c>
+      <c r="D376" t="s">
+        <v>9</v>
+      </c>
+      <c r="E376" t="s">
+        <v>10</v>
+      </c>
+      <c r="F376" t="s">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="377" spans="1:6">
+      <c r="A377" t="s">
+        <v>795</v>
+      </c>
+      <c r="B377" t="s">
+        <v>793</v>
+      </c>
+      <c r="C377" t="s">
+        <v>13</v>
+      </c>
+      <c r="D377" t="s">
+        <v>9</v>
+      </c>
+      <c r="E377" t="s">
+        <v>10</v>
+      </c>
+      <c r="F377" t="s">
+        <v>796</v>
+      </c>
+    </row>
+    <row r="378" spans="1:6">
+      <c r="A378" t="s">
+        <v>797</v>
+      </c>
+      <c r="B378" t="s">
+        <v>793</v>
+      </c>
+      <c r="C378" t="s">
+        <v>16</v>
+      </c>
+      <c r="D378" t="s">
+        <v>9</v>
+      </c>
+      <c r="E378" t="s">
+        <v>10</v>
+      </c>
+      <c r="F378" t="s">
+        <v>798</v>
+      </c>
+    </row>
+    <row r="379" spans="1:6">
+      <c r="A379" t="s">
+        <v>799</v>
+      </c>
+      <c r="B379" t="s">
+        <v>793</v>
+      </c>
+      <c r="C379" t="s">
+        <v>19</v>
+      </c>
+      <c r="D379" t="s">
+        <v>9</v>
+      </c>
+      <c r="E379" t="s">
+        <v>10</v>
+      </c>
+      <c r="F379" t="s">
+        <v>800</v>
+      </c>
+    </row>
+    <row r="380" spans="1:6">
+      <c r="A380" t="s">
+        <v>801</v>
+      </c>
+      <c r="B380" t="s">
+        <v>793</v>
+      </c>
+      <c r="C380" t="s">
+        <v>22</v>
+      </c>
+      <c r="D380" t="s">
+        <v>9</v>
+      </c>
+      <c r="E380" t="s">
+        <v>10</v>
+      </c>
+      <c r="F380" t="s">
+        <v>802</v>
+      </c>
+    </row>
+    <row r="381" spans="1:6">
+      <c r="A381" t="s">
+        <v>803</v>
+      </c>
+      <c r="B381" t="s">
+        <v>793</v>
+      </c>
+      <c r="C381" t="s">
+        <v>25</v>
+      </c>
+      <c r="D381" t="s">
+        <v>9</v>
+      </c>
+      <c r="E381" t="s">
+        <v>10</v>
+      </c>
+      <c r="F381" t="s">
+        <v>804</v>
+      </c>
+    </row>
+    <row r="382" spans="1:6">
+      <c r="A382" t="s">
+        <v>805</v>
+      </c>
+      <c r="B382" t="s">
+        <v>793</v>
+      </c>
+      <c r="C382" t="s">
+        <v>28</v>
+      </c>
+      <c r="D382" t="s">
+        <v>9</v>
+      </c>
+      <c r="E382" t="s">
+        <v>10</v>
+      </c>
+      <c r="F382" t="s">
+        <v>806</v>
+      </c>
+    </row>
+    <row r="383" spans="1:6">
+      <c r="A383" t="s">
+        <v>807</v>
+      </c>
+      <c r="B383" t="s">
+        <v>793</v>
+      </c>
+      <c r="C383" t="s">
+        <v>31</v>
+      </c>
+      <c r="D383" t="s">
+        <v>9</v>
+      </c>
+      <c r="E383" t="s">
+        <v>10</v>
+      </c>
+      <c r="F383" t="s">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="384" spans="1:6">
+      <c r="A384" t="s">
+        <v>809</v>
+      </c>
+      <c r="B384" t="s">
+        <v>793</v>
+      </c>
+      <c r="C384" t="s">
+        <v>34</v>
+      </c>
+      <c r="D384" t="s">
+        <v>9</v>
+      </c>
+      <c r="E384" t="s">
+        <v>10</v>
+      </c>
+      <c r="F384" t="s">
+        <v>808</v>
+      </c>
+    </row>
+    <row r="385" spans="1:6">
+      <c r="A385" t="s">
+        <v>810</v>
+      </c>
+      <c r="B385" t="s">
+        <v>793</v>
+      </c>
+      <c r="C385" t="s">
+        <v>37</v>
+      </c>
+      <c r="D385" t="s">
+        <v>9</v>
+      </c>
+      <c r="E385" t="s">
+        <v>10</v>
+      </c>
+      <c r="F385" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="386" spans="1:6">
+      <c r="A386" t="s">
+        <v>812</v>
+      </c>
+      <c r="B386" t="s">
+        <v>793</v>
+      </c>
+      <c r="C386" t="s">
+        <v>40</v>
+      </c>
+      <c r="D386" t="s">
+        <v>9</v>
+      </c>
+      <c r="E386" t="s">
+        <v>10</v>
+      </c>
+      <c r="F386" t="s">
+        <v>813</v>
+      </c>
+    </row>
+    <row r="387" spans="1:6">
+      <c r="A387" t="s">
+        <v>814</v>
+      </c>
+      <c r="B387" t="s">
+        <v>793</v>
+      </c>
+      <c r="C387" t="s">
+        <v>43</v>
+      </c>
+      <c r="D387" t="s">
+        <v>9</v>
+      </c>
+      <c r="E387" t="s">
+        <v>10</v>
+      </c>
+      <c r="F387" t="s">
+        <v>815</v>
+      </c>
+    </row>
+    <row r="388" spans="1:6">
+      <c r="A388" t="s">
+        <v>816</v>
+      </c>
+      <c r="B388" t="s">
+        <v>793</v>
+      </c>
+      <c r="C388" t="s">
+        <v>46</v>
+      </c>
+      <c r="D388" t="s">
+        <v>9</v>
+      </c>
+      <c r="E388" t="s">
+        <v>10</v>
+      </c>
+      <c r="F388" t="s">
+        <v>817</v>
+      </c>
+    </row>
+    <row r="389" spans="1:6">
+      <c r="A389" t="s">
+        <v>818</v>
+      </c>
+      <c r="B389" t="s">
+        <v>793</v>
+      </c>
+      <c r="C389" t="s">
+        <v>49</v>
+      </c>
+      <c r="D389" t="s">
+        <v>9</v>
+      </c>
+      <c r="E389" t="s">
+        <v>10</v>
+      </c>
+      <c r="F389" t="s">
+        <v>819</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>