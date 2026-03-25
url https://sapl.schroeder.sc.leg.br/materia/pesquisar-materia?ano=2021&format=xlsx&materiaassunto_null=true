--- v0 (2025-12-10)
+++ v1 (2026-03-25)
@@ -54,3826 +54,3826 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Felipe Voigt</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/300/plc_001-2021_-_revisao_salarial_anual_acs_2021.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/300/plc_001-2021_-_revisao_salarial_anual_acs_2021.doc</t>
   </si>
   <si>
     <t>DEFINE E APLICA O VALOR DO SALÁRIO BASE DOS AGENTES COMUNITÁRIOS DE SAÚDE (ACS) DO MUNICÍPIO DE SCHROEDER, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/323/plc_002-2021_-_extincao_do_nasf.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/323/plc_002-2021_-_extincao_do_nasf.doc</t>
   </si>
   <si>
     <t>EXTINGUE O NÚCLEO DE APOIO À SAÚDE DA FAMÍLIA – NASF, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/388/plc_003-2021_-_revisao_salarial_anual_2019-2020.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/388/plc_003-2021_-_revisao_salarial_anual_2019-2020.doc</t>
   </si>
   <si>
     <t>DEFINE E APLICA VALOR PERCENTUAL PARA REVISÃO GERAL ANUAL DOS SALÁRIOS DE AGENTES PÚBLICOS DO MUNICÍPIO DE SCHROEDER, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/394/plc_004-2021_-_altera_anexo_agentes_comunitarios.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/394/plc_004-2021_-_altera_anexo_agentes_comunitarios.doc</t>
   </si>
   <si>
     <t>ALTERA O GRUPO II - ATIVIDADES DE NÍVEL MÉDIO, DO ANEXO I DA LEI COMPLEMENTAR Nº 060/2008, DE 11 DE NOVEMBRO DE 2008; EXCLUI O GRUPO III - ATIVIDADES DE NÍVEL BÁSICO DO ANEXO I DA LEI COMPLEMENTAR Nº 060/2008, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/516/plc_005-2021_-_altera_anexo_xv_do_plano_diretor.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/516/plc_005-2021_-_altera_anexo_xv_do_plano_diretor.docx</t>
   </si>
   <si>
     <t>ALTERA O ANEXO XV DA LEI COMPLEMENTAR Nº 232/2020, QUE DISPÕE SOBRE AS DIRETRIZES ESTRATÉGICAS, INSTITUI O PLANO DIRETOR DE SCHROEDER E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>Ana Claudia Locilha de Oliveira</t>
-[...2 lines deleted...]
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/535/resolucao_004-2021.doc</t>
+    <t>Ana Leon</t>
+  </si>
+  <si>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/535/resolucao_004-2021.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Procuradoria da Mulher no âmbito da Câmara Municipal de Schroeder e dá outras providências.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/365/emenda_001_pl_004-2021_-_modificativa.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/365/emenda_001_pl_004-2021_-_modificativa.docx</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA N. 001/2021</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
     <t>CESAS - Comissão de Educação, Saúde e Assistência Social</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/363/emenda_002_pl_007-2021_-_modificativa.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/363/emenda_002_pl_007-2021_-_modificativa.docx</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA N. 002/2021</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/364/emenda_003_pl_007-2021_-_modificativa.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/364/emenda_003_pl_007-2021_-_modificativa.docx</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA N. 003/2021</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
     <t>CLJR - Comissão de Legislação, Justiça e Redação Final</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/492/emenda_004_pl_023-2021_-_modificativa.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/492/emenda_004_pl_023-2021_-_modificativa.docx</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA N. 004/2021</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/493/emenda_005_pl_022-2021_-_modificativa.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/493/emenda_005_pl_022-2021_-_modificativa.docx</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA N. 005/2021</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/494/emenda_006_pl_022-2021_-_modificativa.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/494/emenda_006_pl_022-2021_-_modificativa.docx</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA N. 006/2021</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/495/emenda_007_pl_024-2021_-_modificativa.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/495/emenda_007_pl_024-2021_-_modificativa.docx</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA N. 007/2021</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>CFO - Comissão de Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/496/emenda_008_pl_016-2021_-_modificativa.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/496/emenda_008_pl_016-2021_-_modificativa.docx</t>
   </si>
   <si>
     <t>EMENDA MODIFICATIVA N. 008/2021</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/324/ind_01.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/324/ind_01.21.docx</t>
   </si>
   <si>
     <t>Sugerir a alteração da denominação do Centro de Educação Infantil Municipal Girassol, para Centro de Educação Infantil Municipal Girassol Igor Viergutz._x000D_
 A referida indicação, justifica-se como uma forma de homenagear o menino Igor, que frequentou a instituição de ensino nos seus primeiros anos de vida. Durante seu tratamento de saúde, houve grande comoção por parte da população schroedense, que acompanhou sua luta contra o câncer. Após seu falecimento, familiares mantém a memória de Igor viva, realizando trabalhos sociais, como a campanha McDia Feliz, a qual anualmente são voluntários, com o intuito de contribuir com instituições que tratam de pessoas com câncer.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>Manoel Ednilson Burgardt</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/325/ind_02.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/325/ind_02.21.docx</t>
   </si>
   <si>
     <t>Sugerir a execução de pavimentação asfáltica da Rua Santa Catarina._x000D_
 Justifica-se, tendo em vista que a via é rota do transporte público, além de possuir tráfego intenso. Assim, a benfeitoria é necessária, uma vez que trará melhorias de trafegabilidade e evitará transtornos aos moradores, como o excesso de poeira.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/326/ind_03.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/326/ind_03.21.docx</t>
   </si>
   <si>
     <t>Sugerir a execução de pavimentação asfáltica da Rua 17 de Fevereiro._x000D_
 Justifica-se, tendo em vista que moradores prezam pela melhoria, uma vez que evitará transtornos provenientes da necessidade constante de manutenção da via e o excesso de poeira.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
-    <t>Adriano Dias Furtado</t>
-[...2 lines deleted...]
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/327/ind_04.21.docx</t>
+    <t>Adriano Furtado</t>
+  </si>
+  <si>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/327/ind_04.21.docx</t>
   </si>
   <si>
     <t>Sugerir a realização de reparos em diversas ruas do município que apresentam danos na camada asfáltica, ocasionados principalmente devido as frequentes chuvas._x000D_
 A manutenção é essencial visto que em vias danificadas, o risco de acidentes é iminente, especialmente em pontos em que há grande fluxo de veículos e pedestres, como é o caso do entroncamento das ruas Marechal Castelo Branco e Ricardo Gorl (próximo à unidade de saúde); Rua 3 de Outubro, nas proximidades do imóvel nº 3.478; acostamento da Rua Barão do Rio Branco, próximo ao imóvel nº 985 e Rua João Arnoldo Moritz (pontos em que a camada asfáltica foi retirada).</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/328/ind_05.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/328/ind_05.21.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção do ponto de ônibus existente na Rua Alberto Jacobi, bem como verificar a possibilidade de alteração de local do referido abrigo. Justifica-se, pois, o abrigo é utilizado por alunos da rede municipal de ensino, e está deteriorado, impossibilitando assim sua utilização, além de estar em um local afastado dos munícipes que o utilizam, necessitando que seja instalado em um local em que a demanda de utilização seja maior, mais próximo das residências.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/329/ind_06.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/329/ind_06.21.docx</t>
   </si>
   <si>
     <t>Sugerir ao Executivo que mantenha contato com a empresa responsável pela pavimentação asfáltica da Rua Itoupava, para que seja tomada as medidas cabíveis a fim de solucionar o problema do registro de água localizado no leito da via, o qual havia sido coberto durante a execução da obra.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/330/ind_07.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/330/ind_07.21.docx</t>
   </si>
   <si>
     <t>Sugerir análise, com o objetivo de buscar alternativas para facilitar o escoamento de água pluvial das ruas Guilherme Bauer e Roberto Bauer._x000D_
 Justifica-se, pois nas vias, quando há ocorrência de chuva intensa, criam-se pontos de alagamento, prejudicando o deslocamento dos moradores e trazendo danos aos imóveis afetados pela água.</t>
   </si>
   <si>
     <t>331</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/331/ind_08.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/331/ind_08.21.docx</t>
   </si>
   <si>
     <t>Sugerir a tomada de providência, no sentido de solucionar a recorrente falta de água potável nas residências dos bairros Schroeder I, Rio Hern e Centro Norte._x000D_
 Justifica-se, uma vez que é primordial manter a oferta adequada de água de boa qualidade para toda a população, trazendo consequentemente melhor qualidade de vida.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>Everaldo Manoel Coelho</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/332/ind_09.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/332/ind_09.21.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção das bocas de lobo existentes ao logo da ciclofaixa, na Rua Marechal Castelo Branco, com a sugestão de inversão da grelha de proteção, para que fique nivelada com a via, bem como o preenchimento da calha, para que também fique nivelada.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/333/ind_10.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/333/ind_10.21.docx</t>
   </si>
   <si>
     <t>Sugerir a execução de pavimentação asfáltica da Rua Goiás._x000D_
 Justifica-se, uma vez que os moradores prezam pela melhoria que trará qualidade de vida com a redução da poeira e proporcionará adequada trafegabilidade de veículos e pedestres.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/334/ind_11.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/334/ind_11.21.docx</t>
   </si>
   <si>
     <t>Sugerir a execução de pavimentação asfáltica da Rua Bahia._x000D_
 Justifica-se, pois trata-se de um anseio dos moradores, uma vez que ameniza os transtornos causados por intempéries climáticas, quando há seca ocorre o excesso de poeira e em períodos chuvosos lama e buracos.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/335/ind_12.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/335/ind_12.21.docx</t>
   </si>
   <si>
     <t>Sugerir a execução de pavimentação asfáltica da Rua 31 de Março._x000D_
 Necessário se faz, por se tratar de um anseio dos moradores, que sofrem em períodos chuvosos com a lama e buracos na via, e em dias secos, o excesso de poeira.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/336/ind_13.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/336/ind_13.21.docx</t>
   </si>
   <si>
     <t>Sugerir a execução de pavimentação asfáltica da Rua Alagoas._x000D_
 Trata-se de um anseio dos moradores, uma vez que, amenizará os transtornos causados pela ação do tempo, tanto em períodos chuvosos quanto em períodos de seca, além de proporcionar uma via mais segura aos que a utilizam.</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/337/ind_14.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/337/ind_14.21.docx</t>
   </si>
   <si>
     <t>Sugerir a execução de pavimentação asfáltica da Rua Rio Grande do Sul._x000D_
 Moradores prezam pela melhoria, uma vez que evitará transtornos provenientes da necessidade constante de manutenção da via e excesso de poeira ou lama.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
     <t>Claudimir Lindner</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/338/ind_15.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/338/ind_15.21.docx</t>
   </si>
   <si>
     <t>Sugerir a execução de pavimentação asfáltica da Rua Frederico Zils._x000D_
 Justifica-se, tendo em vista que moradores prezam pela melhoria, uma vez que evitará transtornos, como o excesso de poeira, lama e buracos, além da pavimentação proporcionar uma via mais segura. Vale salientar, que pedido já possui protocolo de adesão dos moradores.</t>
   </si>
   <si>
     <t>339</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/339/ind_16.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/339/ind_16.21.docx</t>
   </si>
   <si>
     <t>Sugerir a realização de campanha de controle populacional de animais domésticos, através de procedimento cirúrgico de castração._x000D_
 Justifica-se, tendo em vista que a campanha contribuirá para a contenção de uma superpopulação, reduzindo a procriação de cães e gatos, evitando o abando de animais, que muitas vezes não conseguem outro lar e permanecem nas ruas sem alimento, sofrendo maus-tratos, correndo risco de sofrer ou provocar acidentes. Importante destacar que a castração não é uma forma de mutilar o animal e sim, prevenir algumas doenças graves e evitar o abandono de filhotes, impedindo ninhadas indesejadas. Animais castrados também têm menos chance de desenvolver comportamento agressivo ou de demarcação de território.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/340/ind_17.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/340/ind_17.21.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de um abrigo para passageiros, no ponto de parada de ônibus localizado na Rua Barão do Rio Branco, nas proximidades do imóvel nº 2078 (sorveteria Thur &amp; Thom)._x000D_
 Justifica-se, tendo em vista que o local já é utilizado como ponto de ônibus pela população, mas necessita de um abrigo adequado para proteção e conforto das pessoas que o utilizam.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/341/ind_18.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/341/ind_18.21.docx</t>
   </si>
   <si>
     <t>Sugerir a execução de pavimentação asfáltica da Rua 21 de Abril._x000D_
 Necessário se faz, uma vez que os moradores almejam essa melhoria, que contribuirá para melhor trafegabilidade e segurança, além de contribuir com melhor qualidade de vida, pois os moradores não precisarão mais enfrentar o excesso de poeira, lama e buracos, e demais problemas provenientes de rua sem pavimentação._x000D_
 A referida Rua já possui protocolo com abaixo-assinado de adesão dos moradores.</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>Eroldo Wudke</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/</t>
   </si>
   <si>
     <t>Sugerir a substituição de tubulação de escoamento de água pluvial da Rua Alphons Maria Schmalz, com instalação de tubulação de oitenta centímetros e de um metro de diâmetro._x000D_
 Justifica-se, pois, a atual tubulação não consegue mais suprir a grande quantidade de água que desemboca na via em questão, ocasionado erosão e danificando a pavimentação de lajota.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/343/ind_20.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/343/ind_20.21.docx</t>
   </si>
   <si>
     <t>Sugerir ao Executivo que mantenha contato com a empresa responsável pela pavimentação asfáltica da Rua 15 de Novembro, para que seja realizada a correção do meio-fio, pois não apresenta uma altura padrão, sendo que em alguns pontos a altura é muito elevada chegando a 23 cm._x000D_
 Necessário se faz, pois diversos moradores estão enfrentando problemas de acesso às residências, além de impossibilitar que os passageiros dos veículos estacionados consigam abrir a porta sem bater no meio-fio.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/344/ind_21.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/344/ind_21.21.docx</t>
   </si>
   <si>
     <t>Sugerir ao Executivo que mantenha contato com a empresa responsável pela pavimentação asfáltica da Rua 15 de Novembro, para que sejam tomadas as medidas necessárias para o conserto dos trechos de calçada que apresentam o afundamento do piso intertravado (paver). _x000D_
 Justifica-se, pois, trata-se de uma obra recém concluída, provavelmente ocorreu algum problema no momento da execução da obra que precisa ser corrigido.</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/345/ind_22.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/345/ind_22.21.docx</t>
   </si>
   <si>
     <t>Sugerir a desobstrução da tubulação de água pluvial da Rua Marcelino Zanella._x000D_
 Justifica-se uma vez que o acúmulo de detritos na referida tubulação, impede o adequado escoamento, vertendo água na via e invadindo as residências.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/346/ind_23.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/346/ind_23.21.docx</t>
   </si>
   <si>
     <t>Sugerir ao Executivo que mantenha contato com a Celesc, para que façam os reparos necessários na calçada da Rua Barão do Rio Branco, no trecho em que foram instalados postes novos e ainda que seja verificado se o desvio da tubulação de água pluvial em torno dos postes, não trará problemas futuros na vazão da água._x000D_
 Necessário se faz, pois é preciso que a calçada seja mantida conservada, da forma que estava anteriormente à instalação dos postes.</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/347/ind_24.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/347/ind_24.21.docx</t>
   </si>
   <si>
     <t>Sugerir ao Executivo que mantenha contato com a empresa responsável pela pavimentação asfáltica da Rua Independência, a fim de verificar a retomada da obra e prazos de entrega._x000D_
 Justifica-se, pois, a obra está paralisada, e na fase em que foi deixada, causa problemas, uma vez que foram tampadas as bocas de lobo para aplicação da base de brita, assim, quando chove, não há escoamento de água pluvial, concentrando-se no final da via, e por não ter vazão, invade a calçada destruindo-a.</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/348/ind_25.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/348/ind_25.21.docx</t>
   </si>
   <si>
     <t>Sugerir ao Executivo, a substituição de tubulação para uma de maior diâmetro, na Rua 15 de Novembro, na proximidade imóvel nº 532._x000D_
 Necessário se faz, pois, quando ocorre chuva intensa, não há vazão adequada, a água transborda na via e acaba invadindo diversas residências.</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/349/ind_26.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/349/ind_26.21.docx</t>
   </si>
   <si>
     <t>Sugerir a adequação e implantação de sinalização horizontal de trânsito na Rua Jorge Lacerda, com a pintura do trecho onde a pavimentação asfáltica é recente, bem como a repintura do trecho em que o pavimento é mais antigo. Especialmente no cruzamento com a Rua Florianópolis, que necessita também da instalação de tachões para a redução de velocidade dos veículos._x000D_
 Justifica-se, com objetivo de melhorar as condições de tráfego, proporcionando melhor visibilidade aos motoristas e pedestres, e maior segurança, tendo em vista a ocorrência frequente de acidentes, principalmente no cruzamento supracitado.</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/350/ind_27.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/350/ind_27.21.docx</t>
   </si>
   <si>
     <t>Sugerir a restauração da proteção lateral (guarda-corpo) das pontes localizadas na Estrada Duas Mamas, uma após o imóvel nº 3.000 (E. M. Castro Alves) e a outra nas proximidades da residência da família Paoletto._x000D_
 Necessário se faz, pois com a instalação de uma proteção adequada, haverá maior segurança e visibilidade. Haja vista que, da forma que está instalada a mureta (guard rail) atualmente, a probabilidade da ocorrência de acidentes com maior gravidade é aumentada, pois a mesma, não está adequadamente finalizada.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/351/ind_28.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/351/ind_28.21.docx</t>
   </si>
   <si>
     <t>Sugerir ao Executivo que avalie a possibilidade de reforço da sinalização de segurança das obras de pavimentação do Município, utilizando uma área de advertência, com a instalação de placas indicativas informando a distância em que a obra está sendo executada, para que o motorista, pedestre ou ciclista, seja informado adequadamente sobre as condições da pista à frente. _x000D_
 Justifica-se, pois, a sinalização de segurança adequada alertará o condutor, uma vez que informará as condições anormais da via de forma antecipada, para que consiga adotar em tempo hábil, o comportamento necessário a fim de evitar contratempos.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>João de Ávila</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/352/ind_29.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/352/ind_29.21.docx</t>
   </si>
   <si>
     <t>Sugerir ao Executivo, a disponibilização de transporte escolar para os alunos residentes na Estrada Tifa Eichenberger, até as proximidades da residência da família Eichenberger._x000D_
 Necessário se faz, pois facilitará aos alunos o acesso à escola, especialmente em dias que apresentam condições climáticas adversas.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/353/ind_30.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/353/ind_30.21.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de um abrigo para passageiros, no ponto de parada de ônibus localizado na Rua 25 de Julho, defronte à residência de Delci Krause._x000D_
 Justifica-se, tendo em vista que o local já é utilizado como ponto de ônibus, inclusive o proprietário do imóvel já autorizou a parada de ônibus no local, mas é preciso a instalação de um abrigo adequado para proteção e conforto das pessoas que o utilizam.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/354/ind_31.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/354/ind_31.21.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção da Estrada Tifa Eichenberger, realizando a remoção ou o rompimento da pedra localizada no centro da referida via._x000D_
 Justifica-se, pois, trata-se de uma pedra de grande porte, que atrapalha o trânsito, inclusive provoca danos aos veículos que trafegam pela via.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>José Adair Brizola Antunes</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/355/ind_32.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/355/ind_32.21.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de um abrigo, em frente ao posto de saúde de Schroeder I, no portão da entrada à esquerda, para que os munícipes possam aguardar a abertura da referida unidade de saúde. _x000D_
 O abrigo possui a finalidade de disponibilizar aos pacientes um local adequado para aguardarem a abertura do portão, para se protegerem da chuva e de sol forte, trazendo assim maior conforto, uma vez que já estão fragilizados, precisando de cuidados médicos.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/356/ind_33.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/356/ind_33.21.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção da sinalização horizontal de trânsito na Rua Marechal Castelo Branco, com a repintura especialmente das faixas de pedestres, faixas elevadas e lombadas._x000D_
 Justifica-se, com objetivo de melhorar as condições de tráfego, proporcionando melhor visibilidade aos motoristas e pedestres, e consequentemente maior segurança.</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/357/ind_35.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/357/ind_35.21.docx</t>
   </si>
   <si>
     <t>Sugerir ampliação da ponte localizada na Travessa Amandus Muller._x000D_
 Justifica-se, pois, com a pavimentação das ruas laterais à travessa (Rua 3 de Outubro e Gustavo Streit), o trânsito no local se intensificou, necessitando de medidas que facilitem o deslocamento dos veículos.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/358/ind_35.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/358/ind_35.21.docx</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/359/ind_36.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/359/ind_36.21.docx</t>
   </si>
   <si>
     <t>Sugerir ao Executivo que crie legislação específica para regulamentar o passe livre no transporte público municipal, nos moldes da Lei Federal nº 8.899, sugerindo ainda que além da concessão às pessoas carentes portadoras de deficiência, também seja oportunizado às pessoas carentes com doenças graves._x000D_
 Justifica-se, pois, a gratuidade do transporte público municipal, trará o reconhecimento do direito de ir e vir, para pessoas que enfrentam dificuldades diariamente, como uma maneira de minimizá-las.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>Ildemar Zoz</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/360/ind_37.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/360/ind_37.21.docx</t>
   </si>
   <si>
     <t>Sugerir ao Executivo que sejam tomadas as medidas cabíveis, com a finalidade de realizar a remoção de entulhos (restos da obra de pavimentação asfáltica da Rua 15 de Novembro), depositados na esquina das ruas 15 de Novembro e Alphons Maria Schmalz._x000D_
 Justifica-se, pois, além de ser essencial a remoção, o capim está crescendo sobre o entulho, prejudicando a visibilidade dos motoristas que se deslocam da Rua 15 de Novembro, para adentrar ou atravessar a Rua Alphons Maria Schmalz</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/361/ind_38.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/361/ind_38.21.docx</t>
   </si>
   <si>
     <t>Sugerir ao Executivo que seja dada celeridade aos trâmites para execução de pavimentação asfáltica das ruas Carlos Pommerening, Alvina Pommerening e Bandeirantes. Os moradores estão receosos que a obra não aconteça, tendo em vista que as referidas vias já possuem legislação que institui e autoriza a contribuição de melhoria, desde o início de 2020. _x000D_
 _x000D_
 Necessário se faz, pois os moradores prezam pela melhoria, que trará melhores condições de tráfego e melhor qualidade de vida, uma vez que evitará transtornos provenientes do excesso de lama, buracos e poeira.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/366/ind_39.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/366/ind_39.21.docx</t>
   </si>
   <si>
     <t>Sugerir a execução de pavimentação asfáltica da Rua Germano Muller, trecho após o acesso à Rua Francisco Weiss._x000D_
 Justifica-se, tendo em vista que os moradores prezam pela melhoria, pois evitará transtornos provenientes da necessidade constante de manutenção da via e excesso de poeira ou lama.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/367/ind_40.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/367/ind_40.21.docx</t>
   </si>
   <si>
     <t>Sugerir a execução de pavimentação asfáltica da Rua Emílio Mundt_x000D_
 Justifica-se, pois, os moradores almejam a melhoria, que contribuirá para melhor trafegabilidade e segurança, além de contribuir com melhor qualidade de vida, pois os moradores não precisarão mais enfrentar o excesso de poeira, lama e buracos.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/368/ind_41.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/368/ind_41.21.docx</t>
   </si>
   <si>
     <t>Sugerir a execução de pavimentação asfáltica da Rua Reinoldo Pommerening._x000D_
 Trata-se de um anseio dos moradores, tendo em vista que, amenizará os transtornos causados pela ação do tempo, tanto em períodos chuvosos quanto em períodos de seca, além de proporcionar uma via mais segura aos que a utilizam</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/369/ind_42.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/369/ind_42.21.docx</t>
   </si>
   <si>
     <t>Sugerir a execução de pavimentação asfáltica da Rua Ida Luiza Bertha Jacob Wulf._x000D_
 Necessário de faz, com o intuito de proporcionar melhor qualidade de vida aos moradores que sofrem frequentemente com o excesso de poeira ou de lama.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/370/ind_43.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/370/ind_43.21.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção da ciclofaixa, existente da Rua Marechal Castelo Branco, entre o imóvel nº 8382 (E.M Frida H. Krause), até as proximidades do cemitério Bom Jesus._x000D_
 Justifica-se, pois, no referido trecho, há necessidade de reparos na cobertura asfáltica, para que os ciclistas tenham um espaço adequado para transitar, a fim de evitar possíveis acidentes decorrentes da falta de manutenção.</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/371/ind_44.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/371/ind_44.21.docx</t>
   </si>
   <si>
     <t>Sugerir reparos na pavimentação de lajota da Rua 3 de Outubro, nas proximidades do imóvel nº 53._x000D_
 Necessário se faz, pois, no local mencionado, há um afundamento das lajotas. Este rebaixo na pista, traz insegurança aos que transitam na via, pois pode ocasionar algum dano aos veículos e provocar acidentes.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/372/ind_45.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/372/ind_45.21.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de iluminação pública na Rua 3 de Outubro, trecho entre os imóveis nº 4736 a 6345._x000D_
 Justifica-se, pois, os munícipes que se deslocam durante a madrugada, especialmente para o local de trabalho, sentem-se inseguros, uma vez que sem iluminação adequada e sem residências ao logo do trajeto, o perigo é maior, tornando-os alvos fáceis a ação de criminosos.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/373/ind_46.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/373/ind_46.21.docx</t>
   </si>
   <si>
     <t>Sugerir a recolocação das lajotas removidas para reparos da tubulação de água na Rua Gustavo Streit, em frente aos imóveis nº 458 e 547._x000D_
 Necessário se faz, tendo em vista que foram apenas depositados pedriscos nos locais mencionados, mas a chuva e os veículos acabam removendo o material, deixando a via perigosa, trazendo riscos de acidentes, especialmente aos motociclistas.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/374/ind_47.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/374/ind_47.21.docx</t>
   </si>
   <si>
     <t>Sugerir ao Executivo que tome as medidas necessárias a fim de cumprir o que preconiza o Art. 30 da Lei 1440 (Código de Posturas) e a Lei nº 2285, com o intuito de exigir que os moradores realizem a limpeza do passeio público e sarjeta defronte à sua residência. _x000D_
 Justifica-se, tendo em vista que muitos munícipes estão deixando de realizar essa manutenção acreditando ser função do Poder Executivo, este, por sua vez, como uma forma de manter a cidade organizada e limpa, obriga-se a contratar empresas ou servidores para executarem o trabalho, onerando os cofres públicos desnecessariamente.</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/375/ind_48.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/375/ind_48.21.docx</t>
   </si>
   <si>
     <t>Sugerir a tomada de medidas necessárias a fim de ampliar a rede de água potável da Rua Alberto Jacobi._x000D_
 Justifica-se, tendo em vista que cerca de vinte imóveis não possuem abastecimento de água potável. Assim, por se tratar de um serviço essencial, torna-se imprescindível a execução do investimento que trará melhor qualidade de vida aos moradores.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/380/ind_49.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/380/ind_49.21.docx</t>
   </si>
   <si>
     <t>Sugerir ao Executivo a busca de alternativas com o objetivo de auxiliar as Associações de Pais e Professores (APP) das escolas municipais, neste período de pandemia, especialmente de forma financeira. Uma sugestão, seria a realização de uma campanha através da secretaria de educação, com o intuito de reforçar e sensibilizar os pais sobre a importância de contribuir mensalmente para a APP, tendo em vista que, ao Município há restrições legais para concessão de auxílio financeiro, preconizado pela Lei Federal 13.019._x000D_
 Justifica-se, pois, as referidas associações, estão com dificuldades em manter suas despesas fixas em dia, pois devido a pandemia da Covid-19, não conseguem realizar eventos e rifas para arrecadação de recursos, bem como a contribuição espontânea dos pais está reduzida.</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/381/ind_50.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/381/ind_50.21.docx</t>
   </si>
   <si>
     <t>Sugerir a adoção de providências com o intuito de tapar a vala existente no final da Rua Itoupava. A referida vala foi aberta pela empresa que está executando a pavimentação asfáltica sem uma finalidade específica. Como consequência dessa abertura, houve um rompimento de canos da rede de água, que foi consertado pelo setor responsável do Município, porém após esse episódio, a mesma não foi coberta, continuando no local sem haver necessidade._x000D_
 Justifica-se, pois, a referida vala está aberta há cerca de dois meses, ocorrendo o acúmulo de água das chuvas, causando transtorno aos moradores, especialmente por propiciar a proliferação de insetos transmissores de doenças.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/382/ind_51.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/382/ind_51.21.docx</t>
   </si>
   <si>
     <t>Sugerir ao Executivo que sejam tomadas as medidas cabíveis, a fim de providenciar com urgência a criação dos cargos de Psicólogo e Assistente Social, para atuarem nas escolas municipais, como preconiza a Lei Federal n. 13.935/2019._x000D_
 Justifica-se, pois, a referida Lei foi sancionada em 11 de dezembro de 2019, estabelecendo o prazo de um ano para que os municípios se adequassem. Como o prazo se encerrou em dezembro de 2020, é imprescindível que as tratativas sejam iniciadas para a criação dos cargos, com o propósito de contratação da equipe multiprofissional disposta na Lei. As equipes deverão desenvolver ações para a melhoria da qualidade do processo de ensino-aprendizagem, com a participação da comunidade escolar, atuando na mediação das relações sociais e institucionais.</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/383/ind_52.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/383/ind_52.21.docx</t>
   </si>
   <si>
     <t>Sugerir melhorias na tubulação para escoamento de água pluvial na Rua Ernesto Krogel, com o objetivo de substituição da tubulação por uma de maior diâmetro._x000D_
 Justifica-se, tendo em vista que em períodos de chuva torrencial, ocorrem diversos pontos de alagamento ao longo da via, trazendo transtornos aos moradores e demais pessoas que transitam na via em questão.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/384/ind_53.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/384/ind_53.21.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de faixa elevada para travessia de pedestre na Rua Barão do Rio Branco, nas proximidades do imóvel nº 2114._x000D_
 Necessário se faz, pois, a faixa elevada trará melhores condições de acessibilidade e segurança aos pedestres, além de contribuir para redução da velocidade dos veículos que transitam no local.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/385/ind_54.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/385/ind_54.21.docx</t>
   </si>
   <si>
     <t>Sugerir estudo de viabilidade para implantação de uma unidade da APAE (Associação de Pais e Amigos dos Excepcionais) no município de Schroeder._x000D_
 Justifica-se, pois, com uma unidade no Município, o atendimento aos munícipes, será facilitado tanto em relação ao deslocamento até a instituição, quando em relação a proximidade com a equipe multiprofissional. O objetivo da entidade é proporcionar melhores condições de vida ao portador de deficiência, e, principalmente, assegurar-lhe o desenvolvimento e os direitos de cidadão, desenvolvendo programas voltados à sensibilização, conscientização, prevenção e reabilitação, dando assistência não só aos portadores, mas também aos pais e responsáveis.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/386/ind_55.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/386/ind_55.21.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de faixa elevada para travessia de pedestres na Rua Cândido Tomaseli, nas proximidades do imóvel nº 884 (E. M. Prof. Santos Tomaselli)._x000D_
 Justifica-se, pois, a faixa elevada trará melhores condições de acessibilidade e segurança aos pedestres, principalmente alunos que se deslocam até a unidade de ensino próxima, além de contribuir para redução da velocidade dos veículos que transitam no local.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/387/ind_56.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/387/ind_56.21.docx</t>
   </si>
   <si>
     <t>Sugerir o desenvolvimento do Programa Juros Zero Municipal, nos moldes da iniciativa fomentada pelo município de Jaraguá do Sul. O programa consiste em facilitar linhas de crédito aos empreendedores individuais, autônomos, micro e pequenas empresas, de forma que, se as parcelas do empréstimo forem pagas em dia, os juros são quitados pelo Município._x000D_
 Justifica-se, com o intuito fomentar o empreendedorismo, estimular a formalização e promover o desenvolvimento da economia, especialmente neste momento tão difícil enfrentado pela pandemia da Covid-19, que está gerando grande retração econômica.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/396/ind_57.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/396/ind_57.21.docx</t>
   </si>
   <si>
     <t>Sugerir a retirada de materiais (seixo, troncos de árvores e demais sedimentos) acumulados embaixo da ponte localizada na Rua Cândido Tomaseli, nas proximidades do imóvel nº 286 (Condomínio Empresarial Claudio Tomaselli)._x000D_
 Necessário se faz, pois o acúmulo de material prejudica o fluxo natural do rio, como consequência, durante períodos chuvosos, ocorre o transbordo, ocasionando alagamento na pista de rolamento. Ademais, com o desassoreamento, o material retirado poderá ser utilizado para manutenção de vias não pavimentadas do Município.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/397/ind_58.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/397/ind_58.21.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção da Estrada Rancho Bom (com execução de alargamento da via, ensaibramento e restruturação das valas), no trecho a partir da entrada de acesso ao Pesque e Pague Arco-Íris, até o término da estrada. _x000D_
 Justifica-se, tendo em vista que a via está muito danificada devido a recente ocorrência de chuva, com volume de água em grande proporção.  Os reparos facilitarão a trafegabilidade para os munícipes residentes na localidade, e facilitará o acesso a um empreendimento do ramo alimentício que está em fase de construção.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/398/ind_59.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/398/ind_59.21.docx</t>
   </si>
   <si>
     <t>Sugerir a realização de reparos na camada asfáltica da Rua Marechal Castelo Branco, nas proximidades do imóvel nº 6256 (Mercado Agostinho), esquina com a Rua Guilherme Bauer (a via está danificada devido à grande movimentação de caminhões), e outro em frente ao imóvel nº 7.075 (no local há um conserto antigo que está cedendo, necessitando ser refeito)._x000D_
 Necessário se faz, pois trata-se de uma via de grande fluxo de veículos e pedestres e os danos, proporcionam um risco iminente para ocorrência de acidentes.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/399/ind_60.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/399/ind_60.21.docx</t>
   </si>
   <si>
     <t>Sugerir a execução de reparos na Rua Barão do Rio Branco, nas proximidades do imóvel nº 138 (Madeireira Braço Forte)._x000D_
 Justifica-se, pois no local mencionado, houve a abertura de uma vala na pista de rolamento, porém, a mesma foi apenas tapada com terra, necessitando da cobertura asfáltica, a fim de evitar qualquer contratempo, especialmente a ocorrência de acidentes.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/400/ind_61.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/400/ind_61.21.docx</t>
   </si>
   <si>
     <t>Sugerir a execução de reparos na camada asfáltica da Rua Jaraguá, nas proximidades do pórtico de entrada._x000D_
 Necessário se faz, tendo em vista que o asfalto apresenta uma abertura no pavimento em decorrência de alguma manutenção realizada na via, o que traz perigos aos que transitam no local, devido a probabilidade de ocorrência de acidentes.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/401/ind_62.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/401/ind_62.21.docx</t>
   </si>
   <si>
     <t>Sugerir análise com o intuito de verificar a viabilidade da instalação de faixa elevada para travessia de pedestres na Rua Marechal Castelo Branco, nas proximidades do imóvel nº 2190 (Paróquia São Vendelino). Também sugere, que seja observada a possibilidade de remoção da faixa de pedestres e lombada já existentes no local, afim de serem substituídas pela faixa elevada supracitada._x000D_
 Justifica-se, tendo em vista que, alguns motoristas não respeitam os equipamentos de redução de velocidade e de travessia de pedestres da forma como estão dispostos atualmente, assim, não são eficazes para segurança dos que transitam no local em questão. As faixas elevadas, são uma excelente ferramenta para auxiliar o trânsito, oferecendo segurança e acessibilidade, facilitam a visibilidade dos condutores no momento da travessia, além de contribuírem para redução de velocidade dos veículos.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/402/ind_63.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/402/ind_63.21.docx</t>
   </si>
   <si>
     <t>Sugerir a extensão do horário de atendimento da farmácia básica municipal, a fim de ofertar atendimento à população além do horário de expediente da secretaria de saúde._x000D_
 Justifica-se, com o intuito de disponibilizar medicamentos aos pacientes que são atendidos na UPA do Município, fora do horário de funcionamento da farmácia básica, facilitando o acesso ao medicamento, e evitando atrasos para o início do tratamento.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/403/ind_64.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/403/ind_64.21.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de um abrigo para passageiros, no ponto de parada de ônibus localizado na Rua Santa Catarina, nas proximidades do imóvel nº 618._x000D_
 Justifica-se, tendo em vista que o local já é utilizado como ponto de ônibus pela população, mas necessita de um abrigo adequado para proteção e conforto das pessoas que o utilizam. Vale frisar que, o proprietário do imóvel citado acima, autoriza a instalação do abrigo no local, e que existe sinalização para parada de ônibus nas proximidades, mas está em um local de difícil acesso, principalmente quando o motorista necessita realizar manobras com o ônibus.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/404/ind_65.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/404/ind_65.21.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção do Cemitério Municipal da Paz, com a execução de limpeza dos acessos aos túmulos, especialmente a parte mais antiga do cemitério. _x000D_
 Necessário se faz, pois a falta de manutenção e conservação do local, causam uma sensação de abandono, sendo importante proporcionar um local organizado para  as pessoas que visitam o túmulo de seu ente querido.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/405/ind_66.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/405/ind_66.21.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de faixa elevada para travessia de pedestres na Rua Marechal Castelo Branco, uma nas proximidades do imóvel nº 2927 (próximo à Pracinha), outra em frente ao imóvel nº 1864 (E.E.B Miguel Couto), com a substituição das lombadas físicas existentes, e ainda uma nas proximidades do imóvel nº 3088 (Igreja da Paz), também com a substituição da lombada física._x000D_
 Necessário se faz, pois, a faixa elevada trará melhores condições de acessibilidade e segurança aos pedestres, além de contribuir para redução da velocidade dos veículos que transitam no local.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/406/ind_67.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/406/ind_67.21.docx</t>
   </si>
   <si>
     <t>Sugerir a execução de pavimentação asfáltica da Rua Guilherme Ristau._x000D_
 Necessário se faz, uma vez que os moradores almejam essa melhoria, que contribuirá para melhor trafegabilidade e segurança, além de contribuir com melhor qualidade de vida, pois os moradores não precisarão mais enfrentar o excesso de poeira, lama e buracos, e demais problemas provenientes de rua sem pavimentação.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/407/ind_68.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/407/ind_68.21.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção da Rua João Correia, com execução de ensaibramento._x000D_
 Faz-se necessário, com a finalidade de proporcionar aos munícipes que residem e utilizam da via em questão, boas condições de trafegabilidade.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/408/ind_69.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/408/ind_69.21.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de faixa elevada para travessia de pedestres na Rua Guaramirim, nas proximidades do imóvel nº 313 (C.E.I.M Ezelia Correia Lombardi)._x000D_
 Necessário se faz, pois, a faixa elevada trará melhores condições de acessibilidade e segurança aos pedestres, principalmente aos pais e alunos que se deslocam até a unidade de ensino próxima, além de contribuir para redução da velocidade dos veículos que transitam no local.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/409/ind_70.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/409/ind_70.21.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de faixas elevadas para travessia de pedestres na Rua 3 de Outubro, uma nas proximidades do imóvel nº 2.817 (Recreativa Braço do Sul) e outras nas proximidades do imóvel nº 3.099 (empresa Banana Brasil)._x000D_
 Justifica-se, pois, tratam-se de locais com significativa movimentação de pedestres. Após a pavimentação asfáltica, os veículos trafegam em velocidade elevada, ampliando os riscos de acidentes. Assim, a faixa elevada trará melhores condições de acessibilidade e segurança aos que transitam na via.</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/410/ind_71.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/410/ind_71.21.docx</t>
   </si>
   <si>
     <t>Sugerir análise para instalação de tachões na linha de divisão de fluxo da Rua Marechal Castelo Branco, trecho entre o imóvel nº 4.008 (empresa Angerô Malhas), até o imóvel nº 5507 (Coruja Agrocomercial), bem como a retirada da lombada física localizada nas proximidades do imóvel nº 4429 (Sociedade Vitória), e instalação de uma faixa elevada para travessia de pedestres defronte ao imóvel nº 4755 (Igreja Assembleia de Deus)._x000D_
 Justifica-se, pois, os dispositivos de trânsito mencionados auxiliarão na visibilidade dos motoristas, trarão maior segurança à população, tendo em vista que se trata de um trecho de grande movimentação de pedestres e veículos, por haver no local um centro de ensino, templo religioso e diversos estabelecimentos comerciais.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/411/ind_72.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/411/ind_72.21.docx</t>
   </si>
   <si>
     <t>Sugerir a tomada de medidas cabíveis para recolocação de poste de energia elétrica na Travessa Amandos Muller._x000D_
 Necessário se faz, tendo em vista que o referido poste foi danificado devido à queda de árvore ocorrida em meados de 2020, posteriormente removido para reparos, porém até o momento não foi recolocado ou substituído.</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/412/ind_73.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/412/ind_73.21.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção da Rua Otto Carlos Doege, com execução de macadamização, especialmente o trecho após a ponte coberta._x000D_
 Justifica-se, tendo em vista que, apesar de se tratar de uma via que é constantemente patrolada, veículos encontram grande dificuldade para trafegarem no local, especialmente os de maior porte. Por se tratar de um trecho com intensa umidade e possuir no solo, um material inadequado, há facilidade de retenção de água, criando um atoleiro, gerando transtornos aos motoristas que utilizam a via.</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/413/ind_74.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/413/ind_74.21.docx</t>
   </si>
   <si>
     <t>Sugerir análise de viabilidade para implantação de faixa elevada para travessia de pedestres na Rua Marechal Castelo Branco, defronte ao imóvel nº 4868 (Restaurante Cabana do Weiss)._x000D_
 Necessário se faz, visto que o local possui intensa movimentação de veículos e pedestres, especialmente pais e crianças que se deslocam até o centro de apoio pedagógico localizado nas proximidades. A faixa elevada é uma medida simples que trará maior segurança no trânsito, facilitará a travessia dos pedestres e obrigará os motoristas a diminuírem a velocidade de seus veículos, consequentemente minimizando os riscos de acidentes.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/416/ind_75.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/416/ind_75.21.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de faixa elevada para travessia de pedestres na Rua Marechal Castelo Branco, em frente ao imóvel nº 5507 (Coruja Agrocomercial)._x000D_
 Justifica-se, por se tratar de um local com grande movimentação de pedestres e potencialmente perigoso, em decorrência de uma curva acentuada no local, o que prejudica a visibilidade tanto dos motoristas quanto dos pedestres. As faixas elevadas, são uma excelente ferramenta para auxiliar o trânsito, oferecendo segurança e acessibilidade.</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/419/ind_76.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/419/ind_76.21.docx</t>
   </si>
   <si>
     <t>Sugerir análise com o intuito de verificar a possibilidade de alteração da localização das faixas de pedestres próximas ao cruzamento entre as ruas laterais e a Rua Marechal Castelo Branco, para que sejam pintadas deixando o espaço de cerca de cinco metros de distância da esquina. _x000D_
 Justifica-se, pois, atualmente a pintura da faixa é realizada muito próxima do cruzamento, fazendo com que o veículo que está saindo da rua lateral, tenha que parar em cima da faixa para poder visualizar o tráfego da outra via, ocasionando assim, insegurança, conflito entre pedestre e motorista, além de infração ao motorista, por estar parado com o veículo sobre a faixa.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/420/ind_77.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/420/ind_77.21.docx</t>
   </si>
   <si>
     <t>Sugerir a execução de pavimentação asfáltica da Rua Helmuth Kanzler._x000D_
 Justifica-se, uma vez que os moradores prezam pela melhoria, que contribuirá para melhor trafegabilidade e segurança, além de contribuir com melhor qualidade de vida, pois os moradores não precisarão mais enfrentar o excesso de poeira, lama e buracos, e demais problemas provenientes de rua sem pavimentação.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/421/ind_78.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/421/ind_78.21.docx</t>
   </si>
   <si>
     <t>Sugerir análise de viabilidade para instalação de um parque infantil no bairro Tomaselli, em imóvel pertencente ao Município, próximo à unidade de saúde._x000D_
 Justifica-se, pois, os moradores presam pela melhoria, haja vista que atualmente não há área de lazer na localidade. O parque infantil, proporcionará às crianças um local lúdico, de socialização e bem-estar, podendo usufruírem ainda de um espaço mais seguro e adequado para recreação.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/422/ind_79.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/422/ind_79.21.docx</t>
   </si>
   <si>
     <t>Sugerir análise de viabilidade para instalação de academia ao ar livre no loteamento São Paulo, no bairro Schroeder I, em imóvel pertencente ao Município, junto ao parque infantil já existente._x000D_
 Justifica-se, com o intuito de ofertar aos moradores da localidade, um espaço gratuito para prática de atividades físicas, promovendo o bem-estar físico e mental, trazendo benefícios à saúde, além de proporcionar a integração social.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/423/ind_80.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/423/ind_80.21.docx</t>
   </si>
   <si>
     <t>Solicitar a tomada de medidas cabíveis para instalação de uma câmera de monitoramento na localidade de Schroeder I, na Rua Guaramirim, proximidades do imóvel nº 11 (Auto Posto Márcio), confluência com as ruas Rio de Janeiro e Erich Froehner._x000D_
 O pedido em questão é pertinente, tendo em vista a necessidade de maior segurança para a localidade, com o objetivo de coibir a criminalidade, em especial, furtos, vandalismo e consumo de drogas.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/424/ind_80.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/424/ind_80.21.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de faixa elevada para travessia de pedestres na Rua 23 de Março, em frente ao imóvel º 1.420._x000D_
 Justifica-se, pois, trata-se de um local com significativa movimentação de pedestres. Após a via ter recebido a pavimentação asfáltica, os veículos trafegam em velocidade elevada, ampliando os riscos de acidentes, especialmente por não haver acostamento e residências ficarem muito próximas da pista. As faixas elevadas, são uma excelente ferramenta para auxiliar o trânsito, oferecendo segurança e acessibilidade.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/425/ind_82.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/425/ind_82.21.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de faixa elevada para travessia de pedestres na Rua Marechal Castelo Branco, defronte ao imóvel nº 9.325 (Castelan Pesque e Pague). _x000D_
 Justifica-se, em decorrência da grande movimentação de veículos e pedestres, devido a existência de estabelecimentos comerciais e templos religiosos nas imediações. Por se tratar de longo trecho de reta, torna-se potencialmente perigoso, haja vista que motoristas acabam excedendo os limites de velocidade. As faixas elevadas, são uma excelente ferramenta para auxiliar o trânsito, oferecendo segurança e acessibilidade.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/426/ind_83.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/426/ind_83.21.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de faixa elevada para travessia de pedestres na Rua 23 de Março, defronte ao imóvel nº 2.625 (Panificadora Carpe Diem)._x000D_
 Necessário se faz, por se tratar de um local com grande movimentação de veículos e pedestres. A faixa elevada é uma medida simples que trará maior segurança no trânsito, facilitará a travessia dos pedestres e obrigará os motoristas a diminuírem a velocidade de seus veículos, consequentemente minimizando os riscos de acidentes.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/427/ind_84.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/427/ind_84.21.docx</t>
   </si>
   <si>
     <t>Sugerir a execução de pavimentação asfáltica da Rua Jerônimo Tomaseli._x000D_
 Justifica-se, pois, os moradores prezam pela melhoria, haja vista a crescente movimentação de veículos que utilizam da via para acesso a um estabelecimento comercial de gêneros alimentícios e para acesso à sede de uma cabanha. Assim, a pavimentação trará melhor qualidade de vida aos moradores e proporcionará melhor trafegabilidade da via.</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/428/ind_85.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/428/ind_85.21.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção da Estrada Duas mamas, com execução de ensaibramento, patrolamento e limpeza das valas._x000D_
 O pedido em questão é relevante, tendo em vista que a via está em péssimas condições de trafegabilidade. Trata-se de um acesso ao município de Joinville, frequentemente utilizado por praticantes de cicloturismo e por munícipes que se deslocam até a cidade vizinha.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/429/ind_86.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/429/ind_86.21.docx</t>
   </si>
   <si>
     <t>Sugerir a construção de banheiros públicos junto ao Cemitério Municipal da Paz, bem como um espaço exclusivo para funcionários, para que possam realizar a higienização necessária após algum procedimento ou trabalho executado nas dependências do cemitério. _x000D_
 Necessário se faz, com o intuito de ofertar maior comodidade e o conforto necessário aos que visitam o local. Bem como, disponibilizar aos funcionários melhores condições de trabalho, tendo em vista que realizam atividades consideradas insalubres.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/430/ind_87.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/430/ind_87.21.docx</t>
   </si>
   <si>
     <t>Sugerir análise de viabilidade para a construção de rotatória na confluência entre as ruas Marechal Castelo Branco e 23 de Março, no bairro Bracinho._x000D_
 Justifica-se, com o objetivo de oferecer segurança viária e disciplinar o trânsito no local, ordenando adequadamente a movimentação dos veículos, proporcionando mais fluidez. A construção de rotatória auxilia na redução de conflitos de tráfego, bem como diminui o número de acidentes de trânsito em interseções de vias, tendo em vista que contribui para reduzir a velocidade dos veículos.</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/431/ind_88.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/431/ind_88.21.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de faixa elevada para travessia de pedestres na Erich Froehner, em frente ao imóvel nº 951 (Unipet Distribuidora)._x000D_
 Justifica-se, por se tratar de um local com grande movimentação de veículos e potencialmente perigoso, em decorrência de uma curva acentuada no local, o que prejudica a visibilidade tanto dos motoristas quanto dos pedestres. Inclusive, houve recentemente ocorrência de acidente no local. As faixas elevadas, são uma excelente ferramenta para auxiliar o trânsito, oferecendo segurança e acessibilidade.</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/432/ind_89.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/432/ind_89.21.docx</t>
   </si>
   <si>
     <t>Sugerir ao Executivo a tomada de medidas cabíveis para o cumprimento da Lei Federal nº 13.722/2018 (Lei Lucas), a fim de que seja instituído o regulamento preconizado na Norma. A referida Lei, trata da obrigatoriedade de capacitação em noções básicas de primeiros socorros de professores e funcionários de estabelecimentos de ensino públicos e privados de educação básica e de estabelecimentos de recreação infantil._x000D_
 Justifica-se, com a finalidade de evitar a ocorrência de casos semelhantes, como o do menino Lucas Begalli Zamora. A criança, de 10 anos, faleceu após se engasgar ao ingerir um lanche, em um passeio escolar no município de Cordeirópolis, interior de São Paulo. A elaboração de ações para propagar a importância do treinamento em primeiros socorros é fundamental, evitando que situações trágicas como essa se repitam, garantindo o atendimento em situações de urgência e emergência até que o serviço médico especializado chegue ao local.</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/433/ind_90.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/433/ind_90.21.docx</t>
   </si>
   <si>
     <t>Sugerir a tomada de medidas necessárias para elaboração de protocolo padronizado de segurança nas escolas e centros de educação infantil da rede municipal de ensino, objetivando intensificar as medidas de segurança, especialmente para maior controle de acessos às dependências das unidades escolares._x000D_
 Justifica-se com a finalidade de implantar e adotar procedimentos eficazes, restringindo e controlando o acesso dos alunos e demais pessoas que pretendem adentrar a unidade escolar. Proporcionando consequentemente um local mais seguro e acolhedor, a fim de evitar atos de violência contra alunos, professores e funcionários, como ocorrido no município de Saudades/SC.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/434/ind_91.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/434/ind_91.21.docx</t>
   </si>
   <si>
     <t>Sugerir o conserto da calçada localizada na esquina das ruas Marechal Castelo Branco e Jorge Lacerda._x000D_
 Necessário se faz, em decorrência de erosão provocada pelo escoamento de água pluvial devido a existência de uma boca de lobo no local. O piso intertravado (paver) fica danificado toda vez que há ocorrência de chuva. Devido aos danos apresentados na calçada, há possibilidade de ocorrência de acidentes, ainda mais, por se tratar de um local com grande movimentação de pedestres.</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/435/ind_92.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/435/ind_92.21.docx</t>
   </si>
   <si>
     <t>Sugerir ao Executivo alteração do § 1º da Lei nº 2335/2017, que autoriza o município de Schroeder a celebrar termo de fomento com a Associação de Serviços Sociais Voluntários de Schroeder - Bombeiros, com fundamentos na lei federal nº 13.019/2014. O objetivo da referida alteração, consiste no aumento dos valores repassados à entidade, para que seja analisada a possibilidade de acréscimo de cerca de R$ 2.000,00 mensais em relação ao valor atual._x000D_
 Justifica-se com o intuito de melhorar a contribuição para o custeio das atividades da Corporação, a fim de que seja mantida e aprimorada as atividades desenvolvidas, serviços de vital importância para segurança e bem-estar da população.</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/436/ind_93.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/436/ind_93.21.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção do trecho final (trecho não pavimentado) da Rua Presidente Costa e Silva, com a execução de ensaibramento. _x000D_
 Faz-se necessário, com a finalidade de proporcionar aos munícipes que residem e utilizam da via em questão, boas condições de trafegabilidade.</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/437/ind_94.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/437/ind_94.21.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção da Tifa Mohr, com a execução de limpeza e alargamento da via._x000D_
 _x000D_
 Justifica-se, pois quando são executados serviços de patrolamento na via, não está sendo realizada a limpeza das laterais, o que acaba ocasionando em estreitamento da via, consequentemente a passagem dos veículos é dificultada. Por haver um clube de tiro no local, há intensa movimentação, assim a manutenção contribuirá para melhor fluidez do trânsito.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/438/ind_95.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/438/ind_95.21.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção, com a execução de ensaibramento da Tifa Albrecht._x000D_
 Justifica-se, com o intuito de oferecer boas condições de trafegabilidade e facilitar aos moradores o acesso às suas residências.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/439/ind_96.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/439/ind_96.21.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção da calçada localizada na Rua Alphons Maria Schmalz, em frente ao imóvel nº 150 (unidade de saúde, ESF do bairro Sossego)._x000D_
 O pedido é pertinente, tendo em vista que o piso intertravado (paver) está solto, prejudicando a locomoção das pessoas que transitam no local, trazendo insegurança. Inclusive, houve ocorrência de acidentes com pessoas idosas devido a calçada estar danificada.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/440/ind_97.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/440/ind_97.21.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção da tubulação de água pluvial da Rua Amazonas, com execução de limpeza, instalação de tubulação de maior diâmetro, além de análise para alteração do sentido do escoamento da água, uma vez que a tubulação está paralela à rua, desembocando na Rua São Paulo, o adequado, seria cruzar a rua, para desembocar em uma depressão existente na encosta do morro._x000D_
 Necessário se faz, com o intuito de facilitar o escoamento da água e evitar alagamentos, visto que, em períodos de chuva intensa, a grade de proteção da tubulação, fica obstruída com detritos e transborda, além de provocar alagamentos na Rua São Paulo.</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/441/ind_98.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/441/ind_98.21.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção da academia ao ar livre e do parque infantil localizados na Rua 23 de Março (anexo ao C.E.I.M. Isabella Gomes dos Santos), no bairro Itoupava-Açú._x000D_
 Justifica-se, pois os equipamentos estão deteriorados devido a ação do tempo, necessitando de reforma ou substituição. Assim, evitará a ocorrência de acidentes e proporcionará um local adequado aos munícipes para prática de atividade física e para o lazer.</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/442/ind_99.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/442/ind_99.21.docx</t>
   </si>
   <si>
     <t>Sugerir a execução de pavimentação da Rua Ivo José Ribeiro._x000D_
 A pavimentação faz-se necessária, por se tratar de uma via íngreme, com ocorrência frequente de danos devido às chuvas. Os moradores prezam pela melhoria, pois contribuirá para melhor trafegabilidade e segurança, além de contribuir para melhor qualidade de vida.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/443/ind_100.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/443/ind_100.21.docx</t>
   </si>
   <si>
     <t>Sugerir a execução de pavimentação asfáltica Rua Antônio Pasquali._x000D_
 Moradores prezam pela melhoria, uma vez que evitará transtornos provenientes da necessidade constante de manutenção da via e excesso de poeira ou lama.</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/444/ind_101.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/444/ind_101.21.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de um campo de futebol de areia, em imóvel pertencente à municipalidade, localizado no centro leste, nas imediações do loteamento Zils._x000D_
 A reivindicação é pertinente, pois os moradores almejam a melhoria, haja vista que ofertará um espaço para o lazer e para prática esportiva, trazendo consequentemente melhor qualidade de vida à população.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/445/ind_102.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/445/ind_102.21.docx</t>
   </si>
   <si>
     <t>Sugerir a revitalização da Praça Municipal Prefeito Helmuth Moritz Germano Hertel, situada na Rua Guilherme Zastrow._x000D_
 O pedido consiste em renovar o paisagismo, inserir bancos, lixeiras, mais equipamento de lazer e recreação, além reformar os já existentes, a fim de tornar o local mais atrativo, harmonioso e aconchegante, proporcionando um ambiente satisfatório para o convívio.</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/446/ind_103.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/446/ind_103.21.docx</t>
   </si>
   <si>
     <t>Sugerir a execução de ensaibramento da Rua Paulo Meier, em Schroeder I._x000D_
 Justifica-se, com o intuito de oferecer boas condições de trafegabilidade e facilitar aos moradores o acesso às suas residências.</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/447/ind_104.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/447/ind_104.21.docx</t>
   </si>
   <si>
     <t>Sugerir a viabilização para construção de um columbário ou ossuário no Cemitério Municipal, bem como a realização estudos para implantação de um espaço destinado ao sepultamento de crianças, na parte vertical do cemitério._x000D_
 Justifica-se, com o objetivo de distribuir de forma adequada e organizada os espaços destinados aos sepultamentos. Disponibilizar um local apropriado para os restos mortais abandonados nos túmulos, bem como disponibilizar o espaço específico para que sejam armazenadas as urnas com cinzas humanas. Oferecendo assim, um local confortável e agradável para as pessoas relembrarem seus entes falecidos. Vale salientar que atualmente os lóculos da parte vertical do cemitério, estão sendo utilizado como columbário, o que não seria o correto.</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/448/ind_105.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/448/ind_105.21.docx</t>
   </si>
   <si>
     <t>Sugerir a inclusão da Estrada Braço do Sul no roteiro do caminhão pipa, do início  da via até o acesso à localidade de Rancho Bom. _x000D_
 Justifica-se, pois a via possui tráfego intenso nos finais de semana, devido a movimentação de pessoas que visitam locais turísticos nas proximidades e durante a semana, é intensa a movimentação de caminhões da prefeitura, que se deslocam para retirada de saibro dos rios, o que gera transtornos aos moradores em decorrência do excesso de poeira.</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/449/ind_106.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/449/ind_106.21.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção do ponto de ônibus localizado na Rua Joinville, defronte a entrada da Tifa Silvado._x000D_
 Necessário se faz, tendo em vista que o telhado está danificado, e o assento do abrigo está muito baixo (próximo ao chão), impossibilitando sua utilização.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/450/ind_107.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/450/ind_107.21.docx</t>
   </si>
   <si>
     <t>Sugerir execução de pavimentação de concreto das ruas Guilherme Daren, João Correia e o trecho inicial da Rua Alberto Jacobi (cerca de 500 metros)._x000D_
 A melhoria é necessária, por se tratarem de ruas íngremes, de difícil acesso, principalmente em períodos chuvosos, as vias ficam frequentemente danificadas.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/451/ind_108.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/451/ind_108.21.docx</t>
   </si>
   <si>
     <t>Sugerir execução de pavimentação asfáltica da Rua Moisés Rabello._x000D_
 Trata-se de um anseio dos moradores, tendo em vista que, amenizará os transtornos causados pela ação do tempo, tanto em períodos chuvosos quanto em períodos de seca, além de proporcionar uma via mais segura aos que a utilizam.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/452/ind_109.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/452/ind_109.21.docx</t>
   </si>
   <si>
     <t>Sugerir execução de pavimentação asfáltica da Rua Leopoldo Gorges._x000D_
 Moradores prezam pela melhoria, uma vez que evitará transtornos provenientes da necessidade constante de manutenção da via e excesso de poeira ou lama.</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/453/ind_110.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/453/ind_110.21.docx</t>
   </si>
   <si>
     <t>Sugerir execução de pavimentação asfáltica da Rua Osvaldo Lenzi, do início da Rua até a galeria._x000D_
 Justifica-se, tendo em vista que os moradores prezam pela melhoria, pois evitará transtornos provenientes da necessidade constante de manutenção da via e excesso de poeira ou lama.</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/454/ind_111.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/454/ind_111.21.docx</t>
   </si>
   <si>
     <t>Sugerir execução de pavimentação asfáltica da Rua Regina Tissi._x000D_
 Necessário de faz, com o intuito de proporcionar melhor qualidade de vida aos moradores que sofrem frequentemente com o excesso de poeira ou de lama.</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/455/ind_112.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/455/ind_112.21.docx</t>
   </si>
   <si>
     <t>Sugerir execução de pavimentação asfáltica da Rua Maria Gesser, o trecho do início da rua até a esquina com a Rua Valter Ginow._x000D_
 Necessário se faz, uma vez que os moradores almejam essa melhoria, que contribuirá para melhor trafegabilidade e segurança, além de contribuir com melhor qualidade de vida, pois os moradores não precisarão mais enfrentar o excesso de poeira, lama e buracos, e demais problemas provenientes de rua sem pavimentação.</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/456/ind_113.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/456/ind_113.21.docx</t>
   </si>
   <si>
     <t>Sugerir a realização de manutenção do parque infantil localizado na esquina das ruas Osvaldo Lenzi e Rio de Janeiro._x000D_
 Trata-se de um espaço bastante frequentando pelas crianças da localidade, necessitando de reparos, a fim de minimizar riscos de acidentes.</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/457/ind_114.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/457/ind_114.21.docx</t>
   </si>
   <si>
     <t>Sugerir a realização de reparos no parque infantil localizado no loteamento São Paulo, no bairro Schroeder I._x000D_
 Os brinquedos estão danificados, facilitando a ocorrência de acidentes com as crianças que frequentam o local.</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/458/ind_115.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/458/ind_115.21.docx</t>
   </si>
   <si>
     <t>Sugerir a execução de limpeza e a análise para construção de um campo de futebol, no imóvel pertencente ao Município, localizado na Rua Wendelin Reiner, em frente ao imóvel nº 201 (Polícia Militar)._x000D_
 Justifica-se, pois, foram depositados no local diversos entulhos, podendo ocasionar a proliferação de animais sinantrópicos nocivos e peçonhentos, representando riscos à saúde pública. Assim, após a limpeza, o espaço poderá ser transformado em um local para o lazer e para prática esportiva, o que trará benefícios e qualidade de vida à população.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/459/ind_116.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/459/ind_116.21.docx</t>
   </si>
   <si>
     <t>Sugerir a execução de manutenção e limpeza de bocas de lobo em diversos pontos do Município, especialmente nas ruas 1º de Maio, Duque de Caxias, Palmeiras e 3 de Outubro._x000D_
 Necessário se faz, uma vez que o acúmulo de detritos e os bueiros danificados, impedem o adequado escoamento da água, o que traz transtornos aos munícipes, especialmente em períodos chuvosos, causando alagamentos.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/466/ind_117.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/466/ind_117.21.docx</t>
   </si>
   <si>
     <t>Sugerir execução de pavimentação de concreto da Rua Heins Winter._x000D_
 A melhoria é necessária, por se tratar de rua íngreme, de difícil acesso, principalmente em períodos chuvosos, a via fica muito danificada.</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/467/ind_118.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/467/ind_118.21.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de faixa elevada para travessia de pedestres na Rua Rio de Janeiro, nas proximidades do imóvel nº 3.107._x000D_
 Justifica-se, por se tratar de um local potencialmente perigoso, em decorrência de uma curva acentuada no local, o que prejudica a visibilidade tanto dos motoristas quanto dos pedestres, inclusive, já ocorreram diversos acidentes no local. As faixas elevadas, são uma excelente ferramenta para auxiliar o trânsito, oferecendo segurança e acessibilidade.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/468/ind_119.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/468/ind_119.21.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de faixa elevada para travessia de pedestres na Rua Rio de Janeiro, nas proximidades do imóvel nº 1.246._x000D_
 Justifica-se tendo em vista que, no trecho mencionado, há grande movimentação de pessoas e veículos em decorrência da significativa concentração de residência e estabelecimentos comerciais próximos. A faixa elevada trará melhores condições de acessibilidade e segurança aos pedestres, além de reduzir a velocidade dos veículos.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/469/ind_120.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/469/ind_120.21.docx</t>
   </si>
   <si>
     <t>Sugerir a tomada de medidas cabíveis com o intuito de conter a erosão da Estrada Duas Mamas, nas proximidades do imóvel nº 5925. A erosão ocorre na pista de rolamento, provocada pelo rio em períodos de cheia. Uma alternativa, seria a construção de muro de pedras, com o intuito de conter e controlar o curso d'água, para que volte ao seu fluxo original, tendo em vista que o rio foi modificado devido a existência de uma pedra em seu leito._x000D_
 Necessário se faz, uma vez que a erosão está estreitando e danificando a via, podendo prejudicar o trânsito ou até mesmo provocar acidentes.</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>Sugerir a instalação de sinalização para identificação da parada de ônibus, localizada na Rua Cândido Tomaseli, em frente ao imóvel nº 884 (Escola Municipal Prof. Santos Tomaselli)._x000D_
 Justifica-se, tendo em vista que, com a falta de identificação adequada, diversos motoristas estacionam seus veículos no local destinado exclusivamente para o coletivo, prejudicando o embarque e desembarque dos alunos.</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/471/ind_122.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/471/ind_122.21.docx</t>
   </si>
   <si>
     <t>Sugerir manutenção com realização de pintura, da faixa de pedestres localizada na Rua Marechal Castelo Branco, em frente ao imóvel nº 2.574 (Cooperativa Viacredi)_x000D_
 Justifica-se, pois no local, há grande fluxo de pedestre devido a concentração de estabelecimentos comerciais e residências. É imprescindível que a sinalização horizontal de trânsito esteja em boas condições, uma vez que a pintura apagada, prejudica a visibilidade dos motoristas trazendo insegurança aos que utilizam da faixa para travessia.</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/472/ind_123.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/472/ind_123.21.docx</t>
   </si>
   <si>
     <t>Sugerir a tomada de medidas cabíveis com o intuito de retomar os atendimentos da unidade de saúde do bairro Itoupava-Açú, disponibilizando consultas e demais atendimentos ao menos duas vezes por semana._x000D_
 O pedido é pertinente, visto que facilitará e aproximará o atendimento médico aos munícipes que residem na localidade, trazendo maior conforto e qualidade de vida.</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/473/ind_124.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/473/ind_124.21.docx</t>
   </si>
   <si>
     <t>Sugerir ao Executivo que verifique e tome as providências necessárias, com o intuito de sanar a existência de esgoto a céu aberto na Rua Rio de Janeiro, ao lado do imóvel nº 808. Uma solução é a instalação de caixa de ligação ou boca de lobo, para unir a tubulação da Rua Guilherme Darem que desemboca no local, com a tubulação da via em questão._x000D_
 Justifica-se, pois, no local há uma cratera e tubulação aparente, por onde frequentemente escorrem detritos, e em dias chuvosos a situação piora devido ao acúmulo de água, inclusive está provocando a erosão do acostamento. Por se tratar de uma questão de saúde pública, é imprescindível que o problema seja resolvido.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/477/ind_125.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/477/ind_125.21.docx</t>
   </si>
   <si>
     <t>Sugerir a construção de um portal turístico no início da Estrada Rio do Júlio, bem como a instalação de placas informativas e orientativas (de distância e altitude) dos pontos turísticos existentes no local._x000D_
 O pedido é pertinente visto que proporcionará um local mais atrativo e harmonioso, além de ofertar informações necessárias às pessoas que visitam o local, a fim de que desfrutem da melhor maneira, levando somente boas recordações.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/478/ind_126.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/478/ind_126.21.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de Relógio digital urbano com medidor de temperatura em pontos estratégicos do Município, como na rotatória da Rua Jaraguá (acesso principal ao Município) e no pátio da Prefeitura. A sugestão, inclui a parceria com o setor privado para instalação dos equipamentos.  _x000D_
 O pedido é pertinente, visto que o relógio urbano oferece à população um serviço de informação de qualidade e em tempo real, Além de modernizar e embelezar o local onde for instalado.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/479/ind_127.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/479/ind_127.21.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção do ponto de ônibus localizado na Rua Alberto Zanella, em frente ao imóvel nº 132, com realização de reparos do telhado e nivelamento do piso com a calçada._x000D_
 Necessário se faz, uma vez que há um rebaixo do piso do ponto de ônibus em relação a calçada, o que provoca alagamentos em períodos chuvosos, além da infiltração que ocorre devido o telhado estar danificado, impossibilitando a utilização do ponto.</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/480/ind_128.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/480/ind_128.21.docx</t>
   </si>
   <si>
     <t>Sugerir a tomada de medidas cabíveis a fim de denominar a via localizada na primeira bifurcação (à direita) da Tifa Araribá, como o nome de Tifa Germano Viergutz._x000D_
 Necessário se faz, para que os moradores possam regularizar seus endereços, uma vez que enfrentam dificuldades na identificação do local onde residem, gerando problemas inclusive para o recebimento de correspondências e encomendas.</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/481/ind_129.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/481/ind_129.21.docx</t>
   </si>
   <si>
     <t>Sugerir ao Executivo que realize a remoção das pedras espalhadas no parque Infantil localizado na Rua 23 de Março, no bairro Itoupava-Açú, e posteriormente, que seja colocado material adequado, como pó de brita._x000D_
 Justifica-se, uma vez que no local há muitas pedras próximas aos brinquedos, fazendo com que as crianças se machuquem com frequência. Assim, é imprescindível proporcionar um espaço adequado e seguro para a recreação infantil.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/482/ind_130.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/482/ind_130.21.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de um espelho convexo no entroncamento das ruas Antônio Marcos Cisério e Rua 23 de Março, nas proximidades do imóvel nº 1420._x000D_
 Justifica-se, uma vez que os motoristas que saem na Rua Antônio Marcos Cisério, não tem visibilidade adequada do trânsito da Rua 23 de Março, devido a existência de um muro na esquina, o que gera insegurança aos motoristas e a probabilidade de ocorrência de acidentes.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/483/ind_131.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/483/ind_131.21.docx</t>
   </si>
   <si>
     <t>Sugerir a tomada de medidas cabíveis para instalação de uma câmera de monitoramento nas proximidades da rotatória localizada na confluência das ruas Barão do Rio Branco, Cândido Tomaselli e Rua Joinville._x000D_
 O pedido em questão é pertinente, tendo em vista a necessidade de maior segurança para a localidade, com o objetivo de coibir a criminalidade, em especial, furtos, vandalismo e consumo de drogas.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
     <t>Sugerir a instalação de iluminação pública na Rua Alphons Maria Schumalz (trecho onde não há residências). _x000D_
 Justifica-se, pois, os munícipes que se deslocam durante a noite, sentem-se inseguros, uma vez que sem iluminação adequada e sem residências ao logo do trajeto, o perigo é maior, visto que a ação de criminosos é facilitada._x000D_
 _x000D_
 Retirada pelo autor em: 16/8/21</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/485/ind_133.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/485/ind_133.21.docx</t>
   </si>
   <si>
     <t>Sugerir a tomada de medidas cabíveis para instalação de uma câmera de monitoramento nas imediações da rotatória localizada na Rua Marechal Castelo Branco (acesso à ponte Trindade), próximo à divisa com o município de Jaraguá do Sul (Rua Arthur Ropelato)._x000D_
 O pedido em questão é pertinente, tendo em vista a necessidade de maior segurança para a localidade, com o objetivo de coibir a criminalidade, em especial, furtos, vandalismo e consumo de drogas.</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/509/ind_134.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/509/ind_134.21.docx</t>
   </si>
   <si>
     <t>Sugerir a inclusão da Rua 21 de Abril no roteiro do caminhão pipa._x000D_
 Justifica-se, pois, proporcionará melhor qualidade de vida aos moradores que sofrem com o excesso de poeira, ocasionado pela movimentação intensa de veículos.</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/510/ind_135.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/510/ind_135.21.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de um abrigo para passageiros, no ponto de parada de ônibus localizado na Rua Marechal Castelo Branco, nas proximidades do imóvel nº 3404 (Loja  Berlanda)._x000D_
 Justifica-se, pois o abrigo ofertará um espaço adequado, confortável e protegido de condições climáticas adversas, tendo em vista que o local já é utilizado como ponto de ônibus pela população, inclusive, já havia um abrigo antigamente no local.</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/536/ind_136.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/536/ind_136.21.docx</t>
   </si>
   <si>
     <t>Sugerir a execução de pavimentação asfáltica da Rua Léo Schultz._x000D_
 Justifica-se, uma vez que os moradores almejam essa melhoria, que contribuirá para melhor trafegabilidade e segurança, além de contribuir com melhor qualidade de vida, pois os moradores não precisarão mais enfrentar o excesso de poeira, lama e buracos, e demais problemas provenientes de rua sem pavimentação.</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/537/ind_137.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/537/ind_137.21.docx</t>
   </si>
   <si>
     <t>Sugerir execução de pavimentação Rua Oscar Guilherme Gneipel_x000D_
 Justifica-se, com o intuito de proporcionar melhor qualidade de vida aos moradores que sofrem frequentemente com o excesso de poeira ou de lama, além de contribuir para melhor trafegabilidade._x000D_
 A referida Rua já possui pedido formal junto ao Executivo através do protocolo nº 4.623/2021, com abaixo-assinado de adesão dos moradores.</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/538/ind_138.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/538/ind_138.21.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de um redutor físico de velocidade na Rua Marechal Castelo Branco, nas proximidades do imóvel nº 7.075._x000D_
 Justifica-se, por se tratar de um local potencialmente perigoso, em decorrência da existência de uma curva, além da movimentação intensa de pedestres devido a uma parada de ônibus nas proximidades, especialmente nos horários de embarque e desembarque de alunos. Assim, proporcionando maior segurança, consequentemente minimizando riscos de acidentes.</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/539/ind_139.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/539/ind_139.21.docx</t>
   </si>
   <si>
     <t>Sugerir ao Executivo a instituição do calendário municipal de eventos._x000D_
 Justifica-se com a finalidade de regulamentar, organizar, registrar e divulgar eventos públicos, reunindo todas as comemorações e datas importantes ligadas ao Município e ao cotidiano da população. Proporcionando a divulgação de comemorações culturais, históricas, tradicionais e populares, possibilitando ainda a promoção do turismo local.</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/540/ind_140.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/540/ind_140.21.docx</t>
   </si>
   <si>
     <t>Sugerir execução de pavimentação asfáltica da Rua Olívio Schiochet._x000D_
 Justifica-se, com o intuito de proporcionar melhor qualidade de vida aos moradores que sofrem frequentemente com o excesso de poeira ou de lama, além de contribuir para melhor trafegabilidade._x000D_
 A referida Rua já possui protocolo com abaixo-assinado de adesão dos moradores.</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/541/ind_141.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/541/ind_141.21.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção da Rua 25 de Julho, com execução de alargamento e limpeza das laterais da via._x000D_
 Justifica-se, uma vez que motoristas enfrentam dificuldades no trânsito, pois não há espaço adequado para os veículos trafegarem em sentidos opostos ao mesmo tempo. Além do mais, possui expressiva movimentação de veículos e pedestres, por se tratar de via de acesso a um pesque-pague.</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/542/ind_142.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/542/ind_142.21.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de faixa elevada para travessia de pedestres na Rua Presidente Costa e Silva, nas proximidades do imóvel nº 235 (ZZ Saúde)._x000D_
 Justifica-se, por se tratar de um local com expressiva movimentação de veículos e pedestres, especialmente por haver um estabelecimento de saúde, ocorrendo com frequência a entrada e saída de pessoas do local, por muitas vezes, com comorbidades e dificuldades de locomoção. As faixas elevadas, são uma excelente ferramenta para auxiliar o trânsito, oferecendo segurança e acessibilidade.</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/543/ind_143.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/543/ind_143.21.docx</t>
   </si>
   <si>
     <t>Sugerir a execução de pavimentação asfáltica da Rua Willy Ziebell._x000D_
 Justifica-se, uma vez que os moradores almejam a melhoria, que contribuirá para melhor trafegabilidade e segurança, além de contribuir com melhor qualidade de vida, pois os moradores não precisarão mais enfrentar o excesso de poeira, lama e buracos, e demais problemas provenientes de rua sem pavimentação.</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/544/ind_144.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/544/ind_144.21.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção da Tifa da Onça, com execução de alargamento e patrolamento da via._x000D_
 Justifica-se, com o intuito de oferecer boas condições de trafegabilidade, e facilitar aos moradores o acesso às suas residências.</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/545/ind_145.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/545/ind_145.21.docx</t>
   </si>
   <si>
     <t>Sugerir a construção de abrigo de passageiros no ponto de parada de ônibus, localizado nas proximidades da Escola Municipal Prof. Emílio da Silva, utilizado principalmente por alunos da referida unidade escolar.  _x000D_
 justifica-se, pois o abrigo ofertará um espaço adequado, confortável e protegido de condições climáticas adversas. Assim, os estudantes aguardarão a chegada do ônibus após o término das aulas em um local mais seguro.</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/546/ind_146.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/546/ind_146.21.docx</t>
   </si>
   <si>
     <t>Sugerir a execução de pavimentação asfáltica da Rua Henrique Ziebel._x000D_
 Justifica-se, pois, os moradores prezam pela melhoria, que contribuirá para melhor trafegabilidade e segurança, bem como evitará transtornos provenientes da necessidade constante de manutenção da via e excesso de poeira ou lama.</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/547/ind_147.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/547/ind_147.21.docx</t>
   </si>
   <si>
     <t>Sugerir a execução de serviço de arborização e instalação de lixeiras nas praças, parques infantis e academias ao ar livre._x000D_
 Justifica-se, pois, além de embelezar, as árvores possuem papel importante no equilíbrio térmico, refrescando o ambiente, ofertando sombra e proteção aos que utilizam dos espaços de lazer mencionados. As lixeiras instaladas em pontos estratégicos, evitarão o acúmulo de lixo no chão, mantendo os locais limpos e organizados.</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
     <t>Evandro Cristiano de Souza</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/548/ind_148.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/548/ind_148.21.docx</t>
   </si>
   <si>
     <t>Sugerir análise para a alteração de local do ponto de parada de ônibus, situado na Rua Paulo Jahn, defronte ao imóvel nº 325 (Biblioteca Pública Municipal Cruz e Sousa), para que seja transferido para a Avenida dos Imigrantes, em frete ao imóvel nº 2440 (Escola Municipal Prof. Emílio da Silva)._x000D_
 Justifica-se, devido a ausência de espaço físico adequado para atender a demanda de passageiros no momento do embarque e desembarque, especialmente nos horários de término das aulas, em que há significativa concentração de estudantes aguardando a chegada do ônibus.</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/549/ind_149.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/549/ind_149.21.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de um espelho convexo no entroncamento das ruas Alberto Zanella e Presidente Costa e Silva._x000D_
 Justifica-se, uma vez que a falta de visibilidade provocada pela existência de uma curva acentuada prejudica o trânsito, gerando insegurança aos motoristas e a probabilidade de ocorrência de acidentes.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/550/ind_150.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/550/ind_150.21.docx</t>
   </si>
   <si>
     <t>Sugerir a implantação e manutenção de lixeiras nos pontos de ônibus._x000D_
 Justifica-se, pois, as lixeiras evitarão o acúmulo de lixo no chão, mantendo os locais limpos e organizados, proporcionando que os resíduos sejam destinados corretamente. Assim, evitando a poluição ambiental e visual, proliferação de doenças, obstrução do passeio público, bem como a obstrução de bueiros, o que ocasiona alagamentos em períodos de chuva.</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/551/ind_151.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/551/ind_151.21.docx</t>
   </si>
   <si>
     <t>Sugerir ao Executivo a aquisição de cadeiras de rodas (no mínimo 15 unidades), através da secretaria de saúde ou assistência social, possibilitando a concessão de empréstimo desses equipamentos aos munícipes que necessitam._x000D_
 Justifica-se, uma vez que existe grande demanda de pacientes no Município que necessitam do equipamento e não possuem condições de adquiri-lo. Assim, a prefeitura disponibilizará pelo período que for preciso para a recuperação do paciente.</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/553/ind_152.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/553/ind_152.21.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção da Rua Capanema, com execução de patrolamento._x000D_
 Justifica-se, com o intuito de oferecer boas condições de trafegabilidade, facilitando aos moradores o acesso às suas residências.</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/554/ind_153.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/554/ind_153.21.docx</t>
   </si>
   <si>
     <t>Sugerir ao Executivo análise, com o intuito de verificar a possibilidade da execução de instalação de abrigos para passageiros, nos pontos de parada de ônibus existentes ao longo da Rua Marechal Castelo Branco, do lado direito da via._x000D_
 Justifica-se, tendo em vista que atualmente não há abrigos para os passageiros aguardarem a chegada do ônibus, necessitando de um espaço adequado, confortável e protegido de condições climáticas adversas.</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/555/ind_154.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/555/ind_154.21.docx</t>
   </si>
   <si>
     <t>Sugerir a construção de muro ou instalação de cerca, no entorno do imóvel pertencente ao Município, no qual está instalado o Centro de Educação Infantil Municipal Isabella Gomes dos Santos._x000D_
 Justifica-se, pois, com o retorno das aulas presenciais e o início das atividades da unidade escolar no início do próximo ano, é imprescindível ofertar um local protegido e seguro para os alunos, bem como coibir a ação de criminosos.</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/556/ind_155.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/556/ind_155.21.docx</t>
   </si>
   <si>
     <t>Sugerir ao Executivo análise, a fim de que sejam tomadas as providências necessárias para implantação de uma faixa de rolamento adicional na Rua Marechal Castelo Branco, do lado esquerdo da via, trecho entre a rotatória de acesso às ruas Erich Froehner e Rua Jaraguá, até o início da Avenida dos Imigrantes. Bem como, que seja verificada a necessidade de modificação da rotatória para atender o tráfego da referida faixa._x000D_
 Justifica-se, uma vez que a segunda faixa, proporcionará maior praticidade e fluidez ao trânsito, sendo que em horários de fluxo intenso, há congestionamento, assim, a medida facilitará o fluxo de veículos.</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/557/ind_156.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/557/ind_156.21.docx</t>
   </si>
   <si>
     <t>Sugerir ao Executivo que tome as medidas cabíveis em conjunto com a defesa civil, para realizar a limpeza do córrego localizado na Rua Barão do Rio Branco, nas proximidades do imóvel nº 850._x000D_
 Justifica-se, visto que há acúmulo de resíduos e sedimentos, obstruindo a tubulação, ocorrendo o transbordo em períodos de chuva intensa.</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/558/ind_157.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/558/ind_157.21.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção da Rua 17 de Fevereiro, com realização de alargamento da via, reparos e limpeza das bocas de lobo, e ainda a instalação de bocas de lobo no trecho que não possui a referida infraestrutura._x000D_
 Justifica-se, com o intuito de oferecer boas condições de trafegabilidade, facilitar aos moradores o acesso às suas residências, bem como, oferecer o escoamento adequado de água pluvial.</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/559/ind_158.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/559/ind_158.21.docx</t>
   </si>
   <si>
     <t>Sugerir análise para a instalação de um redutor físico de velocidade na Rua Barão do Rio Branco, nas proximidades do imóvel nº 985._x000D_
 Justifica-se, por se tratar de um local com expressiva movimentação de veículos, que trafegam em alta velocidade, e ainda em decorrência de uma curva acentuada. Assim, o redutor trará maior segurança aos que transitam na via.</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/560/ind_159.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/560/ind_159.21.docx</t>
   </si>
   <si>
     <t>Sugerir a extensão do horário de atendimento, com a implantação do segundo turno, em ao menos em um centro de educação infantil municipal, preferencialmente em uma unidade da região central do Município._x000D_
 Justifica-se, com o objetivo de ofertar aos pais, maior flexibilidade de horários para deixarem seus filhos na unidade escolar, especialmente aos que trabalham fora do horário comercial.</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/561/ind_160.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/561/ind_160.21.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de um parque infantil no Loteamento Alfablu._x000D_
 Justifica-se, pois, os moradores presam pela melhoria, haja vista que atualmente não há área de lazer na localidade. O parque infantil, proporcionará às crianças um local lúdico, de socialização e bem-estar, podendo usufruírem ainda de um espaço mais seguro e adequado para recreação.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/562/ind_161.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/562/ind_161.21.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção do muro da Escola Municipal Prof. Sarita Beck Rezende, com o intuito de aumentar sua altura, para que atinja no mínimo dois metros em toda a sua extensão._x000D_
 Justifica-se, com o objetivo de ofertar maior segurança aos alunos e professores, bem como à própria estrutura escolar, visto que já ocorreram invasões, devido ao fácil acesso às dependências da unidade.</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/563/ind_162.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/563/ind_162.21.docx</t>
   </si>
   <si>
     <t>Sugerir o fechamento lateral da estrutura da quadra coberta da Escola Municipal Prof. Sarita Beck Rezende._x000D_
 Justifica-se, com o objetivo de ofertar mais uma área de trabalho aos professores, para os exercícios de educação física propostos aos alunos.</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/564/ind_163.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/564/ind_163.21.docx</t>
   </si>
   <si>
     <t>Sugerir a implantação de placas turísticas nos acessos de entrada ao município de Schroeder. Sendo necessárias cerca de oito placas, nos seguintes locais: Rua Rio de Janeiro - Schroeder 1 - Acesso ao município de Guaramirim - Rodovia do Arroz; Rua Guaramirim - bairro Schroeder 1 - Acesso ao município de Guaramirim; Rua Jaraguá - Centro Sul - Acesso Principal; Rua Estrada Duas Mamas - Duas Mamas - Acesso ao morro do Canivete; Rua Marechal Castelo Branco - Bracinho - acesso à ponte Trindade; Rua 23 de Março - bairro Itoupava-Açú - Acesso ao bairro Santa Luzia (Jaraguá do Sul); Rua Marechal Castelo Branco - ao lado da prefeitura, parede lateral da nova sede; Rua Marechal Castelo Branco - Entroncamento das ruas 3 de Outubro e Marechal Castelo Branco. _x000D_
 Justifica-se com o intuito de melhorar a visibilidade dos roteiros turísticos, para que todos os visitantes possam localizar rapidamente os principais pontos turísticos, de alimentação, de hospedagem e culturais.</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/565/ind_164.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/565/ind_164.21.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção da ciclofaixa, existente da Rua Marechal Castelo Branco, trecho entre o cemitério Bom Jesus, até o entroncamento com a Rua 3 de Outubro._x000D_
 Justifica-se, pois, no referido trecho, há necessidade de reparos na cobertura asfáltica, para que os ciclistas tenham um espaço adequado para transitar, a fim de evitar possíveis acidentes decorrentes da falta de manutenção.</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/566/ind_165.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/566/ind_165.21.docx</t>
   </si>
   <si>
     <t>Sugerir a elaboração e execução de projeto com a finalidade de reforma e ampliação da Ponte Paulo Roberto Gneipel (Ponte do Trapp), localizada na Rua Marechal Castelo Branco, incluindo a construção de cobertura em toda sua extensão e instalação de um deck na lateral da ponte._x000D_
 Justifica-se, com o objetivo realizar benfeitorias para uma das principais pontes do Município, embelezando o local, trazendo infraestrutura turística e regatando uma parte da história. Ofertando aos munícipes e turistas um local agradável para o descanso e para que possam usufruir da bela paisagem do local.</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/567/ind_166.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/567/ind_166.21.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de mesas esportivas para prática de tênis de mesa, nas áreas públicas de lazer existentes no Município._x000D_
 Justifica-se com a finalidade de oferecer aos munícipes e turistas, mais um equipamento de recreação nas praças, que poderá ser utilizado por pessoas de todas as idades.</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/568/ind_167.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/568/ind_167.21.docx</t>
   </si>
   <si>
     <t>Sugerir a tomada de medidas cabíveis a fim de padronizar a altura nas placas de trânsito instaladas no Município._x000D_
 Justifica-se, tendo em vista que muitas placas estão fora do padrão, muito baixas, ocasionando situações onde pessoas acabam esbarrando nas mesmas._x000D_
 A pedido do vereador e munícipes.</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/569/ind_168.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/569/ind_168.21.docx</t>
   </si>
   <si>
     <t>Sugerir a implantação do Programa Saúde na Escola - PSE. O programa consiste em disponibilizar às unidades de ensino do Município acompanhamento e orientação sobre a saúde dos alunos, enfatizando a saúde bucal, visual e psíquica._x000D_
 Justifica-se, visto que a integração e articulação permanente da educação e da saúde, proporciona prevenção, informação e melhoria da qualidade de vida da população, sendo de suma importância para o desenvolvimento escolar dos estudantes, bem como em seu meio social.</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/570/ind_169.21_reprovado_em_6.12.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/570/ind_169.21_reprovado_em_6.12.21.docx</t>
   </si>
   <si>
     <t>Sugerir a implantação do programa lixo reciclado nas escolas da rede pública do município de Schroeder._x000D_
 Justifica-se, com o objetivo de conscientizar os alunos da Rede Pública Municipal, sobre a necessidade de preservação do meio ambiente, integrado à comunidade escolar: pais, alunos e profissionais de educação, na busca do desenvolvimento sustentável ambiental. Um dos objetivos do projeto é manter uma melhor organização do ambiente escolar, bem como obter recursos financeiros com a venda do material reciclado, e que esses recursos sejam revertidos na compra de material didático-pedagógico, informática e em benfeitorias para a própria escola._x000D_
 _x000D_
 Reprovada em: 6/12/21</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>Sugerir a implantação do programa permanente de reforço escolar no Município de Schroeder._x000D_
 Justifica-se, com o objetivo de criar instrumentos para que o Poder Público possa atenuar possíveis déficits de aprendizagem identificados pela comunidade escolar e propor soluções para uma melhoria do rendimento escolar dos alunos. Devido à pandemia do novo coronavírus (COVID-19), a situação tornou-se ainda mais grave. Com a suspensão das aulas presenciais e o ensino à distância, muitos alunos estão enfrentando enorme dificuldade para o acompanhamento das aulas, sobretudo em função da falta de acesso ou conexão limitada à internet.</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/572/ind_171.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/572/ind_171.21.docx</t>
   </si>
   <si>
     <t>Sugerir ao Executivo que tome as medidas necessárias a fim de isentar o alvará sanitário de empresas que não possuem estrutura física instalada, que utilizam apenas locação de box para endereço fiscal._x000D_
 Justifica-se, uma vez que a modalidade de empresa supracitada, não necessita de controle sanitário em vista de sua especificidade.</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/573/ind_172.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/573/ind_172.21.docx</t>
   </si>
   <si>
     <t>Sugerir ao Executivo estudos, a fim de verificar a possibilidade de instalação de um centro de educação infantil municipal na área central do Município._x000D_
 Justifica-se, com o objetivo de suprir a demanda, reduzindo a fila de espera das crianças que aguardam vaga nas demais unidades. Assim, dando o suporte necessário aos pais que necessitam trabalhar para buscar o sustento da família, proporcionando consequentemente melhor qualidade de vida aos munícipes.</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/574/ind_173.21_arquivada_em_23.12.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/574/ind_173.21_arquivada_em_23.12.21.docx</t>
   </si>
   <si>
     <t>Sugerir análise a fim de que seja viabilizada a instalação de quadras poliesportivas de areia nos loteamentos e bairros do Município._x000D_
 Justifica-se com o objetivo de ofertar um espaço para o lazer e para prática esportiva, trazendo consequentemente melhor qualidade de vida à população._x000D_
 _x000D_
 Arquivada em: 23/12/21</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/575/ind_174.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/575/ind_174.21.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de um espelho convexo no entroncamento das ruas Armando Sebastini e 23 de Março._x000D_
 Justifica-se, uma vez que os motoristas que saem na Rua Armando Sebastini, não tem visibilidade adequada do trânsito da Rua 23 de Março, o que gera insegurança aos motoristas e a probabilidade de ocorrência de acidentes.</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/576/ind_175.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/576/ind_175.21.docx</t>
   </si>
   <si>
     <t>Sugerir a ampliação de iluminação pública na Rua 23 de Março, no trecho do Bananal, entre as ruas Otto Carlos Doege e Antônio Marcos Cisério. _x000D_
 Justifica-se, pois, atualmente a rede de iluminação termina após a entrada da rua Otto Carlos Doege, ficando um trecho de cerca de 500 metros sem iluminação, voltando a ter iluminação a partir do acesso à Rua Antônio Marcos Cisério. Trazendo assim, insegurança aos que transitam na via durante a noite, visto que a visibilidade fica reduzida e a ação de criminosos é facilitada._x000D_
 O referido pedido, já possui protocolo junto ao Executivo, protocolo número 1265/21.</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/577/ind_176.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/577/ind_176.21.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção de parque infantis localizados no bairro Rio Hern, um na Rua Reinoldo Volles e outro na Rua Edmundo Volles. _x000D_
 Justifica-se, tendo em vista que diversos brinquedos estão danificados, facilitando a ocorrência de acidentes com as crianças que frequentam o local.</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/578/ind_177.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/578/ind_177.21.docx</t>
   </si>
   <si>
     <t>Sugerir a troca do material utilizado para a manutenção da Rua Paulo Meier, por outro de melhor qualidade._x000D_
 Justifica-se, visto que o macadame que foi depositado na última manutenção, possui facilidade de retenção de água, criando um atoleiro, gerando transtornos aos motoristas que utilizam a via.</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/579/ind_178.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/579/ind_178.21.docx</t>
   </si>
   <si>
     <t>Sugerir análise com o intuito de verificar a possibilidade de instalação de faixa elevada para travessia de pedestres na Rua Paulo Jahn, no trecho entre a unidade de saúde e a unidade escolar existentes no local._x000D_
 Justifica-se, devido a expressiva movimentação de pedestres e veículos no local. As faixas elevadas, são uma excelente ferramenta para auxiliar o trânsito, oferecendo segurança e acessibilidade, facilitam a visibilidade dos condutores no momento da travessia, além de contribuírem para redução de velocidade dos veículos.</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/580/ind_179.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/580/ind_179.21.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção da Rua Princesa Isabel, e a troca do material utilizado, por outro de melhor qualidade._x000D_
 Justifica-se, com o intuito de oferecer boas condições de trafegabilidade e de acesso, tendo em vista que o material utilizado na última manutenção, retém muita água, criando um atoleiro, especialmente em frente ao ponto de ônibus próximo ao imóvel nº 912, o que dificulta o acesso ao referido abrigo de passageiros, devido a lama que fica concentrada no local.</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/581/ind_180.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/581/ind_180.21.docx</t>
   </si>
   <si>
     <t>Sugerir o conserto da tubulação de água pluvial, localizada na Rua Barão do Rio Branco, em frente ao imóvel nº 2503._x000D_
 Justifica-se, visto que, em decorrência da retirada de um poste, a tubulação foi danificada, o que ocasiona problemas no escoamento adequado de água pluvial.</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/582/ind_181.21.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/582/ind_181.21.docx</t>
   </si>
   <si>
     <t>Sugerir a desobstrução de boca de lobo, localizada na Rua Joinville, em frente ao salão da Sociedade Rio Camarada._x000D_
 Justifica-se, pois, após a execução de terraplenagem, o bueiro foi encoberto, ocasionado em períodos chuvosos, o alagamento de imóveis abaixo do nível da via</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/460/mocao_01.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/460/mocao_01.docx</t>
   </si>
   <si>
     <t>APELA para que se façam esforços no sentido de: Realizar uma nova chamada dos aprovados remanescentes para a 3ª etapa e demais etapas do Concurso destinado a selecionar candidatos para o Curso de Formação de Soldados e posterior provimento de vagas do Quadro de Praças da Polícia Militar (EDITAL N° 042/CGCP/2019), a fim de contribuir com o aumento do efetivo de policiais militares em nosso Estado.</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/461/mocao_02.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/461/mocao_02.docx</t>
   </si>
   <si>
     <t>APELA para que se façam esforços no sentido de: Incluir os profissionais de educação na 2ª fase de vacinação do grupo prioritário para recebimento da vacina da Covid-19, uma vez que estão inseridos apenas na 4ª fase e em decorrência da retomada das aulas presenciais, necessitam de imunização o mais breve possível.</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/583/mocao_03.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/583/mocao_03.docx</t>
   </si>
   <si>
     <t>APELA para que se façam esforços no sentido de:_x000D_
 Realizar manutenção do acostamento ao longo da Rua Arthur Ropelato, via localizada no município de Jaraguá do Sul – SC, acesso secundário ao município de Schroeder – SC, com execução de melhorias de acessibilidade e mobilidade, especialmente a instalação de uma ciclofaixa.</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
     <t>APELA para que se façam esforços no sentido de:_x000D_
 Viabilizar consórcio e/ou convênio para implantação de casa de abrigo para mulheres em situação de violência doméstica ou familiar na região do Vale do Itapocú.</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/585/mocao_05.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/585/mocao_05.docx</t>
   </si>
   <si>
     <t>APELA para que se façam esforços no sentido de:_x000D_
 Manter ou incluir na reforma da previdência estadual, para a categoria da Policia Civil, Policia Penal, IGP e DEASE, regras pontuadas pela ADEPOL-SC (Associação dos Delegados de Polícia do Estado de Santa Catarina), acima mencionadas e em seu informativo à classe, datado de 27/06/2021, anexado a esta Moção.</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/586/mocao_06.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/586/mocao_06.docx</t>
   </si>
   <si>
     <t>APELA para que se façam esforços no sentido de:_x000D_
 Implantar via Consórcio Intermunicipal de Gestão Pública do Vale do Itapocú, a central de interpretação de libras, visando redução de custos e maior aproveitamento da estrutura para os municípios da região. Assim sendo, que o município de Schroeder apoie e contribua com a proposta.</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/587/mocao_07.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/587/mocao_07.docx</t>
   </si>
   <si>
     <t>MANIFESTA APOIO ao Projeto de Lei nº 6379/2019, que dispõe sobre a regulamentação da atividade profissional de musicoterapia, o qual está tramitando na Câmara dos Deputados.</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/588/mocao_08.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/588/mocao_08.docx</t>
   </si>
   <si>
     <t>MANIFESTA APOIO ao Projeto de Lei nº 5829/2019, que altera o Art. 26 da Lei nº 9.427, de 26 de dezembro de 1996, que define as regras para quem investe em mini e microgeração distribuída de energia.</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/589/mocao_09.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/589/mocao_09.docx</t>
   </si>
   <si>
     <t>APELA para que se façam esforços no sentido de:_x000D_
 Reduzir a alíquota referente ao o Imposto sobre Circulação de Mercadorias e Serviços (ICMS) que incide sobre o valor dos combustíveis no Estado de Santa Catarina.</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/590/mocao_10.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/590/mocao_10.docx</t>
   </si>
   <si>
     <t>APELA no sentido de:_x000D_
 Disponibilizar reforço, com aumento de efetivo de policiais militares ao município de Schroeder – SC.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>2286</t>
   </si>
   <si>
     <t>ATA</t>
   </si>
   <si>
     <t>Ata</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/486/ata_2286.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/486/ata_2286.docx</t>
   </si>
   <si>
     <t>Ata 2286 - 1ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>2287</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/487/ata_2287.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/487/ata_2287.docx</t>
   </si>
   <si>
     <t>Ata 2287 - 2ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
     <t>2288</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/488/ata_2288.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/488/ata_2288.docx</t>
   </si>
   <si>
     <t>Ata 2288 - 3ª sessão ordinária, do 1º período legislativo, da 14ª legislatura,</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
     <t>2289</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/489/ata_2289.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/489/ata_2289.docx</t>
   </si>
   <si>
     <t>Ata 2289 - 4ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>2290</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/490/ata_2290.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/490/ata_2290.docx</t>
   </si>
   <si>
     <t>Ata 2290 - 5ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
     <t>2291</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/504/ata_2291.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/504/ata_2291.docx</t>
   </si>
   <si>
     <t>Ata 2291 - 6ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
     <t>2292</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/505/ata_2292.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/505/ata_2292.docx</t>
   </si>
   <si>
     <t>Ata nº 2292 - 7ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
     <t>2293</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/506/ata_2293.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/506/ata_2293.docx</t>
   </si>
   <si>
     <t>Ata nº 2293 - 8ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
     <t>2294</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/507/ata_2294.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/507/ata_2294.docx</t>
   </si>
   <si>
     <t>Ata nº 2294 - 9ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
     <t>2295</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/700/ata_2295.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/700/ata_2295.docx</t>
   </si>
   <si>
     <t>Ata nº 2295 - 10ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
     <t>2296</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/701/ata_2296.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/701/ata_2296.docx</t>
   </si>
   <si>
     <t>Ata nº 2296 - 11ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
     <t>2297</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/702/ata_2297.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/702/ata_2297.docx</t>
   </si>
   <si>
     <t>Ata nº 2297 - 12ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
     <t>2298</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/703/ata_2298.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/703/ata_2298.docx</t>
   </si>
   <si>
     <t>Ata nº 2298 - 13ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
     <t>2299</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/704/ata_2299.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/704/ata_2299.docx</t>
   </si>
   <si>
     <t>Ata nº 2299 - 14ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
     <t>2300</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/705/ata_2300.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/705/ata_2300.docx</t>
   </si>
   <si>
     <t>Ata nº 2300 - 15ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
     <t>2301</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/714/ata_2301.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/714/ata_2301.docx</t>
   </si>
   <si>
     <t>Ata nº 2301 - 16ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
     <t>2302</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/716/ata_2302.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/716/ata_2302.docx</t>
   </si>
   <si>
     <t>Ata nº 2302 - 17ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
     <t>2303</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/717/ata_2303.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/717/ata_2303.docx</t>
   </si>
   <si>
     <t>Ata nº 2303 - 18ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
     <t>2304</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/718/ata_2304.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/718/ata_2304.docx</t>
   </si>
   <si>
     <t>Ata nº 2304 - 19ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
     <t>2305</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/719/ata_2305.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/719/ata_2305.docx</t>
   </si>
   <si>
     <t>Ata nº 2305 - 20ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
     <t>2306</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/720/ata_2306.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/720/ata_2306.docx</t>
   </si>
   <si>
     <t>Ata nº 2306 - 21ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
     <t>2307</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/723/ata_2307.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/723/ata_2307.docx</t>
   </si>
   <si>
     <t>Ata nº 2307 - 22ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
     <t>2308</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/724/ata_2308.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/724/ata_2308.docx</t>
   </si>
   <si>
     <t>Ata nº 2308 - 23ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
     <t>2309</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/725/ata_2309.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/725/ata_2309.docx</t>
   </si>
   <si>
     <t>Ata nº 2309 - 24ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
     <t>2310</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/726/ata_2310.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/726/ata_2310.docx</t>
   </si>
   <si>
     <t>Ata nº 2310 - 25ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
     <t>2311</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/727/ata_2311.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/727/ata_2311.docx</t>
   </si>
   <si>
     <t>Ata nº 2311 - 26ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
     <t>2312</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/728/ata_2312.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/728/ata_2312.docx</t>
   </si>
   <si>
     <t>Ata nº 2312 - 27ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
     <t>2313</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/729/ata_2313_extraordinaria.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/729/ata_2313_extraordinaria.docx</t>
   </si>
   <si>
     <t>Ata nº 2313 - 1ª sessão extraordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
     <t>2314</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/730/ata_2314.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/730/ata_2314.docx</t>
   </si>
   <si>
     <t>Ata nº 2314 - 28ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
     <t>2315</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/731/ata_2315.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/731/ata_2315.docx</t>
   </si>
   <si>
     <t>Ata nº 2315 - 29ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
     <t>2316</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/732/ata_2316.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/732/ata_2316.docx</t>
   </si>
   <si>
     <t>Ata nº 2316 - 30ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
     <t>2317</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/733/ata_2317.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/733/ata_2317.docx</t>
   </si>
   <si>
     <t>Ata nº 2317 - 31ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
     <t>2318</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/734/ata_2318.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/734/ata_2318.docx</t>
   </si>
   <si>
     <t>Ata nº 2318 - 32ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
     <t>2319</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/735/ata_2319.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/735/ata_2319.docx</t>
   </si>
   <si>
     <t>Ata nº 2319 - 33ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
     <t>2320</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/736/ata_2320_-_extra.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/736/ata_2320_-_extra.docx</t>
   </si>
   <si>
     <t>Ata nº 2320 - 2ª sessão extraordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
     <t>2321</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/737/ata_2321.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/737/ata_2321.docx</t>
   </si>
   <si>
     <t>Ata nº 2321 - 34ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
     <t>2322</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/738/ata_2322.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/738/ata_2322.docx</t>
   </si>
   <si>
     <t>Ata nº 2322 - 35ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
     <t>2323</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/739/ata_2323.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/739/ata_2323.docx</t>
   </si>
   <si>
     <t>Ata nº 2323 - 36ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
     <t>2324</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/740/ata_2324.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/740/ata_2324.docx</t>
   </si>
   <si>
     <t>Ata nº 2324 - 37ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
     <t>2325</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/741/ata_2325.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/741/ata_2325.docx</t>
   </si>
   <si>
     <t>Ata nº 2325 - 38ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
     <t>2326</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/742/ata_2326.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/742/ata_2326.docx</t>
   </si>
   <si>
     <t>Ata nº 2326 - 39ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
     <t>2327</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/743/ata_2327.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/743/ata_2327.docx</t>
   </si>
   <si>
     <t>Ata nº 2327 - 40ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
     <t>2328</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/744/ata_2338.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/744/ata_2338.docx</t>
   </si>
   <si>
     <t>Ata nº 2328 - 41ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
     <t>2329</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/745/ata_2329_-_extra.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/745/ata_2329_-_extra.docx</t>
   </si>
   <si>
     <t>Ata nº 2329 - 3ª sessão extraordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
     <t>2330</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/746/ata_2330.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/746/ata_2330.docx</t>
   </si>
   <si>
     <t>Ata nº 2330 - 42ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
     <t>2331</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/747/ata_2331.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/747/ata_2331.docx</t>
   </si>
   <si>
     <t>Ata nº 2331 - 43ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
     <t>2332</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/748/ata_2332.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/748/ata_2332.docx</t>
   </si>
   <si>
     <t>Ata nº 2332 - 44ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
     <t>2333</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/749/ata_2333.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/749/ata_2333.docx</t>
   </si>
   <si>
     <t>Ata nº 2333 - 45ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
     <t>2334</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/750/ata_2334.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/750/ata_2334.docx</t>
   </si>
   <si>
     <t>Ata nº 2334 - 46ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
     <t>2335</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/751/ata_2335.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/751/ata_2335.docx</t>
   </si>
   <si>
     <t>Ata nº 2335 - 47ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>PELOM</t>
   </si>
   <si>
     <t>Proposta de Emenda a Lei Orgânica Municipal - Leg</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/390/pelom_001-2021_-_alteracao_lei_organica.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/390/pelom_001-2021_-_alteracao_lei_organica.doc</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI ORGÂNICA MUNICIPAL</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>Proposta de Emenda a Lei Orgânica Municipal - Exe</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/395/pelom_001-2021_-_delegacao_de_competencia.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/395/pelom_001-2021_-_delegacao_de_competencia.doc</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 73 DA LEI ORGÂNICA MUNICIPAL, REFERENTE À DELEGAÇÃO DE ATRIBUIÇÕES PELO PREFEITO</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/297/pl_001-2021_-_suplementacao.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/297/pl_001-2021_-_suplementacao.docx</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR AO ORÇAMENTO DO MUNICÍPIO DE SCHROEDER NO VALOR DE R$ 20.000,00 (VINTE MIL REAIS) E CRÉDITO ESPECIAL NO VALOR DE R$ 2.289.059,09 (DOIS MILHÕES E DUZENTOS E OITENTA E NOVE MIL E CINQUENTA E NOVE REAIS E NOVE CENTAVOS).</t>
   </si>
   <si>
     <t>298</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/298/pl_002-2021_-_afastamento_servidora_iveli_baesso.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/298/pl_002-2021_-_afastamento_servidora_iveli_baesso.doc</t>
   </si>
   <si>
     <t>CONCEDE LICENÇA SEM REMUNERAÇÃO À SERVIDORA IVELI BAESSO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/299/pl_003-2021_-_convenio_ciee.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/299/pl_003-2021_-_convenio_ciee.doc</t>
   </si>
   <si>
     <t>AUTORIZA FIRMAR CONVÊNIO COM O CENTRO DE INTEGRAÇÃO EMPRESA ESCOLA DE SANTA CATARINA – CIEE/SC, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/313/pl_004-2021_-_convenio_guaramirim.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/313/pl_004-2021_-_convenio_guaramirim.doc</t>
   </si>
   <si>
     <t>AUTORIZA FIRMAR TERMO DE CONVÊNIO DE COOPERAÇÃO COM O MUNICÍPIO DE GUARAMIRIM(SC), E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/318/pl_005-2021_-_afastamento_servidora_darline_isberner.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/318/pl_005-2021_-_afastamento_servidora_darline_isberner.doc</t>
   </si>
   <si>
     <t>CONCEDE LICENÇA SEM REMUNERAÇÃO À SERVIDORA DARLINE ISSBERNER E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/322/pl_006-2021_-_revisao_termo_de_cooperacao_apae.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/322/pl_006-2021_-_revisao_termo_de_cooperacao_apae.doc</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 2.329/2017, QUE AUTORIZA O MUNICÍPIO DE SCHROEDER A CELEBRAR TERMO DE COLABORAÇÃO COM A ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE JARAGUÁ DO SUL COM FUNDAMENTO NA LEI FEDERAL N° 13.019/2014.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/362/pl_007-2021_-_reestrutura_o_fundeb.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/362/pl_007-2021_-_reestrutura_o_fundeb.doc</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 1.786/2010, INCLUINDO NA ESTRUTURA DO CONSELHO MUNICIPAL DE EDUCAÇÃO CÂMARA ESPECÍFICA PARA O ACOMPANHAMENTO E O CONTROLE SOCIAL SOBRE A DISTRIBUIÇÃO, A TRANSFERÊNCIA E A APLICAÇÃO DOS RECURSOS DO FUNDO DE MANUTENÇÃO E DESENVOLVIMENTO DA EDUCAÇÃO BÁSICA E DE VALORIZAÇÃO DOS PROFISSIONAIS DA EDUCAÇÃO (FUNDEB), DE QUE TRATA O ART. 212-A DA CONSTITUIÇÃO FEDERAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/376/pl_008-2021_-_suplementacao.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/376/pl_008-2021_-_suplementacao.doc</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO DO MUNICÍPIO DE SCHROEDER NO VALOR DE R$ 574,35 (QUINHENTOS E SETENTA E QUATRO REAIS E TRINTA E CINCO CENTAVOS)</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/377/pl_009-2021_-_alteracao_contratacao_temporaria.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/377/pl_009-2021_-_alteracao_contratacao_temporaria.doc</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS NA LEI MUNICIPAL Nº 1.690/2008, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/378/pl_010-2021_-_regulamentacao_de_ruas.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/378/pl_010-2021_-_regulamentacao_de_ruas.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REGULAMENTAÇÃO E OFICIALIZAÇÃO DAS RUAS DE Nº 176, 177, 178 E 179, SITUADAS NO LOTEAMENTO REGULARIZADO ATRAVÉS DO PROJETO DE REGULARIZAÇÃO FUNDIÁRIA DO GOVERNO DO ESTADO DE SANTA ACATARINA “PROJETO LAR LEGAL” SITUADO NA MATRÍCULA N° 16.964, DO OFÍCIO DE REGISTRO DE IMÓVEIS DA COMARCA DE GUARAMIRIM DE PROPRIEDADE DE AMARILDO TOMASELLI (ESPÓLIO), NA RUA 3 DE OUTUBRO, NO MUNICÍPIO DE SCHROEDER.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/379/pl_011-2021_-_suplementacao_fia.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/379/pl_011-2021_-_suplementacao_fia.doc</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO DO MUNICÍPIO DE SCHROEDER NO VALOR DE R$ 2.547,50 (DOIS MIL, QUINHENTOS E QUARENTA E SETE REAIS E CINQUENTA CENTAVOS)</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/391/pl_012-2021_-_regulamentacao_de_ruas.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/391/pl_012-2021_-_regulamentacao_de_ruas.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REGULAMENTAÇÃO E OFICIALIZAÇÃO DA RUA DE Nº 315, SITUADA NO LOTEAMENTO REGULARIZADO ATRAVÉS DO PROJETO DE REGULARIZAÇÃO FUNDIÁRIA DO GOVERNO DO ESTADO DE SANTA CATARINA "PROJETO LAR LEGAL" SITUADO NA MATRÍCULA Nº 4.663, DO OFÍCO DE REGISTRO DE IMÓVEIS DA COMARCA DE GUARAMIRIM, DE PROPRIEDADE DE JERONIMO RACHOR (ESPÓLIO), NA RUA 23 DE MARÇO, NO MUNICÍPIO DE SCHROEDER.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/392/pl_013-2021_-_altera_a_lei_n._2320-2017_politica_de_atendimento_aos_direitos_da_crianca.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/392/pl_013-2021_-_altera_a_lei_n._2320-2017_politica_de_atendimento_aos_direitos_da_crianca.doc</t>
   </si>
   <si>
     <t>ALTERA E REVOGA DISPOSITIVOS NA LEI MUNICIPAL Nº 2.320/2021 DE 28 DE NOVEMBRO DE 2017.</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/393/pl_014-2021_-_rede_feminina_de_combate_ao_cancer.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/393/pl_014-2021_-_rede_feminina_de_combate_ao_cancer.doc</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE SCHROEDER A CELEBRAR CONVÊNIO COM A REDE FEMININA DE COMBATE AO CÂNCER DE GUARAMIRIM.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/414/pl_015-2021_-_ppa_2022-2025.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/414/pl_015-2021_-_ppa_2022-2025.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL DO MUNICÍPIO DE SCHROEDER PARA O QUADRIÊNIO 2022/2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/415/pl_016-2021_-_ldo_2022.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/415/pl_016-2021_-_ldo_2022.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE 2022 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/417/pl_017-2021_-_suplementacao.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/417/pl_017-2021_-_suplementacao.doc</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR AO ORÇAMENTO DO MUNICÍPIO DE SCHROEDER NO VALOR DE R$ 1.300.400,00 (UM MILHÃO E TREZENTOS MIL E QUATROCENTOS REAIS)</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/418/pl_018-2021_-_aumento_repasse_bombeiros_voluntarios.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/418/pl_018-2021_-_aumento_repasse_bombeiros_voluntarios.doc</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 2.335/2017, QUE AUTORIZA O MUNICÍPIO DE SCHROEDER A CELEBRAR TERMO DE FOMENTO COM A ASSOCIAÇÃO DE SERVIÇOS SOCIAIS VOLUNTÁRIOS DE SCHROEDER – BOMBEIROS COM FUNDAMENTOS NA LEI FEDERAL N° 13.019/2014.</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/462/pl_019-2021_-_convenio_acias_1.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/462/pl_019-2021_-_convenio_acias_1.doc</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE SCHROEDER A CELEBRAR CONVÊNIO COM A ASSOCIAÇÃO EMPRESARIAL DE SCHROEDER – ACIAS.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/464/pl_020-2021_-_suplementacao_substituicao_mao_de_obra.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/464/pl_020-2021_-_suplementacao_substituicao_mao_de_obra.doc</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO DO MUNICÍPIO DE SCHROEDER NO VALOR DE R$398.915,15 (TREZENTOS E NOVENTA E OITO MIL E NOVECENTOS E QUINZE REAIS E QUINZE CENTAVOS).</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/465/pl_021-2021_-_suplementacao.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/465/pl_021-2021_-_suplementacao.doc</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR AO ORÇAMENTO DO MUNICÍPIO DE SCHROEDER NO VALOR DE R$ 2.150.000,00 (DOIS MILHÕES E CENTO E CINQUENTA MIL REAIS)</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/474/pl_022-2021_-_suplementacao_pa.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/474/pl_022-2021_-_suplementacao_pa.docx</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ADICIONAL ESPECIAL.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/475/pl_023-2021_-_regularizacao_rua_garve_butzke.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/475/pl_023-2021_-_regularizacao_rua_garve_butzke.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REGULAMENTAÇÃO E OFICIALIZAÇÃO DA RUA DE Nº 197, SITUADA NO LOTEAMENTO REGULARIZADO ATRAVÉS DO PROJETO DE REGULARIZAÇÃO FUNDIÁRIA DO GOVERNO DO ESTADO DE SANTA CATARINA “PROJETO LAR LEGAL” SITUADO NA MATRÍCULA N° 22.382 DA COMARCA DE GUARAMIRIM DE PROPRIEDADE DE GARVE BUTZKE (ESPÓLIO), NA RUA DA CANELA, NO MUNICÍPIO DE SCHROEDER.</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/476/pl_024-2021_-_convenio_hospital_sao_jose.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/476/pl_024-2021_-_convenio_hospital_sao_jose.doc</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE SCHROEDER A CELEBRAR CONVÊNIO COM A ASSOCIAÇÃO HOSPITALAR SÃO JOSÉ DE JARAGUÁ DO SUL</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/491/pl_025-2021_-_suplementacao_-_pump_track.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/491/pl_025-2021_-_suplementacao_-_pump_track.doc</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR AO ORÇAMENTO DO MUNICÍPIO DE SCHROEDER NO VALOR DE R$ 138.672,08 (CENTO E TRINTA E OITO MIL E SEISCENTOS E SETENTA E DOIS REAIS E OITO CENTAVOS).</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/498/pl_026-2021_-_cessao_stand_de_tiro_bombeiros_voluntarios.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/498/pl_026-2021_-_cessao_stand_de_tiro_bombeiros_voluntarios.doc</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO DE DIREITO REAL DE USO DE IMÓVEL À ASSOCIAÇÃO DE SERVIÇOS SOCIAIS VOLUNTÁRIOS DE SCHROEDER – BOMBEIROS VOLUNTÁRIOS DE SCHROEDER.</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/499/pl_027-2021_-_ajuda_mutua_defesa_civil.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/499/pl_027-2021_-_ajuda_mutua_defesa_civil.doc</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE SCHROEDER A CEDER MÁQUINAS, EQUIPAMENTOS E PESSOAL, AOS MUNICÍPIOS DE SANTA CATARINA QUE DECLARAREM SITUAÇÃO DE EMERGÊNCIA OU ESTADO DE CALAMIDADE PÚBLICA.</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/500/pl_028-2021_-_cessao_de_salas_no_cecas_-_soldados_da_mata.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/500/pl_028-2021_-_cessao_de_salas_no_cecas_-_soldados_da_mata.doc</t>
   </si>
   <si>
     <t>AUTORIZA A CONCESSÃO DE DIREITO REAL DE USO DE IMÓVEL À SOLDADOS DA MATA.</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/501/pl_029-2021_-_afastamento_servidor_elvis_damasceno_de_carvalho.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/501/pl_029-2021_-_afastamento_servidor_elvis_damasceno_de_carvalho.doc</t>
   </si>
   <si>
     <t>CONCEDE LICENÇA SEM REMUNERAÇÃO AO SERVIDOR ELVIS DAMASCENO DE CARVALHO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/502/pl_030-2021_-_suplementacao.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/502/pl_030-2021_-_suplementacao.doc</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR AO ORÇAMENTO DO MUNICÍPIO DE SCHROEDER NO VALOR DE R$ 900.000,00 (NOVECENTOS MIL REAIS).</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/503/pl_031-2021_-_loa_2022.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/503/pl_031-2021_-_loa_2022.doc</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE SCHROEDER PARA O EXERCÍCIO DE 2022.</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/511/pl_032-2021_-_convenio_apae_-_avaliacoes_diagnosticas.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/511/pl_032-2021_-_convenio_apae_-_avaliacoes_diagnosticas.doc</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE SCHROEDER A CELEBRAR CONVÊNIO COM A ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE JARAGUÁ DO SUL.</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/512/pl_033-2021_-_suplementacao_agricultura.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/512/pl_033-2021_-_suplementacao_agricultura.doc</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR AO ORÇAMENTO DO MUNICÍPIO DE SCHROEDER NO VALOR DE R$ 62.060,70 (SESSENTA E DOIS MIL E SESSENTA REAIS E SETENTA CENTAVOS)</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/513/pl_034-2021_-_plano_de_saneamento_basico_-_altera_anexo.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/513/pl_034-2021_-_plano_de_saneamento_basico_-_altera_anexo.doc</t>
   </si>
   <si>
     <t>ALTERA O ANEXO I DA LEI Nº 1.772/2009 QUE INSTITUI O PLANO MUNICIPAL DE SANEAMENTO BÁSICO, INSTRUMENTO DA POLÍTICA MUNICIPAL DE SANEAMENTO BÁSICO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/518/pl_035-2021_-_torneio_de_verao_2022.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/518/pl_035-2021_-_torneio_de_verao_2022.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER PÚBLICO MUNICIPAL A REALIZAR A COBRANÇA DE INGRESSOS E PAGAMENTO DE PRÊMIOS NO 28º TORNEIO DE VERÃO ABERTO DE FUTSAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/519/pl_036-2021_-_premiacao_em_eventos_2022.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/519/pl_036-2021_-_premiacao_em_eventos_2022.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER PÚBLICO MUNICIPAL A REALIZAR A COBRANÇA DE TAXA DE INSCRIÇÃO E CONCEDER PREMIAÇÃO NOS EVENTOS ESPORTIVOS DISCRIMINADOS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/520/pl_037-2021_-_adesao_cincatarina.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/520/pl_037-2021_-_adesao_cincatarina.doc</t>
   </si>
   <si>
     <t>RATIFICA O PROTOCOLO DE INTENÇÕES E AUTORIZA O INGRESSO DO MUNICÍPIO DE SCHROEDER NO CONSÓRCIO INTERFEDERATIVO SANTA CATARINA - CINCATARINA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/523/pl_039-2021_-_termo_de_fomento_bombeiros_voluntarios.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/523/pl_039-2021_-_termo_de_fomento_bombeiros_voluntarios.doc</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE SCHROEDER A CELEBRAR TERMO DE FOMENTO COM A ASSOCIAÇÃO DE SERVIÇOS SOCIAIS VOLUNTÁRIOS DE SCHROEDER – BOMBEIROS VOLUNTÁRIOS DE SCHROEDER.</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/524/pl_040-2021_-_altera_a_lei_n._972-95_-_fundo_assistencia.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/524/pl_040-2021_-_altera_a_lei_n._972-95_-_fundo_assistencia.doc</t>
   </si>
   <si>
     <t>ALTERA O ART. 3º DA LEI Nº 972/1995, DE 30 DE DEZEMBRO DE 1995, QUE “CRIA O FUNDO MUNICIPAL DE ASSISTÊNCIA SOCIAL E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/525/pl_041-2021_-_suplementacao_especial.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/525/pl_041-2021_-_suplementacao_especial.docx</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO DO MUNICÍPIO DE SCHROEDER NO VALOR DE R$ 401.000,00 (QUATROCENTOS E UM MIL REAIS).</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/526/pl_042-2021_-_suplementacao.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/526/pl_042-2021_-_suplementacao.docx</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR AO ORÇAMENTO DO MUNICÍPIO DE SCHROEDER NO VALOR DE R$ 578.611,02 (QUINHENTOS E SETENTA E OITO MIL E SEISCENTOS E ONZE REAIS E DOIS CENTAVOS).</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/527/pl_043-2021_-_doacao_imovel_apae_schroeder.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/527/pl_043-2021_-_doacao_imovel_apae_schroeder.docx</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE SCHROEDER A DOAR BEM IMÓVEL DE SUA PROPRIEDADE, À ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE SCHROEDER – APAE SCHROEDER, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/528/pl_044-2021_-_doacao_imovel_asps.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/528/pl_044-2021_-_doacao_imovel_asps.docx</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE SCHROEDER A DOAR BEM IMÓVEL DE SUA PROPRIEDADE, À ASSOCIAÇÃO DOS SERVIDORES DA PREFEITURA MUNICIPAL DE SCHROEDER – ASPS.</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/529/pl_045-2021_-_utilidade_publica_apae_schroeder.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/529/pl_045-2021_-_utilidade_publica_apae_schroeder.doc</t>
   </si>
   <si>
     <t>RECONHECE COMO DE UTILIDADE PÚBLICA MUNICIPAL A ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE SCHROEDER – APAE SCHROEDER.</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/530/pl_046-2021_-_suplementacao_camara.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/530/pl_046-2021_-_suplementacao_camara.doc</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR AO ORÇAMENTO DO MUNICÍPIO DE SCHROEDER NO VALOR DE ATÉ R$ 132.000,00 (CENTO E TRINTA E DOIS MIL REAIS).</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/552/pl_047-2021_-_suplementacao_cei.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/552/pl_047-2021_-_suplementacao_cei.docx</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR AO ORÇAMENTO DO MUNICÍPIO DE SCHROEDER NO VALOR DE R$ 660.000,00 (SEISCENTOS E SESSENTA MIL REAIS).</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DA RUA JERONIMO RACHOR.</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/497/pll_002-2021_-_legislativo_-__manoel.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/497/pll_002-2021_-_legislativo_-__manoel.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DAS RUAS AMARILDO TOMASELLI, ERIBERT POMMERENING, JOÃO TEIXEIRA DE SOUZA, SELVINO SCHMEIER, SITUADAS NO LOTEAMENTO RESIDENCIAL AMARILDO TOMASELLI, NA RUA 3 DE OUTUBRO, NO MUNICÍPIO DE SCHROEDER.</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DA RUA CAPANEMA</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
-    <t>Adriano Dias Furtado, Claudimir Lindner, Eroldo Wudke</t>
-[...2 lines deleted...]
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/514/pll_004-2021_-_legislativo_-_ver._claudimir_adriano_e_eroldo.docx</t>
+    <t>Adriano Furtado, Claudimir Lindner, Eroldo Wudke</t>
+  </si>
+  <si>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/514/pll_004-2021_-_legislativo_-_ver._claudimir_adriano_e_eroldo.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO NO MUNICÍPIO DE SCHROEDER DO “DIA DA REFORMA PROTESTANTE” E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
     <t>Everaldo Manoel Coelho, Ildemar Zoz</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/515/pll_005-2021_-_legislativo_-_ver._everaldo_e_ildemar.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/515/pll_005-2021_-_legislativo_-_ver._everaldo_e_ildemar.docx</t>
   </si>
   <si>
     <t>ALTERA O §2º DO ART. 1º DA LEI MUNICIPAL N. 1.523, DE 21 DE MARÇO DE 2006.</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/517/pll_no_006-2021_-_legislativo_-_ver._adriano_divulgacao_de_obras.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/517/pll_no_006-2021_-_legislativo_-_ver._adriano_divulgacao_de_obras.docx</t>
   </si>
   <si>
     <t>INSTITUI A POLÍTICA DE TRANSPARÊNCIA NAS OBRAS PÚBLICAS NO MUNICÍPIO DE SCHROEDER E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
     <t>ALTERA E ACRESCENTA DISPOSITIVOS NA LEI MUNICIPAL Nº 2.284, DE 25 DE ABRIL DE 2017</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/531/pll_008-2021_-_legislativo_-_vereador_evandro.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/531/pll_008-2021_-_legislativo_-_vereador_evandro.docx</t>
   </si>
   <si>
     <t>CRIA O PROGRAMA LIXO RECICLADO NAS ESCOLAS DA REDE PÚBLICA DO MUNICÍPIO DE SCHROEDER.</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/532/pll_009-2021_-_legislativo_-_vereador_evandro.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/532/pll_009-2021_-_legislativo_-_vereador_evandro.docx</t>
   </si>
   <si>
     <t>CRIA O PROGRAMA PERMANENTE DE REFORÇO ESCOLAR NO MUNICÍPIO DE SCHROEDER.</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/533/pll_010-2021_-_legislativo_-_vereadora_ana_2.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/533/pll_010-2021_-_legislativo_-_vereadora_ana_2.docx</t>
   </si>
   <si>
     <t>Institui no Município de Schroeder o “Programa de Cooperação e Código Sinal Vermelho”, como medida de combate e prevenção à violência doméstica ou familiar, nos termos da Lei federal nº 11.340, de 7 de agosto de 2006.</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/534/pll_011-2021_-_legislativo_-_vereador_adriano.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/534/pll_011-2021_-_legislativo_-_vereador_adriano.docx</t>
   </si>
   <si>
     <t>Institui no Município de Schroeder a possibilidade e o direito aos munícipes de acesso a meios e formas de pagamento digitais para quitação de débitos de natureza tributária, como PIX, demais formas de transferência bancária e operações de cartão de débito e crédito.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>PLLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Legislativo</t>
   </si>
   <si>
     <t>DEFINE E APLICA VALOR PERCENTUAL PARA REVISÃO GERAL ANUAL AOS SERVIDORES DO PODER LEGISLATIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
@@ -4192,68 +4192,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/300/plc_001-2021_-_revisao_salarial_anual_acs_2021.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/323/plc_002-2021_-_extincao_do_nasf.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/388/plc_003-2021_-_revisao_salarial_anual_2019-2020.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/394/plc_004-2021_-_altera_anexo_agentes_comunitarios.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/516/plc_005-2021_-_altera_anexo_xv_do_plano_diretor.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/535/resolucao_004-2021.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/365/emenda_001_pl_004-2021_-_modificativa.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/363/emenda_002_pl_007-2021_-_modificativa.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/364/emenda_003_pl_007-2021_-_modificativa.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/492/emenda_004_pl_023-2021_-_modificativa.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/493/emenda_005_pl_022-2021_-_modificativa.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/494/emenda_006_pl_022-2021_-_modificativa.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/495/emenda_007_pl_024-2021_-_modificativa.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/496/emenda_008_pl_016-2021_-_modificativa.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/324/ind_01.21.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/325/ind_02.21.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/326/ind_03.21.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/327/ind_04.21.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/328/ind_05.21.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/329/ind_06.21.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/330/ind_07.21.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/331/ind_08.21.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/332/ind_09.21.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/333/ind_10.21.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/334/ind_11.21.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/335/ind_12.21.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/336/ind_13.21.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/337/ind_14.21.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/338/ind_15.21.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/339/ind_16.21.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/340/ind_17.21.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/341/ind_18.21.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/343/ind_20.21.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/344/ind_21.21.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/345/ind_22.21.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/346/ind_23.21.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/347/ind_24.21.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/348/ind_25.21.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/349/ind_26.21.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/350/ind_27.21.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/351/ind_28.21.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/352/ind_29.21.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/353/ind_30.21.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/354/ind_31.21.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/355/ind_32.21.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/356/ind_33.21.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/357/ind_35.21.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/358/ind_35.21.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/359/ind_36.21.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/360/ind_37.21.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/361/ind_38.21.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/366/ind_39.21.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/367/ind_40.21.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/368/ind_41.21.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/369/ind_42.21.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/370/ind_43.21.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/371/ind_44.21.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/372/ind_45.21.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/373/ind_46.21.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/374/ind_47.21.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/375/ind_48.21.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/380/ind_49.21.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/381/ind_50.21.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/382/ind_51.21.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/383/ind_52.21.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/384/ind_53.21.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/385/ind_54.21.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/386/ind_55.21.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/387/ind_56.21.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/396/ind_57.21.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/397/ind_58.21.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/398/ind_59.21.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/399/ind_60.21.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/400/ind_61.21.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/401/ind_62.21.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/402/ind_63.21.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/403/ind_64.21.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/404/ind_65.21.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/405/ind_66.21.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/406/ind_67.21.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/407/ind_68.21.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/408/ind_69.21.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/409/ind_70.21.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/410/ind_71.21.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/411/ind_72.21.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/412/ind_73.21.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/413/ind_74.21.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/416/ind_75.21.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/419/ind_76.21.docx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/420/ind_77.21.docx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/421/ind_78.21.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/422/ind_79.21.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/423/ind_80.21.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/424/ind_80.21.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/425/ind_82.21.docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/426/ind_83.21.docx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/427/ind_84.21.docx" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/428/ind_85.21.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/429/ind_86.21.docx" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/430/ind_87.21.docx" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/431/ind_88.21.docx" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/432/ind_89.21.docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/433/ind_90.21.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/434/ind_91.21.docx" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/435/ind_92.21.docx" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/436/ind_93.21.docx" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/437/ind_94.21.docx" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/438/ind_95.21.docx" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/439/ind_96.21.docx" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/440/ind_97.21.docx" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/441/ind_98.21.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/442/ind_99.21.docx" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/443/ind_100.21.docx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/444/ind_101.21.docx" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/445/ind_102.21.docx" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/446/ind_103.21.docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/447/ind_104.21.docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/448/ind_105.21.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/449/ind_106.21.docx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/450/ind_107.21.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/451/ind_108.21.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/452/ind_109.21.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/453/ind_110.21.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/454/ind_111.21.docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/455/ind_112.21.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/456/ind_113.21.docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/457/ind_114.21.docx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/458/ind_115.21.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/459/ind_116.21.docx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/466/ind_117.21.docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/467/ind_118.21.docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/468/ind_119.21.docx" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/469/ind_120.21.docx" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/471/ind_122.21.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/472/ind_123.21.docx" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/473/ind_124.21.docx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/477/ind_125.21.docx" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/478/ind_126.21.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/479/ind_127.21.docx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/480/ind_128.21.docx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/481/ind_129.21.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/482/ind_130.21.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/483/ind_131.21.docx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/485/ind_133.21.docx" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/509/ind_134.21.docx" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/510/ind_135.21.docx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/536/ind_136.21.docx" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/537/ind_137.21.docx" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/538/ind_138.21.docx" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/539/ind_139.21.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/540/ind_140.21.docx" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/541/ind_141.21.docx" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/542/ind_142.21.docx" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/543/ind_143.21.docx" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/544/ind_144.21.docx" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/545/ind_145.21.docx" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/546/ind_146.21.docx" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/547/ind_147.21.docx" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/548/ind_148.21.docx" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/549/ind_149.21.docx" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/550/ind_150.21.docx" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/551/ind_151.21.docx" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/553/ind_152.21.docx" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/554/ind_153.21.docx" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/555/ind_154.21.docx" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/556/ind_155.21.docx" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/557/ind_156.21.docx" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/558/ind_157.21.docx" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/559/ind_158.21.docx" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/560/ind_159.21.docx" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/561/ind_160.21.docx" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/562/ind_161.21.docx" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/563/ind_162.21.docx" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/564/ind_163.21.docx" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/565/ind_164.21.docx" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/566/ind_165.21.docx" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/567/ind_166.21.docx" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/568/ind_167.21.docx" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/569/ind_168.21.docx" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/570/ind_169.21_reprovado_em_6.12.21.docx" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/572/ind_171.21.docx" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/573/ind_172.21.docx" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/574/ind_173.21_arquivada_em_23.12.21.docx" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/575/ind_174.21.docx" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/576/ind_175.21.docx" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/577/ind_176.21.docx" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/578/ind_177.21.docx" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/579/ind_178.21.docx" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/580/ind_179.21.docx" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/581/ind_180.21.docx" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/582/ind_181.21.docx" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/460/mocao_01.docx" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/461/mocao_02.docx" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/583/mocao_03.docx" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/585/mocao_05.docx" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/586/mocao_06.docx" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/587/mocao_07.docx" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/588/mocao_08.docx" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/589/mocao_09.docx" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/590/mocao_10.docx" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/486/ata_2286.docx" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/487/ata_2287.docx" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/488/ata_2288.docx" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/489/ata_2289.docx" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/490/ata_2290.docx" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/504/ata_2291.docx" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/505/ata_2292.docx" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/506/ata_2293.docx" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/507/ata_2294.docx" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/700/ata_2295.docx" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/701/ata_2296.docx" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/702/ata_2297.docx" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/703/ata_2298.docx" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/704/ata_2299.docx" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/705/ata_2300.docx" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/714/ata_2301.docx" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/716/ata_2302.docx" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/717/ata_2303.docx" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/718/ata_2304.docx" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/719/ata_2305.docx" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/720/ata_2306.docx" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/723/ata_2307.docx" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/724/ata_2308.docx" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/725/ata_2309.docx" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/726/ata_2310.docx" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/727/ata_2311.docx" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/728/ata_2312.docx" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/729/ata_2313_extraordinaria.docx" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/730/ata_2314.docx" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/731/ata_2315.docx" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/732/ata_2316.docx" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/733/ata_2317.docx" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/734/ata_2318.docx" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/735/ata_2319.docx" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/736/ata_2320_-_extra.docx" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/737/ata_2321.docx" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/738/ata_2322.docx" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/739/ata_2323.docx" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/740/ata_2324.docx" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/741/ata_2325.docx" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/742/ata_2326.docx" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/743/ata_2327.docx" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/744/ata_2338.docx" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/745/ata_2329_-_extra.docx" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/746/ata_2330.docx" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/747/ata_2331.docx" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/748/ata_2332.docx" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/749/ata_2333.docx" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/750/ata_2334.docx" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/751/ata_2335.docx" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/390/pelom_001-2021_-_alteracao_lei_organica.doc" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/395/pelom_001-2021_-_delegacao_de_competencia.doc" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/297/pl_001-2021_-_suplementacao.docx" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/298/pl_002-2021_-_afastamento_servidora_iveli_baesso.doc" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/299/pl_003-2021_-_convenio_ciee.doc" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/313/pl_004-2021_-_convenio_guaramirim.doc" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/318/pl_005-2021_-_afastamento_servidora_darline_isberner.doc" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/322/pl_006-2021_-_revisao_termo_de_cooperacao_apae.doc" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/362/pl_007-2021_-_reestrutura_o_fundeb.doc" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/376/pl_008-2021_-_suplementacao.doc" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/377/pl_009-2021_-_alteracao_contratacao_temporaria.doc" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/378/pl_010-2021_-_regulamentacao_de_ruas.doc" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/379/pl_011-2021_-_suplementacao_fia.doc" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/391/pl_012-2021_-_regulamentacao_de_ruas.doc" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/392/pl_013-2021_-_altera_a_lei_n._2320-2017_politica_de_atendimento_aos_direitos_da_crianca.doc" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/393/pl_014-2021_-_rede_feminina_de_combate_ao_cancer.doc" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/414/pl_015-2021_-_ppa_2022-2025.doc" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/415/pl_016-2021_-_ldo_2022.doc" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/417/pl_017-2021_-_suplementacao.doc" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/418/pl_018-2021_-_aumento_repasse_bombeiros_voluntarios.doc" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/462/pl_019-2021_-_convenio_acias_1.doc" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/464/pl_020-2021_-_suplementacao_substituicao_mao_de_obra.doc" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/465/pl_021-2021_-_suplementacao.doc" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/474/pl_022-2021_-_suplementacao_pa.docx" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/475/pl_023-2021_-_regularizacao_rua_garve_butzke.doc" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/476/pl_024-2021_-_convenio_hospital_sao_jose.doc" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/491/pl_025-2021_-_suplementacao_-_pump_track.doc" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/498/pl_026-2021_-_cessao_stand_de_tiro_bombeiros_voluntarios.doc" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/499/pl_027-2021_-_ajuda_mutua_defesa_civil.doc" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/500/pl_028-2021_-_cessao_de_salas_no_cecas_-_soldados_da_mata.doc" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/501/pl_029-2021_-_afastamento_servidor_elvis_damasceno_de_carvalho.doc" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/502/pl_030-2021_-_suplementacao.doc" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/503/pl_031-2021_-_loa_2022.doc" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/511/pl_032-2021_-_convenio_apae_-_avaliacoes_diagnosticas.doc" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/512/pl_033-2021_-_suplementacao_agricultura.doc" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/513/pl_034-2021_-_plano_de_saneamento_basico_-_altera_anexo.doc" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/518/pl_035-2021_-_torneio_de_verao_2022.doc" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/519/pl_036-2021_-_premiacao_em_eventos_2022.doc" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/520/pl_037-2021_-_adesao_cincatarina.doc" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/523/pl_039-2021_-_termo_de_fomento_bombeiros_voluntarios.doc" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/524/pl_040-2021_-_altera_a_lei_n._972-95_-_fundo_assistencia.doc" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/525/pl_041-2021_-_suplementacao_especial.docx" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/526/pl_042-2021_-_suplementacao.docx" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/527/pl_043-2021_-_doacao_imovel_apae_schroeder.docx" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/528/pl_044-2021_-_doacao_imovel_asps.docx" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/529/pl_045-2021_-_utilidade_publica_apae_schroeder.doc" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/530/pl_046-2021_-_suplementacao_camara.doc" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/552/pl_047-2021_-_suplementacao_cei.docx" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/497/pll_002-2021_-_legislativo_-__manoel.docx" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/514/pll_004-2021_-_legislativo_-_ver._claudimir_adriano_e_eroldo.docx" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/515/pll_005-2021_-_legislativo_-_ver._everaldo_e_ildemar.docx" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/517/pll_no_006-2021_-_legislativo_-_ver._adriano_divulgacao_de_obras.docx" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/531/pll_008-2021_-_legislativo_-_vereador_evandro.docx" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/532/pll_009-2021_-_legislativo_-_vereador_evandro.docx" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/533/pll_010-2021_-_legislativo_-_vereadora_ana_2.docx" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/534/pll_011-2021_-_legislativo_-_vereador_adriano.docx" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/300/plc_001-2021_-_revisao_salarial_anual_acs_2021.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/323/plc_002-2021_-_extincao_do_nasf.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/388/plc_003-2021_-_revisao_salarial_anual_2019-2020.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/394/plc_004-2021_-_altera_anexo_agentes_comunitarios.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/516/plc_005-2021_-_altera_anexo_xv_do_plano_diretor.docx" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/535/resolucao_004-2021.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/365/emenda_001_pl_004-2021_-_modificativa.docx" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/363/emenda_002_pl_007-2021_-_modificativa.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/364/emenda_003_pl_007-2021_-_modificativa.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/492/emenda_004_pl_023-2021_-_modificativa.docx" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/493/emenda_005_pl_022-2021_-_modificativa.docx" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/494/emenda_006_pl_022-2021_-_modificativa.docx" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/495/emenda_007_pl_024-2021_-_modificativa.docx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/496/emenda_008_pl_016-2021_-_modificativa.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/324/ind_01.21.docx" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/325/ind_02.21.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/326/ind_03.21.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/327/ind_04.21.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/328/ind_05.21.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/329/ind_06.21.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/330/ind_07.21.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/331/ind_08.21.docx" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/332/ind_09.21.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/333/ind_10.21.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/334/ind_11.21.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/335/ind_12.21.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/336/ind_13.21.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/337/ind_14.21.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/338/ind_15.21.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/339/ind_16.21.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/340/ind_17.21.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/341/ind_18.21.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/343/ind_20.21.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/344/ind_21.21.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/345/ind_22.21.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/346/ind_23.21.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/347/ind_24.21.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/348/ind_25.21.docx" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/349/ind_26.21.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/350/ind_27.21.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/351/ind_28.21.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/352/ind_29.21.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/353/ind_30.21.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/354/ind_31.21.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/355/ind_32.21.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/356/ind_33.21.docx" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/357/ind_35.21.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/358/ind_35.21.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/359/ind_36.21.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/360/ind_37.21.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/361/ind_38.21.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/366/ind_39.21.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/367/ind_40.21.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/368/ind_41.21.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/369/ind_42.21.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/370/ind_43.21.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/371/ind_44.21.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/372/ind_45.21.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/373/ind_46.21.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/374/ind_47.21.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/375/ind_48.21.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/380/ind_49.21.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/381/ind_50.21.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/382/ind_51.21.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/383/ind_52.21.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/384/ind_53.21.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/385/ind_54.21.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/386/ind_55.21.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/387/ind_56.21.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/396/ind_57.21.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/397/ind_58.21.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/398/ind_59.21.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/399/ind_60.21.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/400/ind_61.21.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/401/ind_62.21.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/402/ind_63.21.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/403/ind_64.21.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/404/ind_65.21.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/405/ind_66.21.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/406/ind_67.21.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/407/ind_68.21.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/408/ind_69.21.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/409/ind_70.21.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/410/ind_71.21.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/411/ind_72.21.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/412/ind_73.21.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/413/ind_74.21.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/416/ind_75.21.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/419/ind_76.21.docx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/420/ind_77.21.docx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/421/ind_78.21.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/422/ind_79.21.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/423/ind_80.21.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/424/ind_80.21.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/425/ind_82.21.docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/426/ind_83.21.docx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/427/ind_84.21.docx" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/428/ind_85.21.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/429/ind_86.21.docx" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/430/ind_87.21.docx" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/431/ind_88.21.docx" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/432/ind_89.21.docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/433/ind_90.21.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/434/ind_91.21.docx" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/435/ind_92.21.docx" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/436/ind_93.21.docx" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/437/ind_94.21.docx" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/438/ind_95.21.docx" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/439/ind_96.21.docx" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/440/ind_97.21.docx" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/441/ind_98.21.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/442/ind_99.21.docx" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/443/ind_100.21.docx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/444/ind_101.21.docx" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/445/ind_102.21.docx" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/446/ind_103.21.docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/447/ind_104.21.docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/448/ind_105.21.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/449/ind_106.21.docx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/450/ind_107.21.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/451/ind_108.21.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/452/ind_109.21.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/453/ind_110.21.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/454/ind_111.21.docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/455/ind_112.21.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/456/ind_113.21.docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/457/ind_114.21.docx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/458/ind_115.21.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/459/ind_116.21.docx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/466/ind_117.21.docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/467/ind_118.21.docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/468/ind_119.21.docx" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/469/ind_120.21.docx" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/471/ind_122.21.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/472/ind_123.21.docx" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/473/ind_124.21.docx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/477/ind_125.21.docx" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/478/ind_126.21.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/479/ind_127.21.docx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/480/ind_128.21.docx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/481/ind_129.21.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/482/ind_130.21.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/483/ind_131.21.docx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/485/ind_133.21.docx" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/509/ind_134.21.docx" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/510/ind_135.21.docx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/536/ind_136.21.docx" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/537/ind_137.21.docx" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/538/ind_138.21.docx" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/539/ind_139.21.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/540/ind_140.21.docx" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/541/ind_141.21.docx" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/542/ind_142.21.docx" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/543/ind_143.21.docx" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/544/ind_144.21.docx" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/545/ind_145.21.docx" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/546/ind_146.21.docx" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/547/ind_147.21.docx" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/548/ind_148.21.docx" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/549/ind_149.21.docx" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/550/ind_150.21.docx" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/551/ind_151.21.docx" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/553/ind_152.21.docx" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/554/ind_153.21.docx" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/555/ind_154.21.docx" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/556/ind_155.21.docx" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/557/ind_156.21.docx" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/558/ind_157.21.docx" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/559/ind_158.21.docx" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/560/ind_159.21.docx" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/561/ind_160.21.docx" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/562/ind_161.21.docx" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/563/ind_162.21.docx" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/564/ind_163.21.docx" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/565/ind_164.21.docx" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/566/ind_165.21.docx" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/567/ind_166.21.docx" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/568/ind_167.21.docx" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/569/ind_168.21.docx" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/570/ind_169.21_reprovado_em_6.12.21.docx" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/572/ind_171.21.docx" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/573/ind_172.21.docx" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/574/ind_173.21_arquivada_em_23.12.21.docx" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/575/ind_174.21.docx" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/576/ind_175.21.docx" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/577/ind_176.21.docx" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/578/ind_177.21.docx" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/579/ind_178.21.docx" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/580/ind_179.21.docx" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/581/ind_180.21.docx" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/582/ind_181.21.docx" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/460/mocao_01.docx" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/461/mocao_02.docx" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/583/mocao_03.docx" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/585/mocao_05.docx" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/586/mocao_06.docx" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/587/mocao_07.docx" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/588/mocao_08.docx" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/589/mocao_09.docx" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/590/mocao_10.docx" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/486/ata_2286.docx" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/487/ata_2287.docx" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/488/ata_2288.docx" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/489/ata_2289.docx" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/490/ata_2290.docx" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/504/ata_2291.docx" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/505/ata_2292.docx" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/506/ata_2293.docx" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/507/ata_2294.docx" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/700/ata_2295.docx" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/701/ata_2296.docx" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/702/ata_2297.docx" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/703/ata_2298.docx" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/704/ata_2299.docx" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/705/ata_2300.docx" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/714/ata_2301.docx" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/716/ata_2302.docx" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/717/ata_2303.docx" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/718/ata_2304.docx" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/719/ata_2305.docx" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/720/ata_2306.docx" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/723/ata_2307.docx" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/724/ata_2308.docx" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/725/ata_2309.docx" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/726/ata_2310.docx" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/727/ata_2311.docx" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/728/ata_2312.docx" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/729/ata_2313_extraordinaria.docx" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/730/ata_2314.docx" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/731/ata_2315.docx" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/732/ata_2316.docx" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/733/ata_2317.docx" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/734/ata_2318.docx" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/735/ata_2319.docx" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/736/ata_2320_-_extra.docx" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/737/ata_2321.docx" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/738/ata_2322.docx" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/739/ata_2323.docx" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/740/ata_2324.docx" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/741/ata_2325.docx" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/742/ata_2326.docx" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/743/ata_2327.docx" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/744/ata_2338.docx" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/745/ata_2329_-_extra.docx" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/746/ata_2330.docx" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/747/ata_2331.docx" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/748/ata_2332.docx" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/749/ata_2333.docx" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/750/ata_2334.docx" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/751/ata_2335.docx" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/390/pelom_001-2021_-_alteracao_lei_organica.doc" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/395/pelom_001-2021_-_delegacao_de_competencia.doc" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/297/pl_001-2021_-_suplementacao.docx" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/298/pl_002-2021_-_afastamento_servidora_iveli_baesso.doc" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/299/pl_003-2021_-_convenio_ciee.doc" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/313/pl_004-2021_-_convenio_guaramirim.doc" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/318/pl_005-2021_-_afastamento_servidora_darline_isberner.doc" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/322/pl_006-2021_-_revisao_termo_de_cooperacao_apae.doc" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/362/pl_007-2021_-_reestrutura_o_fundeb.doc" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/376/pl_008-2021_-_suplementacao.doc" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/377/pl_009-2021_-_alteracao_contratacao_temporaria.doc" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/378/pl_010-2021_-_regulamentacao_de_ruas.doc" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/379/pl_011-2021_-_suplementacao_fia.doc" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/391/pl_012-2021_-_regulamentacao_de_ruas.doc" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/392/pl_013-2021_-_altera_a_lei_n._2320-2017_politica_de_atendimento_aos_direitos_da_crianca.doc" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/393/pl_014-2021_-_rede_feminina_de_combate_ao_cancer.doc" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/414/pl_015-2021_-_ppa_2022-2025.doc" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/415/pl_016-2021_-_ldo_2022.doc" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/417/pl_017-2021_-_suplementacao.doc" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/418/pl_018-2021_-_aumento_repasse_bombeiros_voluntarios.doc" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/462/pl_019-2021_-_convenio_acias_1.doc" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/464/pl_020-2021_-_suplementacao_substituicao_mao_de_obra.doc" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/465/pl_021-2021_-_suplementacao.doc" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/474/pl_022-2021_-_suplementacao_pa.docx" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/475/pl_023-2021_-_regularizacao_rua_garve_butzke.doc" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/476/pl_024-2021_-_convenio_hospital_sao_jose.doc" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/491/pl_025-2021_-_suplementacao_-_pump_track.doc" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/498/pl_026-2021_-_cessao_stand_de_tiro_bombeiros_voluntarios.doc" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/499/pl_027-2021_-_ajuda_mutua_defesa_civil.doc" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/500/pl_028-2021_-_cessao_de_salas_no_cecas_-_soldados_da_mata.doc" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/501/pl_029-2021_-_afastamento_servidor_elvis_damasceno_de_carvalho.doc" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/502/pl_030-2021_-_suplementacao.doc" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/503/pl_031-2021_-_loa_2022.doc" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/511/pl_032-2021_-_convenio_apae_-_avaliacoes_diagnosticas.doc" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/512/pl_033-2021_-_suplementacao_agricultura.doc" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/513/pl_034-2021_-_plano_de_saneamento_basico_-_altera_anexo.doc" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/518/pl_035-2021_-_torneio_de_verao_2022.doc" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/519/pl_036-2021_-_premiacao_em_eventos_2022.doc" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/520/pl_037-2021_-_adesao_cincatarina.doc" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/523/pl_039-2021_-_termo_de_fomento_bombeiros_voluntarios.doc" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/524/pl_040-2021_-_altera_a_lei_n._972-95_-_fundo_assistencia.doc" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/525/pl_041-2021_-_suplementacao_especial.docx" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/526/pl_042-2021_-_suplementacao.docx" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/527/pl_043-2021_-_doacao_imovel_apae_schroeder.docx" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/528/pl_044-2021_-_doacao_imovel_asps.docx" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/529/pl_045-2021_-_utilidade_publica_apae_schroeder.doc" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/530/pl_046-2021_-_suplementacao_camara.doc" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/552/pl_047-2021_-_suplementacao_cei.docx" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/497/pll_002-2021_-_legislativo_-__manoel.docx" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/514/pll_004-2021_-_legislativo_-_ver._claudimir_adriano_e_eroldo.docx" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/515/pll_005-2021_-_legislativo_-_ver._everaldo_e_ildemar.docx" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/517/pll_no_006-2021_-_legislativo_-_ver._adriano_divulgacao_de_obras.docx" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/531/pll_008-2021_-_legislativo_-_vereador_evandro.docx" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/532/pll_009-2021_-_legislativo_-_vereador_evandro.docx" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/533/pll_010-2021_-_legislativo_-_vereadora_ana_2.docx" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2021/534/pll_011-2021_-_legislativo_-_vereador_adriano.docx" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H316"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="45.7109375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="52.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="157.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="156.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>