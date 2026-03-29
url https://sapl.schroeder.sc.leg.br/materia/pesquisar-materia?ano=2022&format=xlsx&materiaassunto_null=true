--- v0 (2025-12-10)
+++ v1 (2026-03-29)
@@ -54,3709 +54,3709 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Felipe Voigt</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/665/plc_001-2022_-_altera_cargos_esf.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/665/plc_001-2022_-_altera_cargos_esf.doc</t>
   </si>
   <si>
     <t>CRIA O CARGO DE TERAPEUTA OCUPACIONAL NO ÂMBITO DA ESTRATÉGIA DE SAÚDE DA FAMÍLIA – ESF E ALTERA O ANEXO I – GRUPOS I E II E ANEXO II, DA LEI COMPLEMENTAR N.º 60/2008, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/670/pllc_002-2022_-_legislativo_-_revisao.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/670/pllc_002-2022_-_legislativo_-_revisao.docx</t>
   </si>
   <si>
     <t>DEFINE E APLICA VALOR PERCENTUAL PARA REVISAO GERAL ANUAL DOS SALÁRIOS DE AGENTES POLITICOS DO MUNICIPIO DE SCHROEDER.</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/671/plc_003-2022_-_piso_magisterio.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/671/plc_003-2022_-_piso_magisterio.doc</t>
   </si>
   <si>
     <t>APLICA A CARREIA DO MAGISTÉRIO MUNICIPAL O PISO SALARIAL NACIONAL DOS PROFISSIONAIS DO MAGISTÉRIO DA EDUCAÇÃO BÁSCIA PÚBLICA PREVISTO NA LEU Nº 11.738, DE 16 DE JULHO DE 2008, QUE REGULAMENTA A ALÍNEA "E" DO INCISO III DO CAPUT DO ART. 60 DO ATO AS DISPOSIÇÕES CONSTITUCIONAIS TRANSITÓRIAS, ALTERA ALEI COMPLEMENTAR Nº 096/2010, DE 14 DE DEZMEBRO DE 2010.</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/710/plc_004-2022_-_alteracao_plano_de_cargos_educacao.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/710/plc_004-2022_-_alteracao_plano_de_cargos_educacao.doc</t>
   </si>
   <si>
     <t>ALTERA O ANEXO I DA LEI COMPLEMENTAR Nº 096/2010, DE 14 DE DEZEMBRO DE 2010.</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/711/plc_005-2022_-_alteracao_plano_de_cargos_geral.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/711/plc_005-2022_-_alteracao_plano_de_cargos_geral.doc</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR Nº 004, DE 19 DE MAIO DE 1998, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/721/plc_006-2022_-_altera_anexo_agentes_comunitarios.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/721/plc_006-2022_-_altera_anexo_agentes_comunitarios.doc</t>
   </si>
   <si>
     <t>ALTERA REMUNERAÇÃO DOS AGENTES COMUNITÁRIOS DE SAÚDE, PREVISTA NO GRUPO II – ATIVIDADES DE NÍVEL MÉDIO, DO ANEXO I DA LEI COMPLEMENTAR Nº 60/2008, DE 11 DE NOVEMBRO DE 2008, E DOS AGENTES DE ENDEMIAS, PREVISTA NO ANEXO I – TABELA II – ATIVIDADES DE NÍVEL MÉDIO E TÉCNICO, DA LEI COMPLEMENTAR Nº 4, DE 19 DE MAIO DE 1998, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/722/plc_007-2022_-_plano_diretor.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/722/plc_007-2022_-_plano_diretor.doc</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS E ANEXOS DA LEI COMPLEMENTAR Nº 232/2020, QUE DISPÕE SOBRE AS DIRETRIZES ESTRATÉGICAS, INSTITUI O PLANO DIRETOR DE SCHROEDER E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/752/plc_008-2022_-_alteracao_plano_de_cargos_geral.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/752/plc_008-2022_-_alteracao_plano_de_cargos_geral.doc</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/827/plc_009-2022_-_estrutura_poder_executivo.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/827/plc_009-2022_-_estrutura_poder_executivo.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A ORGANIZAÇÃO ADMINISTRATIVA DO PODER EXECUTIVO DO MUNICÍPIO DE SCHROEDER.</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/851/plc_010-2022_-_alteracao_vagas_professor_c.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/851/plc_010-2022_-_alteracao_vagas_professor_c.doc</t>
   </si>
   <si>
     <t>ALTERA O ANEXO I DA LEI COMPLEMENTAR Nº 096, DE 14 DE DEZEMBRO DE 2010, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/850/plc_011-2022_-_revisao_geral_anual_-_complementacao.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/850/plc_011-2022_-_revisao_geral_anual_-_complementacao.doc</t>
   </si>
   <si>
     <t>DEFINE E APLICA VALOR PERCENTUAL PARA COMPLEMENTAÇÃO DA REVISÃO GERAL ANUAL DOS SALÁRIOS DE AGENTES PÚBLICOS DO MUNICÍPIO DE SCHROEDER, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/</t>
   </si>
   <si>
     <t>FIXA A UNIDADE FISCAL MUNICIPAL - UFM PARA O EXERCÍCIO DE 2023.</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Manoel Ednilson Burgardt</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/674/resolucao_001-2022_-_altera_auxilio_alimentacao_1.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/674/resolucao_001-2022_-_altera_auxilio_alimentacao_1.doc</t>
   </si>
   <si>
     <t>ALTERA O ART. 3º DA RESOLUÇÃO N. 001/2011, QUE CONCEDE AUXÍLIO-ALIMENTAÇÃO AOS SERVIDORES DA CÂMARA MUNICIPAL DE SCHROEDER E ADOTA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
     <t>CLJR - Comissão de Legislação, Justiça e Redação Final</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/815/emenda_008_pl_025-2022_-_modificativa.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/815/emenda_008_pl_025-2022_-_modificativa.docx</t>
   </si>
   <si>
     <t>Emenda Modificativa ao Projeto de Lei N. 025/2022</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
     <t>Emenda Supressiva ao Projeto de Lei Complementar N. 007/2022</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/812/emenda_010_plc_007-2022_-_aditiva.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/812/emenda_010_plc_007-2022_-_aditiva.docx</t>
   </si>
   <si>
     <t>Emenda Aditiva ao Projeto de Lei Complementar N. 007/2022</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/813/emenda_011_plc_007-2022_-_modificativa.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/813/emenda_011_plc_007-2022_-_modificativa.docx</t>
   </si>
   <si>
     <t>Emenda Modificativa ao Projeto de Lei Complementar N. 007/2022</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/814/emenda_012_plc_007-2022_-_modificativa.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/814/emenda_012_plc_007-2022_-_modificativa.docx</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Claudimir Lindner</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/592/ind_01.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/592/ind_01.22.docx</t>
   </si>
   <si>
     <t>Sugerir a instituição de gratificação aos servidores municipais que desempenham atividades em locais destinados pela secretaria de saúde ao enfrentamento da pandemia da Covid-19._x000D_
 Justifica-se com uma forma de reconhecer o diligente serviço oferecido e auxiliar financeiramente os profissionais que trabalham na linha de frente ao combate da Covid-19, que estão se expondo diariamente ao vírus, lidando com altos níveis de stress, pressão social e mental.</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/593/ind_02.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/593/ind_02.22.docx</t>
   </si>
   <si>
     <t>Sugerir a tomada de medidas necessárias para a contratação de mais profissionais para atuarem na linha de frente ao enfrentamento da Covid-19._x000D_
 Justifica-se em razão do significativo aumento da demanda de testagem, e o grande número de profissionais em situação de isolamento em decorrência da doença. Vale frisar que o Município possui os recursos necessários para estas contratações.</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
-    <t>Ana Claudia Locilha de Oliveira</t>
-[...2 lines deleted...]
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/594/ind_03.22.docx</t>
+    <t>Ana Leon</t>
+  </si>
+  <si>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/594/ind_03.22.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de parques infantis nos seguintes pontos do Município: no bairro Bracinho (próximo ao CECAS), no bairro Tomaselli (próximo à unidade de saúde), no bairro Braço do Sul (em imóvel localizado na Rua Emílio Reck), no loteamento Zils, bem como no loteamento Alfablu._x000D_
 Justifica-se, pois, os moradores presam pela melhoria, haja vista que atualmente não existem locais adequados para o lazer nas localidades acima mencionadas. Os parques infantis, proporcionarão às crianças um local lúdico, de socialização e bem-estar, podendo usufruírem ainda de um espaço mais seguro e apropriado para recreação.</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
     <t>Sugerir a execução de serviço de arborização, instalação de lixeiras e bancos, nos parques infantis e academias ao ar livre._x000D_
 Justifica-se, pois, além de embelezarem, as árvores contribuem no equilíbrio térmico, refrescando o ambiente, ofertando sombra e proteção aos que utilizam dos espaços de lazer mencionados. As lixeiras, evitarão o acúmulo de lixo no chão, mantendo os locais limpos e organizados. Os bancos, ofertarão um local para descanso, especialmente nos parques, aos pais que aguardam e acompanham seus filhos enquanto brincam no local.</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/596/ind_05.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/596/ind_05.22.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de brinquedos inclusivos, adaptados para crianças que possuem necessidades especiais, no parque infantil localizado na Rua Paulo Jahn._x000D_
 Justifica-se, tendo em vista que a acessibilidade deve estar presente no dia a dia das pessoas, sendo necessária a tomada de medidas para que todas as crianças possam usufruir de forma adequada do espaço de recreação, proporcionando ainda a integração com crianças que não possuem limitações de mobilidade.</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
     <t>Everaldo Manoel Coelho</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/597/ind_06.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/597/ind_06.22.docx</t>
   </si>
   <si>
     <t>Sugerir ao Executivo a instalação de um ponto de parada para ciclistas, nas imediações do prédio da Prefeitura, disponibilizando uma bomba própria para encher pneus, além de uma fonte de água (bebedouro)._x000D_
 Justifica-se com o intuito de ofertar aos praticantes do esporte, um local apropriado para utilizarem de apoio, haja vista que muitos praticam em horário em que os postos de combustíveis estão fechados, ficando sem assistência caso ocorra algum imprevisto no trajeto.</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/598/ind_07.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/598/ind_07.22.docx</t>
   </si>
   <si>
     <t>Sugerir que o Executivo que desenvolva junto ao setor de turismo, ações de lazer direcionadas às famílias, em especial a organização de passeio ciclístico voltados para essa demanda._x000D_
 Justifica-se com o objetivo de promover momentos de diversão, recreação, estimulando atividades em família, bem como contribuindo com a melhora  da saúde física de mental da população, especialmente com a prática de atividades esportivas como o ciclismo,  que além dos benefícios à saúde, oportunizará momentos junto à natureza e a apreciação das belezas naturais do Município.</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
     <t>Ildemar Zoz</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/599/ind_08.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/599/ind_08.22.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção do ponto de ônibus localizado na Estrada Bracinho, no acesso à Tifa Araribá._x000D_
 Justifica-se tendo em vista que a estrutura do ponto foi danificada durante as obras de pavimentação asfáltica, necessitando de reparos.</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/600/ind_09.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/600/ind_09.22.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de abrigo para passageiros no ponto de parada de ônibus localizado na Estrada Bracinho, no acesso à Tifa Gneipel._x000D_
 Justifica-se, tendo em vista que o local já é utilizado como ponto de ônibus pela população, mas necessita de um abrigo adequado para proteção e conforto das pessoas que o utilizam.</t>
   </si>
   <si>
     <t>601</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/601/ind_10.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/601/ind_10.22.docx</t>
   </si>
   <si>
     <t>Sugerir ao Executivo que tome as medidas necessárias para que seja revista a data-base da revisão geral anual dos salários dos servidores municipais, para que seja antecipada, visto que atualmente é aplicada apenas em abril._x000D_
 Justifica-se com o intuito de disponibilizar a revisão aos servidores o quanto antes, uma vez que os mesmos estão com os salários defasados devido às proibições impostas pela Lei Complementar nº 173/2020</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
     <t>Eroldo Wudke</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/602/ind_11.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/602/ind_11.22.docx</t>
   </si>
   <si>
     <t>Sugerir o conserto de tubulação que atravessa a Rua Marechal Castelo Branco, nas proximidades do imóvel nº 4893 (imediações da loja Explosão 12)._x000D_
 _x000D_
 Justifica-se, visto que, devido a erosão do solo, a tubulação foi danificada, gerando transtornos com a ocorrência de alagamentos.</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/603/ind_12.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/603/ind_12.22.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção e instalação de grades nas janelas e portas dos banheiros da Praça Municipal Prefeito Helmuth Moritz Germano Hertel, localizada na Rua Guilherme Zastrow._x000D_
 _x000D_
 Justifica-se devido a ocorrência constante de vandalismo, impedindo que a população possa usufruir do local de lazer.</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/604/ind_13.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/604/ind_13.22.docx</t>
   </si>
   <si>
     <t>Sugerir a instituição da Secretaria  Municipal de Trânsito._x000D_
 Justifica-se, pois, com a Secretaria estruturada,  o Município poderá planejar, coordenar, supervisionar, normatizar, controlar e avaliar as atividades relativas aos transportes e ao trânsito, no âmbito municipal, especialmente o controle de velocidade dos veículos, sendo capaz de regulamentar a aplicação de multas aos infratores.</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/608/ind_14.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/608/ind_14.22.docx</t>
   </si>
   <si>
     <t>Sugerir a Pavimentação asfáltica da Rua 21 de abril._x000D_
 Justifica-se, uma vez que os moradores almejam a melhoria, que contribuirá para melhor trafegabilidade e segurança, além de contribuir com melhor qualidade de vida, pois os moradores não precisarão mais enfrentar problemas provenientes de rua sem pavimentação.</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/609/ind_15.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/609/ind_15.22.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção das bocas de lobo existentes ao logo da ciclofaixa, na Rua Marechal Castelo Branco, com a sugestão de inversão da grelha de proteção, para que fique nivelada com a via, bem como o preenchimento da calha, para que também fique nivelada._x000D_
 Justifica-se, pois, por se tratar de uma ciclofaixa estreita, frequentemente ciclistas utilizam o espaço muito próximo ao meio fio e ao trafegarem pela sarjeta ou boca de lobo, correm o risco de sofrerem acidentes.</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/610/ind_16.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/610/ind_16.22.docx</t>
   </si>
   <si>
     <t>Sugerir o reajuste do valor do auxílio-alimentação oferecido aos servidores públicos municipais._x000D_
 Justifica-se, visto que o auxílio-alimentação, encontra-se defasado em relação à realidade dos valores dos alimentos e serviços de alimentação oferecidos atualmente</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>Adriano Dias Furtado</t>
-[...2 lines deleted...]
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/611/ind_17.22.docx</t>
+    <t>Adriano Furtado</t>
+  </si>
+  <si>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/611/ind_17.22.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção da Rua Alfonso Zils, com a execução de nivelamento da via, nas proximidades do imóvel nº 134._x000D_
 Justifica-se, visto que no trecho mencionado, os motoristas que transitam com veículos de maior porte, encontram dificuldades, devido a irregularidade do solo.</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/613/ind_18.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/613/ind_18.22.docx</t>
   </si>
   <si>
     <t>Sugerir a realização de revisão do trajeto do caminhão pipa e ampliação do itinerário, organizando-o para que possa atender todas as ruas sem pavimentação do Município._x000D_
 Justifica-se, tendo em vista que moradores reclamam da ausência do serviço em diversos pontos do Município, sendo que em outros, o serviço é prestado. A reivindicação é pertinente, pois em períodos de pouca chuva, a poeira é extrema, causando transtornos aos moradores.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/614/ind_19.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/614/ind_19.22.docx</t>
   </si>
   <si>
     <t>Sugerir a execução de pavimentação asfáltica da Rua Reinoldo Pommerening._x000D_
 Justifica-se por se tratar do anseio dos moradores, tendo em vista que amenizará os transtornos causados pela ação do tempo, contribuindo para melhor qualidade de vida, além de proporcionar uma via mais segura aos que a utilizam. O referido pedido já possui termo de adesão dos moradores.</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/615/ind_20.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/615/ind_20.22.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção da ciclofaixa, existente da Rua Marechal Castelo Branco, entre o imóvel nº 8382 (E.M Frida H. Krause), até as proximidades do cemitério Bom Jesus._x000D_
 Justifica-se, pois, no referido trecho, há necessidade de reparos na cobertura asfáltica, para que os ciclistas tenham um espaço adequado para transitar, a fim de evitar possíveis acidentes decorrentes da falta de manutenção.</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>Cancelada.</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
     <t>João de Ávila</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/617/ind_22.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/617/ind_22.22.docx</t>
   </si>
   <si>
     <t>Sugerir a construção de banheiros femininos e masculinos nas choupanas localizadas ao longo da Estrada Rio do Júlio (sendo uma na lagoa do Xaxim e outra próximo ao bambuzal)._x000D_
 Justifica-se, visto que os visitantes e praticantes de esportes necessitam de pontos de apoio e de infraestrutura adequada para desfrutarem do local de forma organizada, trazendo assim conforto aos usuários.</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/618/ind_23.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/618/ind_23.22.docx</t>
   </si>
   <si>
     <t>Sugerir melhorias da tubulação para escoamento de água pluvial da Rua Rio de Janeiro (trecho entre a ponte do Dutra até o acesso à Rua Osvaldo Lenzi), substituindo a tubulação existente por uma de maior diâmetro (de 80 centímetros ou 1 metro de diâmetro)._x000D_
 Justifica-se, tendo em vista que em períodos de chuva torrencial, ocorrem diversos pontos de alagamento, trazendo transtornos aos moradores e demais pessoas que transitam na via em questão.</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/619/ind_24.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/619/ind_24.22.docx</t>
   </si>
   <si>
     <t>Sugerir a tomada de medidas necessárias para retirada de material depositado nas margens do rio localizado em Schroeder I (trecho entre a Rua Osvaldo Lenzi até a ponte do Dutra), para que esse material fique no mínimo a dez metros de distância das margens._x000D_
 Justifica-se, visto a importância da preservação das margens e mata ciliar, protegendo assim o rio e evitando alagamentos.</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/620/ind_25.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/620/ind_25.22.docx</t>
   </si>
   <si>
     <t>Sugerir a ampliação da Ponte José Lenzi (ponte do Dutra), em Schroeder I._x000D_
 Justifica-se, visto que é preciso buscar alternativas para propiciar maior vazão de água, evitando alagamentos em períodos chuvosos.</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/627/ind_26.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/627/ind_26.22.docx</t>
   </si>
   <si>
     <t>Sugerir a execução de pavimentação asfáltica na Rua Henrique Ziebell._x000D_
 Justifica-se, com o intuito de proporcionar melhor qualidade de vida aos moradores que sofrem frequentemente com o excesso de poeira ou de lama, além de contribuir para melhor trafegabilidade.</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/628/ind_27.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/628/ind_27.22.docx</t>
   </si>
   <si>
     <t>Sugerir análise com o intuito de verificar a possibilidade de instalação de faixa elevada para travessia de pedestres na Rua 3 de Outubro, em frente ao imóvel nº 299 (Escola Ensino Fundamental Luiz Delfino)._x000D_
 Justifica-se, devido a expressiva movimentação de pedestres e veículos no local, especialmente com o intuito de ofertar maior segurança aos alunos. As faixas elevadas, são uma excelente ferramenta para auxiliar o trânsito, oferecendo acessibilidade, facilitam a visibilidade dos condutores no momento da travessia, além de contribuírem para redução de velocidade dos veículos.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/629/ind_28.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/629/ind_28.22.docx</t>
   </si>
   <si>
     <t>Sugerir a contratação de monitores de transporte escolar, para os ônibus utilizados para transportar os alunos nos trajetos de ida e volta das escolas._x000D_
 Justifica-se, tendo em vista que o serviço auxiliará principalmente os alunos das séries iniciais que possuem a necessidade de maior acompanhamento. O profissional será responsável pela organização, segurança e zelo pela integridade física e moral dos alunos no trajeto entre a residência e a escola.</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
     <t>Sugerir a instalação de dois banheiros públicos nas imediações das margens do Rio Braço São José (local conhecido como Prainha de Schroeder)._x000D_
 Justifica-se tendo em vista que o local é considerado um ponto turístico do Município e muito frequentado durante o período de verão, assim, necessita de infraestrutura adequada para atender a demanda, ofertando um local organizado e limpo.</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/631/ind_30.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/631/ind_30.22.docx</t>
   </si>
   <si>
     <t>Sugerir a tomada de medidas cabíveis a fim de regularizar e identificar de forma numérica os imóveis situados na Tifa da Onça._x000D_
 Justifica-se com o intuito de facilitar a localização dos imóveis residenciais e comerciais existentes na referida via, além de possibilitar a atualização do endereço e facilitar a entrega de correspondência, documentos e outros objetos.</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/632/ind_31.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/632/ind_31.22.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção da Rua Maravilha, com execução de patrolamento._x000D_
 Justifica-se, com o intuito de oferecer boas condições de trafegabilidade, facilitando aos moradores o acesso às suas residências.</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/633/ind_32.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/633/ind_32.22.docx</t>
   </si>
   <si>
     <t>Sugerir análise para a alteração de local do ponto de ônibus, situado na Rua Marechal Castelo Branco, defronte ao imóvel nº 2.008. _x000D_
 Justifica-se tendo em vista que o referido abrigo de passageiros se encontra muito próximo ao acesso da Rua Ponte Pênsil, o que prejudica a visibilidade dos motoristas que saem da via para acessarem a Rua Marechal Castelo Branco.</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/634/ind_33.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/634/ind_33.22.docx</t>
   </si>
   <si>
     <t>Sugerir a realização de reparos no parque infantil localizado na Rua Paulo Jahn._x000D_
 Justifica-se visto que os brinquedos estão danificados, facilitando a ocorrência de acidentes com as crianças que frequentam o espaço.</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/635/ind_34.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/635/ind_34.22.docx</t>
   </si>
   <si>
     <t>Sugerir a pintura de faixa de pedestres na Rua Marechal Castelo Branco, em frente ao imóvel nº 5685 (papelaria Miglas)._x000D_
 Justifica-se com o intuito de ofertar segurança e facilitar a travessia de pedestres, especialmente de alunos que se deslocam das escolas situadas na Rua 3 de Outubro em direção à Rua Marechal Castelo Branco, visto que a faixa existente, está distante do local de maior concentração de pessoas.</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/636/ind_35.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/636/ind_35.22.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção dos equipamentos de ginástica existentes na academia ao ar livre localizada na Rua Paulo Jahn, bem como que seja interditado os equipamentos danificados enquanto a manutenção não for executada._x000D_
 Justifica-se tendo em vista que diversos equipamentos estão deteriorados, apresentando ferrugem podendo ocasionar acidentes com os usuários.</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/637/ind_36.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/637/ind_36.22.docx</t>
   </si>
   <si>
     <t>Sugerir a troca do material utilizado para cobertura do solo dos parques infantis, tanto para os já existentes, quando para os novos. Atualmente o material utilizado é a brita, sendo sugerido a substituição por areia._x000D_
 Justifica-se, uma vez que a utilização da brita favorece a ocorrência de lesões. A areia por sua vez, além de ser um material mais seguro, pode ser utilizado pelas crianças também para a recreação. Vale frisar ainda, que muitos pais preferem levar seus filhos em parques das cidades vizinhas por considerarem o material inadequado, com receio que as crianças se machuquem.</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/638/ind_37.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/638/ind_37.22.docx</t>
   </si>
   <si>
     <t>Sugerir a implantação do Programa do Governo Federal denominado "Centro Dia", para acolhimento de idosos e pessoas com deficiência, dependentes de cuidados para realização de suas atividades diárias._x000D_
 Justifica-se com o objetivo de ofertar à população um serviço social com a promoção de atividades que garantam a autonomia, a inclusão social e a melhoria da qualidade de vida de idosos e pessoas com deficiência que tenham algum grau de dependência de cuidados. Buscando evitar o isolamento social, o abandono e a necessidade de acolhimento. Desenvolvendo trabalhos com equipe composta por profissionais de diversas áreas, a fim de promover a defesa de direitos; de convívio e organização da vida cotidiana; orientação e encaminhamento para a rede de serviços; cuidados pessoais; acesso à documentação pessoal; desenvolvimento do convívio familiar e social, entre outras.</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/639/ind_38.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/639/ind_38.22.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção da Tifa Araribá, com execução de macadamização e alargamento de via, especialmente o trecho inicial._x000D_
 Justifica-se com o intuito de oferecer boas condições de trafegabilidade, facilitar aos moradores o acesso às suas residências.</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/640/ind_39.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/640/ind_39.22.docx</t>
   </si>
   <si>
     <t>Sugerir que o Executivo mantenha contato com a empresa responsável pelo transporte público intermunicipal, a fim de buscar alternativas para melhoria do serviço, em especial a ampliação de horário das linhas de ônibus que atendem o Município._x000D_
 Justifica-se visto a necessidade de suprir o aumento da demanda de passageiros e garantir a qualidade e a agilidade do serviço oferecido.</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/645/ind_40.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/645/ind_40.22.docx</t>
   </si>
   <si>
     <t>Sugerir melhorias na sinalização indicativa da capela mortuária, com a instalação mais placas indicando a distância e o acesso ao local._x000D_
 Justifica-se, visto que a sinalização existente não é eficaz para identificar a localização da capela. Diversas pessoas que procuram pelo local, possuem dificuldades de orientação devido à falta de sinalização adequada.</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/646/ind_41.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/646/ind_41.22.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de mureta de proteção (guard rail) na Estrada Bracinho, nas proximidades do imóvel nº 10.440 (local conhecido como Morro do Blank)._x000D_
 Justifica-se, pois o trecho possui uma curva acentuada, diversos acidentes já ocorreram. Devido e a falta de uma barreira física, veículos acabam caindo em um barranco existente no local. Assim, com uma proteção adequada, haverá maior segurança e visibilidade, especialmente aos motoristas que não são habituados a trafegar pela via.</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/647/ind_42.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/647/ind_42.22.docx</t>
   </si>
   <si>
     <t>Sugerir a tomada de medidas cabíveis para que na Rua Saudades, seja permitido estacionar apenas de um lado da via._x000D_
 Justifica-se, uma vez que a referida via é estreita e possui apenas um lado o acostamento, inviabilizando que os motoristas estacionem nos dois lados, visto que facilita a ocorrência de acidentes.</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/648/ind_43.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/648/ind_43.22.docx</t>
   </si>
   <si>
     <t>Sugerir ao Executivo a manutenção do imóvel pertencente ao Município (matrícula 28.638), localizado na Rua Nova Zelândia. Para que seja depositado saibro ou material similar, possibilitando a utilização do espaço como área de lazer para as crianças._x000D_
 Justifica-se, visto que após a execução de limpeza do terreno, muitas crianças do loteamento Zils utilizam o espaço para recreação. Assim, propiciando um local adequado, será mais seguro para as crianças brincarem.</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/649/ind_44.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/649/ind_44.22.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção da Rua nº 157, com execução de alargamento._x000D_
 Justifica-se com o intuito de oferecer boas condições de trafegabilidade, facilitar aos moradores o acesso às suas residências.</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/650/ind_45.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/650/ind_45.22.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção do muro da Escola Municipal Prof. Sarita Beck Rezende, com o intuito de aumentar sua altura._x000D_
 Justifica-se, com o objetivo de ofertar maior segurança aos alunos e professores, preservando também o patrimônio público, visto que já ocorreram invasões, devido ao fácil acesso às dependências da unidade.</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/651/ind_46.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/651/ind_46.22.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de um abrigo para passageiros, no ponto de parada de ônibus localizado na Rua Marechal Castelo Branco, nas proximidades do imóvel nº 3404 (Loja  Berlanda)._x000D_
 Justifica-se, pois o abrigo ofertará um espaço adequado, confortável e protegido de condições climáticas adversas, tendo em vista que o local já é utilizado como ponto de ônibus pela população, inclusive, já havia um abrigo antigamente no local.</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/652/ind_47.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/652/ind_47.22.docx</t>
   </si>
   <si>
     <t>Sugerir  a manutenção de um ponto de ônibus localizado na Rua Rio de Janeiro, próximo ao acesso à Rua 9 de Maio. O ponto de ônibus foi danificado após um acidente de trânsito, onde um caminhão colidiu no local. Após o ocorrido, o abrigo foi desmanchado e até o momento não foi refeito.</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/653/ind_48.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/653/ind_48.22.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção do Cemitério Municipal da Paz, com a execução de limpeza dos acessos aos túmulos, especialmente a parte mais antiga do cemitério. _x000D_
 Justifica-se, pois a falta de manutenção e conservação do local, causam uma sensação de abandono, gerando desconforto para as pessoas que visitam o túmulo de seu ente querido. A falta de limpeza, também favorecer a proliferação de animais sinantrópicos.</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/654/ind_49.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/654/ind_49.22.docx</t>
   </si>
   <si>
     <t>Sugerir ao Executivo o desenvolvimento de um calendário anual de feriados e pontos facultativos, para organização das atividades dos poderes Executivo e Legislativo do Município._x000D_
 Justifica-se uma vez que com o calendário anual, a população saberá de forma antecipada e organizada as datas em que não haverá expediente nas repartições públicas municipais, além de saberem com maior antecedência as escalas e os setores que estarão de plantão. Também contribuirá com a organização dos trabalhos desenvolvidos pelos servidores públicos.</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/655/ind_50.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/655/ind_50.22.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de um abrigo para passageiros, no ponto de parada de ônibus localizado na Rua Barão do Rio Branco, nas proximidades do imóvel nº 2078 (sorveteria Thur &amp; Thom)._x000D_
 Justifica-se, tendo em vista que o local já é utilizado como ponto de ônibus pela população, mas necessita de um abrigo adequado para proteção e conforto das pessoas que o utilizam.</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/656/ind_51.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/656/ind_51.22.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de faixa elevada para travessia de pedestre na Rua Barão do Rio Branco, nas proximidades do imóvel nº 2078 (sorveteria Thur &amp; Thom)._x000D_
 Necessário se faz, pois, a faixa elevada trará melhores condições de acessibilidade e segurança aos pedestres no momento da travessia, além de contribuir para melhor visibilidade dos motoristas e na redução da velocidade dos veículos que transitam no local.</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/657/ind_52.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/657/ind_52.22.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de câmeras de vigilância nas escolas municipais._x000D_
 Justifica-se, com o intuito de garantir a integridade e a segurança dos alunos, professores e servidores. A instalação destes equipamentos de monitoramento, inibem atos de vandalismo, desestimulam ações criminosas dentro e fora das escolas, também contribuem com o controle ao acesso dos alunos e demais pessoas que pretendem adentrar ou sair da unidade escolar.</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/658/ind_53.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/658/ind_53.22.docx</t>
   </si>
   <si>
     <t>Sugerir a viabilização para construção de um columbário ou ossuário no Cemitério Municipal, bem como a realização estudos para implantação de um espaço destinado ao sepultamento de crianças, na parte vertical do cemitério._x000D_
 Justifica-se, com o objetivo de distribuir de forma adequada e organizada os espaços destinados aos sepultamentos. Disponibilizar um local apropriado para os restos mortais abandonados nos túmulos, bem como disponibilizar o espaço específico para que sejam armazenadas as urnas com cinzas humanas. Oferecendo assim, um local confortável e agradável para as pessoas relembrarem seus entes falecidos. Vale salientar que atualmente os lóculos da parte vertical do cemitério, estão sendo utilizado como columbário, o que não seria o correto.</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/659/ind_54.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/659/ind_54.22.docx</t>
   </si>
   <si>
     <t>Sugerir melhorias na tubulação para escoamento de água pluvial da Estrada Bracinho (em frente ao imóvel nº 12.408), substituindo a tubulação existente por uma de maior diâmetro (de 30 para 60 centímetros de diâmetro)._x000D_
 Justifica-se, tendo em vista que em períodos de chuva torrencial, ocorrem pontos de alagamento na via, dificultando o tráfego de veículos, trazendo transtornos aos moradores e demais pessoas que transitam na via em questão. Vale frisar que os tubos já estão no local, é preciso apenas realizar o serviço de instalação.</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/660/ind_55.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/660/ind_55.22.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção da Rua Jorge Lacerda, trecho não pavimentado (entre os acessos das ruas 15 de Novembro e Santa Catarina)._x000D_
 Justifica-se com o intuito de oferecer boas condições de trafegabilidade, facilitar aos moradores o acesso às suas residências.</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/661/ind_56.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/661/ind_56.22.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção da Rua Duque de Caxias, trecho próximo ao acesso à Rua 17 de Fevereiro._x000D_
 Justifica-se com o intuito de oferecer boas condições de trafegabilidade, facilitar aos moradores o acesso às suas residências.</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/662/ind_57.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/662/ind_57.22.docx</t>
   </si>
   <si>
     <t>Sugerir análise de viabilidade para instalação de área de lazer, em imóvel pertencente ao Município, localizado na Rua 21 de Abril._x000D_
 Justifica-se, pois, os moradores presam pela melhoria, haja vista se tratar de um espaço para socialização, recreação e bem-estar, trazendo consequentemente melhor qualidade de vida.</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/675/ind_58.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/675/ind_58.22.docx</t>
   </si>
   <si>
     <t>Sugerir a tomada de medidas cabíveis para a revitalização e a padronização das calçadas ao longo da Rua Marechal Castelo Branco. _x000D_
 Justifica-se tendo em vista que atualmente, os pedestres enfrentam dificuldades ao transitarem nas calçadas, encontram diversos obstáculos, calçadas mal conservadas, sendo que em alguns locais, nem calçada há. Em diversos pontos os pedestres necessitam transitar no acostamento ou na pista de rolamento, pois a calçada está intransitável, tornando o local perigoso, propício à acidentes.</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/676/ind_59.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/676/ind_59.22.docx</t>
   </si>
   <si>
     <t>Sugerir a tomada de medidas cabíveis para instalação de câmeras de videomonitoramento urbano em vias públicas, sendo uma na Rua Cândido Tomaselli, nas proximidades do imóvel nº 884 (Escola Municipal Prof. Santos Tomaselli); uma na Rua 3 de Outubro, nas proximidades do imóvel nº 299 (Escola de Ensino Fundamental Luiz Delfino e outra na Avenida dos Imigrantes, nas imediações do imóvel nº 2440 (Escola Municipal Prof. Emílio da Silva)_x000D_
 Justifica-se, tendo em vista a necessidade de maior segurança, com o objetivo de coibir a criminalidade, em especial, furtos, vandalismo e consumo de drogas. Facilitando de forma significativa as ações dos agentes de segurança pública, tornando o seu trabalho mais eficiente e seguro</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/677/ind_60.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/677/ind_60.22.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção das ruas Alberto Krause, Brusque e Paulo Lindner, com execução de ensaibramento._x000D_
 Justifica-se, com o intuito de oferecer boas condições de trafegabilidade, especialmente por se tratarem de ruas de acesso a um pesque e pague, além da manutenção facilitar aos moradores o acesso às suas residências.</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/678/ind_61.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/678/ind_61.22.docx</t>
   </si>
   <si>
     <t>Sugerir a implantação de sinalização horizontal de trânsito, com a pintura da faixa denominada "área de espera", para parada exclusiva de motocicletas no semáforo localizado na Rua Marechal Castelo Branco, nas proximidades do imóvel nº 3490 (Posto Mime)._x000D_
 Justifica-se com o objetivo de criar uma área de acomodação para veículos de duas rodas junto ao semáforo, atrás da faixa de pedestre e à frente dos demais veículos. Assim, permitirá que as motocicletas se posicionem de forma organizada à frente dos veículos, evitando que permaneçam entre os carros e consequentemente prevenindo a ocorrência de acidentes.</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/679/ind_62.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/679/ind_62.22.docx</t>
   </si>
   <si>
     <t>Sugerir a tomada de medidas cabíveis a fim de realizar a medição das distâncias dos imóveis situados na Tifa Germano Viergutz, para que seja regularizado e identificado de forma numérica os referidos imóveis._x000D_
 Justifica-se com o intuito de facilitar a localização dos imóveis residenciais e comerciais existentes na referida via, além de possibilitar a atualização do endereço e facilitar a entrega de correspondência, documentos e outros objetos.</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/680/ind_63.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/680/ind_63.22.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de faixa elevada para travessia de pedestre na Rua Marechal Castelo Branco, nas proximidades do imóvel nº 1515 (Cartório Jacoby)._x000D_
 Justifica-se, pois a faixa elevada trará melhores condições de acessibilidade e segurança aos pedestres no momento da travessia, além de contribuir para melhor visibilidade dos motoristas e na redução da velocidade dos veículos. O local possui grande movimentação de veículos e pedestres, os quais se deslocam para o comércio próximo.</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/681/ind_64.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/681/ind_64.22.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção da Rua Mário Bagatolli, com execução de ensaibramento._x000D_
 Justifica-se, com o intuito de oferecer boas condições de trafegabilidade e facilitar aos moradores o acesso às suas residências.</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/682/ind_65.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/682/ind_65.22.docx</t>
   </si>
   <si>
     <t>Sugerir ao Executivo alteração do § 1º da Lei nº 2335/2017, que autoriza o município de Schroeder a celebrar termo de fomento com a Associação de Serviços Sociais Voluntários de Schroeder - Bombeiros, com fundamentos na lei federal nº 13.019/2014. O objetivo da referida alteração, consiste no aumento dos valores repassados à entidade, para que seja analisada a possibilidade de acréscimo em relação ao valor mensal disponibilizado atualmente que é de R$ 15.416,66, para que seja disponibilizado o valor de R$ 25.000,00._x000D_
 Justifica-se com o intuito de melhorar a contribuição para o custeio das atividades da Corporação, a fim de que seja mantida e aprimorada as atividades desenvolvidas, serviços de vital importância para segurança e bem-estar da população</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/683/ind_66.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/683/ind_66.22.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de um espelho convexo no entroncamento das ruas Rio de Janeiro e Vigando Winter._x000D_
 Justifica-se, uma vez que os motoristas que saem na Rua Vigando Winter, não tem visibilidade adequada do trânsito da Rua Rio de Janeiro, o que gera insegurança aos motoristas e a probabilidade de ocorrência de acidentes</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/687/ind_67.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/687/ind_67.22.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de um campo de futebol de areia, em imóvel pertencente ao Município, localizado no centro leste, nas imediações do loteamento Zils._x000D_
 A reivindicação é pertinente, pois os moradores almejam a melhoria, haja vista que ofertará um espaço para o lazer e para prática esportiva, trazendo consequentemente melhor qualidade de vida à população. Vale frisar que a referida sugestão já foi apresentada em 2021, momento em que o Executivo pediu abaixo-assinado, o qual foi protocolado na prefeitura no dia 03/09/21, porém até o momento não houve resposta.</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/688/ind_68.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/688/ind_68.22.docx</t>
   </si>
   <si>
     <t>Sugerir melhorias na tubulação para escoamento de água pluvial na Rua Emílio Reck, nas proximidades do imóvel nº 258 (na praça de retorno da Rua), substituindo uma parte da tubulação por uma de maior diâmetro (de 60 para 80 centímetros de diâmetro), bem como, instalar a caixa de ligação da tubulação, fechar o buraco existente no local e executar a roçada do terreno._x000D_
 Justifica-se, tendo em vista que no momento em que a via recebeu pavimentação asfáltica, foram instalados tubos de 80cm, porém, estes desembocam em tubos de 60 cm, o que em períodos chuvosos gera grande volume de água, provocando enchentes, trazendo transtornos aos moradores e demais pessoas que transitam na via em questão. _x000D_
 Vale frisar que já existe o protocolo nº 446  (datado de 27/01/2021) com o referido pedido, junto ao Executivo.</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/695/ind_69.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/695/ind_69.22.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção da Rua Eribert Pommerening, e a instalação de tubulação para escoamento de água pluvial na lateral da via._x000D_
 Justifica-se, com o intuito de oferecer boas condições de trafegabilidade e facilitar aos moradores o acesso às suas residências.</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/696/ind_70.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/696/ind_70.22.docx</t>
   </si>
   <si>
     <t>Sugerir a limpeza do riacho existente na Rua Paraná._x000D_
 Justifica-se, tendo em vista que, a concentração de detritos e vegetação, dificultam o escoamento da água, ocasionando o transbordo do riacho em períodos de chuva torrencial.</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/697/ind_71.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/697/ind_71.22.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção da ciclofaixa existente da Rua Barão do Rio Branco, em toda a sua extensão._x000D_
 Justifica-se, pois, a referida ciclofaixa necessidade de reparos na cobertura asfáltica, para que os ciclistas tenham um espaço adequado para transitar, visto que com a falta de manutenção são forçados a utilizarem a pista de rolamento, favorecendo a ocorrência de acidentes.</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/698/ind_72.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/698/ind_72.22.docx</t>
   </si>
   <si>
     <t>Sugerir análise, a fim de que seja verificada a possibilidade para instalação de sinalização de trânsito informando a proibição de estacionar na Rua 3 de Outubro, em frente ao estacionamento da Escola Municipal Kismara L. Walkinir Moreira/Chapeuzinho Vermelho e em frente ao estacionamento da Escola de Ensino Fundamental Luiz Delfino. Bem como, a instalação de sinalização indicando a proibição de parar e permanecer em frente aos portões de acesso aos referidos centros de ensino._x000D_
 Justifica-se com o objetivo de proibir a obstrução da passagem dos veículos que estão nos estacionamentos, visto que diversos motoristas estacionam na rua, em frente aos estacionamentos. Nos portões, muitos pais ficam aguardando os alunos no portão, porém acabam prejudicando a saída dos alunos nos términos das aulas.</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/699/ind_73.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/699/ind_73.22.docx</t>
   </si>
   <si>
     <t>Sugerir a tomada de providências necessárias para a execução de poda das árvores existentes ao longo da Rua Guilherme Laffim, bem como para que sejam concentrados esforços para o cumprimento da Lei nº 2285, que regulamenta o uso, a limpeza e a manutenção de terrenos, passeios nos imóveis situados no Município, propõe sanções ao particular quanto ao seu descumprimento e dá outras providências._x000D_
 Justifica-se, uma vez que alguns proprietários estão deixando de realizar a limpeza dos imóveis, o que causa diversos transtornos à vizinhança e às pessoas que transitam na via em questão. No caso das árvores, os galhos ficam muito próximos a rede de energia elétrica, causando frequentes quedas de energia. Em relação a limpeza e manutenção dos terrenos, locais cobertos por mato, propiciam a proliferação de insetos e animais sinantrópicos e peçonhentos e quando a vegetação invade a via, geram problemas de mobilidade urbana.</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/755/ind_74.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/755/ind_74.22.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de um espelho convexo no entroncamento das ruas Luiza Maske e Alemanha._x000D_
 _x000D_
 Justifica-se, uma vez que os motoristas que saem na Rua Luiza Maske, não tem visibilidade adequada do trânsito da Rua Alemanha, o que gera insegurança aos motoristas e a probabilidade de ocorrência de acidentes.</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/756/ind_75.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/756/ind_75.22.docx</t>
   </si>
   <si>
     <t>Sugerir ao Executivo que identifique através da instalação de placas, todos os terrenos pertencentes ao Município._x000D_
 _x000D_
 Justifica-se, com o objetivo de proporcionar maior transparência, facilitar a fiscalização em relação a limpeza e manutenção do local e também como uma medida de informação, para que o munícipe tenha a ciência de quais terrenos são de propriedade do Município.</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/757/ind_76.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/757/ind_76.22.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção da Rua Ricardo Pommerening, com execução de patrolamento da via._x000D_
 _x000D_
 Justifica-se, com o intuito de oferecer boas condições de trafegabilidade, e facilitar aos moradores o acesso às suas residências.</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>Sugerir a manutenção da Rua Joinville (trecho a partir do término da pavimentação asfáltica até a divisa com o município de Joinville), com execução de patrolamento da via._x000D_
 _x000D_
 Justifica-se, com o intuito de oferecer boas condições de trafegabilidade, e facilitar aos moradores o acesso às suas residências.</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/759/ind_78.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/759/ind_78.22.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção da Tifa Albrecht, com execução de ensaibramento e patrolamento da via._x000D_
 _x000D_
 Justifica-se, com o intuito de oferecer boas condições de trafegabilidade, e facilitar aos moradores o acesso às suas residências.</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/760/ind_79.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/760/ind_79.22.docx</t>
   </si>
   <si>
     <t>Sugerir análise com o intuito de verificar a possibilidade de alteração da localização das faixas de pedestres próximas ao cruzamento entre a Rua Marechal Castelo Branco e as ruas laterais, para que sejam pintadas deixando o espaço de cerca de cinco metros de distância da esquina. _x000D_
 _x000D_
 Justifica-se, pois, atualmente a pintura da faixa é realizada muito próxima do cruzamento, fazendo com que o veículo que está saindo da rua lateral, tenha que parar em cima da faixa para poder visualizar o tráfego da Rua Marechal Castelo Branco, ocasionando assim, insegurança, conflito entre pedestre e motorista, além de infração ao motorista, por estar parado com o veículo sobre a faixa.</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>Sugerir a instalação de um abrigo para passageiros, no ponto de parada de ônibus localizado na Rua 25 de Julho._x000D_
 _x000D_
 Justifica-se, tendo em vista que na referida via, há um local já utilizado como ponto de ônibus, necessitando da instalação de um abrigo adequado para proteção e conforto das pessoas que o utilizam, especialmente crianças que aguardam a chegada do ônibus escolar.</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/762/ind_81.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/762/ind_81.22.docx</t>
   </si>
   <si>
     <t>Sugerir análise com o intuito de verificar a possibilidade de instalação de tachões, nas saídas das ruas, próximo aos cruzamentos._x000D_
 _x000D_
 Justifica-se com o intuito de alertar os motoristas da necessidade de redução de velocidade, para dar preferência aos veículos que trafegam na via principal.</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/763/ind_82.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/763/ind_82.22.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de placas indicando preferência de passagem para os veículos de emergência, nas ruas Ernesto Krogel, Carlos Krogel e Blumenau._x000D_
 _x000D_
 Justifica-se, uma vez que se tratam de vias de acesso à sede dos bombeiros voluntários de Schroeder, sendo frequentemente utilizadas por eles como saídas para se deslocarem até o local da ocorrência. Assim, as placas são um alerta para que os motoristas que trafegam nessas vias fiquem atentos, para darem a preferência quando visualizarem alguma viatura dos bombeiros.</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/764/ind_83.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/764/ind_83.22.docx</t>
   </si>
   <si>
     <t>Sugerir ao Executivo a criação de legislação específica para regulamentar a concessão de licença aos servidores municipais, a fim de que a referida concessão, fique ao encargo do Poder Executivo, que possui a discricionariedade e capacidade técnica para tanto._x000D_
 _x000D_
 Justifica-se visto que atualmente, sem a regulamentação, quando surgem questões relativas à licença e afastamentos de servidores, está-se avaliando individualmente cada caso e ficando por conta do Poder Legislativo aprovar ou não a questão. O correto seria o Executivo apresentar projeto de lei disciplinando as hipóteses nas quais poderá ser concedida licença aos servidores, pois é de sua competência estruturar seu quadro funcional, cabe ao vereador apenas avaliar a constitucionalidade do ato.</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/765/ind_84.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/765/ind_84.22.docx</t>
   </si>
   <si>
     <t>Sugerir a tomada de providências necessárias para a execução de limpeza dos imóveis existentes na Rua Erich Froehner, trecho entre os imóveis nº 3997 (Escola de Educação Básica Elisa Claudio de Aguiar), até o imóvel nº 4448 (Dog da Lombada), concentrando esforços para o cumprimento da Lei nº 2285, que regulamenta o uso, a limpeza e a manutenção de terrenos, passeios nos imóveis situados no Município, propõe sanções ao particular quanto ao seu descumprimento e dá outras providências._x000D_
 _x000D_
 Justifica-se, uma vez que alguns proprietários estão deixando de realizar a limpeza dos imóveis, o que causa diversos transtornos à vizinhança e às pessoas que transitam na via em questão, especialmente aos estudantes que se deslocam a pé diariamente pela referida via, o quais são obrigados a invadir a pista de rolamento, pois o acostamento está coberto por vegetação, o que acarreta insegurança, visto que os riscos de acidente são iminentes, por se tratar de uma rua de tráfego intenso.</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/766/ind_85.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/766/ind_85.22.docx</t>
   </si>
   <si>
     <t>Sugerir ao Executivo a tomada de medidas cabíveis para a realização de reparos na calçada localizada na Rua Carlos Zerbin, em frente ao imóvel nº 200._x000D_
 _x000D_
 Justifica-se, visto que o Município executou manutenções na tubulação de água pluvial no local, porém até o momento não fechou o buraco e recolocou o piso intertravado (paver) da calçada, deixando a mesma intransitável.</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/767/ind_86.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/767/ind_86.22.docx</t>
   </si>
   <si>
     <t>Sugerir ao Executivo a organização e realização de um festival de Rock com bandas do Município, a ser realizado no dia 17 de julho, em comemoração ao Dia Mundial do Rock._x000D_
 _x000D_
 Justifica-se, com o objetivo de oferecer entretenimento aos munícipes, reconhecer e valorizar as bandas do Município disponibilizando espaço para exporem seu trabalho, incentivando e dando visibilidade para o surgimento de novos talentos.</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/768/ind_87.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/768/ind_87.22.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção do ponto de ônibus localizado na Rua Duque de Caxias, próximo ao imóvel nº 956._x000D_
 _x000D_
 Necessário se faz, tendo em vista que o telhado está danificado, deixando o abrigo ineficaz em períodos chuvosos.</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/769/ind_88.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/769/ind_88.22.docx</t>
   </si>
   <si>
     <t>Solicitar a tomada de medidas cabíveis para instalação de uma câmera de monitoramento na localidade de Schroeder I, na Rua Guaramirim, proximidades do imóvel nº 11 (Auto Posto Márcio), confluência com as ruas Rio de Janeiro e Erich Froehner._x000D_
 _x000D_
 O pedido em questão é pertinente, tendo em vista a necessidade de maior segurança para a localidade, com o objetivo de coibir a criminalidade, em especial, furtos, vandalismo e consumo de drogas.</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/770/ind_89.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/770/ind_89.22.docx</t>
   </si>
   <si>
     <t>Sugerir a construção de portal turístico na subida da serra do Canivete, bairro Duas Mamas._x000D_
 _x000D_
 Justifica-se, tendo em vista que o local é considerado um atrativo turístico, assim o portal possuirá a finalidade de embelezar e simbolizar uma saudação aos visitantes, contribuindo para que levem de nosso Município apenas boas recordações.</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/771/ind_90.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/771/ind_90.22.docx</t>
   </si>
   <si>
     <t>Sugerir a construção de portal turístico na entrada na Estrada Rio do Júlio._x000D_
 _x000D_
 Justifica-se, tendo em vista que o local é considerado um atrativo turístico, assim o portal possuirá a finalidade de embelezar e simbolizar uma saudação aos visitantes, contribuindo para que levem de nosso Município apenas boas recordações.</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/772/ind_91.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/772/ind_91.22.docx</t>
   </si>
   <si>
     <t>Sugerir a construção de abrigo de passageiros no ponto de parada de ônibus, localizado nas proximidades da Escola Municipal Prof. Emílio da Silva, utilizado principalmente por alunos da referida unidade escolar.  _x000D_
 _x000D_
 justifica-se, pois o abrigo ofertará um espaço adequado, confortável e protegido de condições climáticas adversas. Assim, os estudantes aguardarão a chegada do ônibus após o término das aulas em um local mais seguro.</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/773/ind_92.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/773/ind_92.22.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de um abrigo para passageiros, no ponto de parada de ônibus localizado na Rua Santa Catarina, nas proximidades do imóvel nº 618._x000D_
 _x000D_
 Justifica-se, tendo em vista que o local já é utilizado como ponto de ônibus pela população, mas necessita de um abrigo adequado para proteção e conforto das pessoas que o utilizam. Vale frisar que, o proprietário do imóvel citado acima, autoriza a instalação do abrigo no local, e que existe sinalização para parada de ônibus nas proximidades, mas está em um local de difícil acesso, principalmente quando o motorista necessita realizar manobras com o ônibus.</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/774/ind_93.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/774/ind_93.22.docx</t>
   </si>
   <si>
     <t>Sugerir ao Executivo que tome as medidas cabíveis a fim de que sejam notificados os proprietários de imóveis baldios na Rua Jorge Lacerda (próximo ao campo de Society), na Rua Adolfo Borchardt (esquina com a Rua Marechal Castelo Branco), bem como na Rua 3 de Outubro (em frente ao imóvel nº 738), para que executem a limpeza dos imóveis, conforme preconiza a Lei nº 2285, que regulamenta o uso, a limpeza e a manutenção de terrenos, passeios nos imóveis situados no Município, propõe sanções ao particular quanto ao seu descumprimento e dá outras providências. Também que sejam realizados os reparos necessários das calçadas nos locais acima mencionados._x000D_
 _x000D_
 Justifica-se, uma vez que alguns proprietários estão deixando de realizar a limpeza dos imóveis, o que causa diversos transtornos às pessoas que transitam nas vias em questão, especialmente pedestres e ciclistas, pois como o passeio público está coberto por vegetação ou danificado, acabam adentrando a pista de rolamento, gerando insegurança.</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/777/ind_94.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/777/ind_94.22.docx</t>
   </si>
   <si>
     <t>Sugerir a identificação de ponto de parada de ônibus e instalação de um abrigo para passageiros, na Rua Dom Pedro, em frente ao imóvel nº 1034 (Escola Municipal Prof. Sarita Beck Rezende)._x000D_
 _x000D_
 Justifica-se, visto a demanda de alunos que fazem uso de transporte público, assim necessitam de um abrigo adequado para proteção e conforto. Por não haver um local identificado como "parada de ônibus", por muitas vezes o motorista não encontra um local para parar o ônibus, estaciona em frente ao portão ou no meio da via. Vale frisar que o referido pedido já possui protocolo de nº 2928/22, junto ao Executivo.</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/778/ind_95.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/778/ind_95.22.docx</t>
   </si>
   <si>
     <t>Sugerir ao Executivo que verifique a possibilidade do deslocamento ou remoção de um poste existente na Rua 23 de Março, em frente ao imóvel nº 2911 (CEIM Isabella Gomes dos Santos)._x000D_
 _x000D_
 Justifica-se, visto que o referido poste está em um local que prejudica o deslocamento dos veículos que saem do estacionamento da unidade escolar, inclusive já ocorreram acidentes devido a presença do poste no local.</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/779/ind_96.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/779/ind_96.22.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de um ponto de parada de ônibus com abrigo para passageiros na Tifa Germano Viergutz._x000D_
 _x000D_
 Justifica-se visto que recentemente foi incluída a referida via na rota do ônibus escolar, assim, os estudantes necessitam de um local adequado para o conforto e para se protegerem de condições climáticas adversas enquanto aguardam a chegada do ônibus.</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/781/ind_97.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/781/ind_97.22.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de faixa elevada para travessia de pedestres na Rua Rio de Janeiro, nas proximidades do imóvel nº 468 (Mercado Zamboni)._x000D_
 _x000D_
 Justifica-se, pois a faixa elevada trará melhores condições de acessibilidade e segurança aos pedestres no momento da travessia, além de contribuir para melhor visibilidade dos motoristas e na redução da velocidade dos veículos. O local possui grande movimentação de veículos e pedestres, os quais se deslocam para o comércio próximo.</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/782/ind_98.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/782/ind_98.22.docx</t>
   </si>
   <si>
     <t>Sugerir a tomada de providências necessárias para a execução de limpeza dos imóveis existentes na Rua Adolfo Borchardt, registrados nas seguintes matrículas: 24607, 5919 e 25589. Concentrando esforços para o cumprimento da Lei nº 2285, que regulamenta o uso, a limpeza e a manutenção de terrenos, passeios nos imóveis situados no Município, propõe sanções ao particular quanto ao seu descumprimento e dá outras providências. Frisa-se que os referidos pedidos já estão protocolados junto ao Executivo, com as seguintes numerações: 3069/22, 3070/22 e 3071/22._x000D_
 _x000D_
 Justifica-se, uma vez que alguns proprietários estão deixando de realizar a limpeza dos imóveis, o que causa diversos transtornos à vizinhança e às pessoas que transitam na via em questão, tendo em vista que locais urbanos cobertos vegetação, propiciam a proliferação de insetos e animais sinantrópicos e peçonhentos e quando a vegetação invade a via, geram problemas de mobilidade urbana.</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/783/ind_99.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/783/ind_99.22.docx</t>
   </si>
   <si>
     <t>Sugerir ao Executivo a concessão de reajuste do piso salarial do magistério aos servidores da rede municipal de ensino, com o percentual de 33,24%, de acordo com a Portaria nº 67/22 do Governo Federal, que vai de encontro ao estabelecido na Lei Federal nº 11.738/2008, que instituiu o piso nacional para os docentes do magistério público._x000D_
 _x000D_
 Justifica-se com o intuito de regularização salarial dos servidores da rede municipal de ensino, visto que o mesmo ainda não passou pelo ajuste necessários, viabilizando conceder os devidos benefícios legais.</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/784/ind_100.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/784/ind_100.22.docx</t>
   </si>
   <si>
     <t>Sugerir a reativação do número telefônico do plantão do setor de águas, da Secretaria Municipal de Saneamento e Gestão Ambiental, bem como a disponibilização de uma equipe de trabalho para os horários do plantão._x000D_
 _x000D_
 Justifica-se, visto a frequente necessidade de atendimentos de emergência em horários fora do expediente do setor de águas. Atualmente, especialmente nos finais de semana, os munícipes encontram grande dificuldade na solução de problemas voltados ao fornecimento de água potável.</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/785/ind_101.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/785/ind_101.22.docx</t>
   </si>
   <si>
     <t>Sugerir a construção de uma pista de skate em imóvel pertencente ao Município._x000D_
 _x000D_
 Justifica-se com o objetivo de ofertar aos praticantes do esporte um local adequado, longe dos perigos das ruas, onde habitualmente é praticado. Além de proporcionar momentos de lazer e agregar benefícios à saúde física e mental especialmente aos jovens.</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/786/ind_102.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/786/ind_102.22.docx</t>
   </si>
   <si>
     <t>Sugerir análise de viabilidade para instalação de academia ao ar livre no bairro Rio Hern, em imóvel pertencente ao Município._x000D_
 _x000D_
 Justifica-se, com o intuito de ofertar aos moradores da localidade, um espaço gratuito para prática de atividades físicas, promovendo o bem-estar físico e mental, trazendo benefícios à saúde, além de proporcionar a integração social.</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/787/ind_103.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/787/ind_103.22.docx</t>
   </si>
   <si>
     <t>Sugerir a denominação da biblioteca da Escola Municipal Professor Emílio da Silva, de biblioteca Igor Viergutz._x000D_
 _x000D_
 A referida indicação, justifica-se como uma forma de homenagear o menino Igor, que frequentou a instituição de ensino nos seus primeiros anos de vida. Durante seu tratamento de saúde, houve grande comoção por parte da população schroedense, que acompanhou sua luta contra o câncer. Após seu falecimento, familiares mantém a memória de Igor viva, realizando trabalhos sociais, como a campanha McDia Feliz, a qual anualmente são voluntários, com o intuito de contribuir com instituições que tratam de pessoas com câncer.</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/788/ind_104.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/788/ind_104.22.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de um parque infantil no Loteamento Garcia._x000D_
 _x000D_
 Justifica-se, pois, os moradores presam pela melhoria, haja vista que atualmente não há área de lazer nas proximidades do referido loteamento. O parque infantil, proporcionará às crianças um local lúdico, de socialização e bem-estar, podendo usufruírem ainda de um espaço mais seguro e adequado para recreação.</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/789/ind_105.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/789/ind_105.22.docx</t>
   </si>
   <si>
     <t>Sugerir ao Executivo o desenvolvimento de projeto voltado à realização de aulas de artes marciais para crianças de nosso Município._x000D_
 _x000D_
 Justifica-se com o objetivo de ofertar às crianças benefícios físicos e integração social, especialmente desenvolver o senso de responsabilidade ética e moral, de justiça, coragem, compaixão, educação, lealdade e honra. Com os ensinamentos aplicados nas aulas, os alunos tendem a reduzir a agressividade, ficam mais atentos, trabalham melhor em equipe, ficam mais motivados e criam laços de amizade.</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/790/ind_106.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/790/ind_106.22.docx</t>
   </si>
   <si>
     <t>Sugerir análise com o intuito de que seja verificada a possibilidade de instalação de sinalização de trânsito, com a pintura de faixa de demarcação de área de conflito na Rua Marechal Castelo Branco, em frente ao imóvel nº 3507 (agência da Caixa Econômica Federal)._x000D_
 _x000D_
 Justifica-se, visto que no local os veículos permanecem parados na via devido a existência de um semáforo próximo, obstruindo o acesso ao estacionamento da agência bancária e demais estabelecimentos comerciais. Assim, a referida sinalização contribuirá para a fluidez do trânsito no local.</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/791/ind_107.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/791/ind_107.22.docx</t>
   </si>
   <si>
     <t>Sugerir ao Executivo que verifique junto aos estabelecimentos comerciais existentes no Município, a viabilidade de reserva de vagas nos estacionamentos, destinadas aos idosos e pessoas portadoras de deficiência ou com dificuldade de locomoção._x000D_
 _x000D_
 Justifica-se com o objetivo de ofertar acessibilidade às pessoas que possuem alguma dificuldade motora ou mobilidade reduzida, devendo a vaga estar próxima aos acessos de circulação ou entrada dos estabelecimentos. Visando assim, regulamentar um direito assegurado por Lei.</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/792/ind_108.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/792/ind_108.22.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de um parque infantil na Rua Ricardo Gorl, em imóvel pertencente ao Município, próximo à unidade de saúde._x000D_
 _x000D_
 Justifica-se, pois os moradores presam pela melhoria, tendo em vista a necessidade de uma área de lazer na localidade. O parque infantil, proporcionará às crianças um local lúdico, de socialização e bem-estar, podendo usufruírem ainda de um espaço mais seguro e adequado para recreação.</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/793/ind_109.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/793/ind_109.22.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de um parque infantil no bairro Rio Hern, em imóvel pertencente ao Município._x000D_
 _x000D_
 Justifica-se, pois, trata-se de um anseio dos moradores, haja vista a necessidade de um espaço para recreação no referido bairro. O parque infantil, proporcionará às crianças um local lúdico, de socialização e bem-estar, podendo usufruírem ainda de um espaço mais seguro e adequado para o lazer.</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/794/ind_110.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/794/ind_110.22.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção da Rua Bertoldo Kanzler, com execução de macadamização._x000D_
 _x000D_
 Justifica-se com o intuito de oferecer boas condições de trafegabilidade, facilitar aos moradores o acesso às suas residências.</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/795/ind_111.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/795/ind_111.22.docx</t>
   </si>
   <si>
     <t>Sugerir análise com o intuito de verificar a possibilidade de instalação de faixa elevada para travessia de pedestres na Rua Paulo Jahn, no trecho entre a unidade de saúde e a unidade escolar existentes no local._x000D_
 _x000D_
 Justifica-se, devido a expressiva movimentação de pedestres e veículos no local. As faixas elevadas, são uma excelente ferramenta para auxiliar o trânsito, oferecendo segurança e acessibilidade, facilitam a visibilidade dos condutores no momento da travessia, além de contribuírem para redução de velocidade dos veículos.</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>Sugerir a execução de pavimentação asfáltica da Rua Moisés Rabello._x000D_
 _x000D_
 Justifica-se, visto que trará melhor qualidade de vida aos moradores, amenizará os transtornos causados pela ação do tempo, tanto em períodos chuvosos quanto em períodos de seca, além de contribuir para melhor trafegabilidade.</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/797/ind_113.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/797/ind_113.22.docx</t>
   </si>
   <si>
     <t>Sugerir ao Executivo a criação de projeto visando desenvolver atividades voltadas ao lazer e a melhoria da qualidade de vida dos idosos de nosso Município, sendo realizadas semanalmente ou quinzenalmente. Do mesmo modo, que seja desenvolvida programação de atividades em uma semana do mês de outubro, alusiva ao dia do idoso, comemorado no dia 1º de outubro._x000D_
 _x000D_
 Justifica-se com o objetivo de proporcionar aos munícipes da terceira idade programação focada a atividades sociais, culturais, esportivas, recreativas e educacionais, bem como ações preventivas relacionadas principalmente a saúde física e mental.</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/798/ind_114.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/798/ind_114.22.docx</t>
   </si>
   <si>
     <t>Sugerir o desenvolvimento de um programa de incentivo e conscientização para aplicação do Controlador Bioativo do Maruim (CBM) no Município._x000D_
 _x000D_
 Justifica-se como uma forma de levar o conhecimento do produto aos munícipes, instruindo-os para que todos apliquem de forma eficaz, visando o controle da proliferação do inseto.</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/799/ind_115.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/799/ind_115.22.docx</t>
   </si>
   <si>
     <t>Sugerir a tomada de medidas cabíveis para realização de instalação de iluminação pública ao longo da Ponte Pênsil, localizada na Rua Ponte Pênsil, divisa com o município de Jaraguá do Sul._x000D_
 _x000D_
 Justifica-se, por se tratar de um local ermo, o que traz insegurança às pessoas que transitam no local a noite. Assim, que seja verificado formas de realizar essa melhoria na referida ponte.</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/800/ind_116.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/800/ind_116.22.docx</t>
   </si>
   <si>
     <t>Sugerir ao Executivo a instituição do programa Bolsa atleta. O programa tem o objetivo de valorizar e beneficiar atletas amadores de alto rendimento que possam representar o Município em competições estaduais, nacionais e internacionais, regulamentadas por federações e confederações, priorizando as modalidades em que o Município vem apresentando melhor desempenho técnico, mediante histórico de resultados._x000D_
 _x000D_
 Justifica-se, como um estímulo à pratica esportiva, ofertando condições para que o atleta possa desenvolver e se dedicar a modalidade esportiva escolhida, dando suporte aos treinamentos e competições.</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/801/ind_117.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/801/ind_117.22.docx</t>
   </si>
   <si>
     <t>Sugerir a inclusão da Rua Joinville (trecho não pavimentado) no roteiro do caminhão pipa._x000D_
 _x000D_
 Justifica-se por se tratar de uma via de movimento intenso, os moradores sofrem com o excesso de poeira.</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/802/ind_118.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/802/ind_118.22.docx</t>
   </si>
   <si>
     <t>Sugerir a inclusão da Rua 21 de Abril no roteiro do caminhão pipa._x000D_
 _x000D_
 Justifica-se, pois, proporcionará melhor qualidade de vida aos moradores que sofrem com o excesso de poeira, ocasionado pela movimentação intensa de veículos.</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/803/ind_119.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/803/ind_119.22.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de assento (banco) no ponto de ônibus localizado na Rua Marechal Castelo Branco, nº 1864 (Escola de Educação Básica Miguel Couto)._x000D_
 _x000D_
 Justifica-se, com o intuito de proporcionar maior conforto às pessoas que aguardam no local a chegada do ônibus.</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/804/ind_120.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/804/ind_120.22.docx</t>
   </si>
   <si>
     <t>Sugerir ao Executivo análise e adequação dos salários dos profissionais da enfermagem e a categoria relacionada (técnico de enfermagem, auxiliar de enfermagem e parteira), que atuam em nosso Município, para que esteja em conformidade com as alterações do piso salarial preconizadas pela Lei Federal nº 14.434, de 4 de agosto de 2022, que altera a Lei nº 7.498, de 25 de junho de 1986._x000D_
 _x000D_
 Justifica-se, visto a necessidade de valorização e reconhecimento desses profissionais da área da saúde, que se dedicam diariamente para salvar vidas. Assim, é imprescindível que seja analisado no Município os salários desses profissionais, para que seja adequado aos que ainda não recebem o valor do piso instituído pela nova Lei.</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/805/ind_121.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/805/ind_121.22.docx</t>
   </si>
   <si>
     <t>Incluir no roteiro do caminhão pipa a Tifa Camarada. _x000D_
 _x000D_
 Justifica-se, devido ao excesso de poeira ocasionado pelo tráfego constante de caminhões que transportam saibro de uma Saibreira existente no local.</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/806/ind_122.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/806/ind_122.22.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de um abrigo para passageiros, no ponto de parada de ônibus localizado na Rua 23 de Março, nas proximidades do imóvel nº 1812 (Choupana Bar 23)._x000D_
 Justifica-se, tendo em vista que o local já é utilizado como ponto de ônibus pela população, mas necessita de um abrigo adequado para proteção e conforto das pessoas que o utilizam.</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/807/ind_123.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/807/ind_123.22.docx</t>
   </si>
   <si>
     <t>Sugerir ao Executivo a tomada de medidas cabíveis a fim de lançar a edição de 2022 do Programa de Recuperação Fiscal - REFIS, no Município. _x000D_
 _x000D_
 Justifica-se como uma forma de facilitar a regularização dos pagamentos de tributos em atraso dos contribuintes, reduzindo a inadimplência, consequentemente, melhorando a arrecadação do Município.</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/808/ind_125.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/808/ind_125.22.docx</t>
   </si>
   <si>
     <t>Sugerir melhorias no escoamento de água pluvial da Rua Jaraguá, proximidades do pórtico de entrada do Município._x000D_
 _x000D_
 Justifica-se, tendo em vista que em períodos de chuva torrencial, ocorrem pontos de alagamento na via, especialmente próximo ao pórtico, no lado direito (sentido Schroeder/Jaraguá do Sul), pois não há boca de lobo deste lado da via, gerando transtornos às pessoas que transitam na via em questão.</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/809/ind_125.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/809/ind_125.22.docx</t>
   </si>
   <si>
     <t>Sugerir melhorias no escoamento de água pluvial ao longo da Rua Hilário Guckert, com execução de reparos na tubulação e bocas de lobo._x000D_
 _x000D_
 Justifica-se, visto que em períodos de chuva torrencial ocorrem pontos de alagamento na via, inclusive a água invade alguns imóveis. Segundo os moradores, algumas bocas de lobo foram desativadas, prejudicando o escoamento da água.</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/810/ind_126.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/810/ind_126.22.docx</t>
   </si>
   <si>
     <t>Sugerir nas escolas a instituição de ações e campanha educativa de conscientização no trânsito._x000D_
 _x000D_
 Justifica-se, com instituto de instigar uma reflexão nos alunos sobre o trânsito, difundindo conhecimentos básicos sobre sinalização, movimentação de pedestres e circulação de veículos, conscientizando sobre a necessidade de ações e práticas corretas que visem a segurança no trânsito, bem como exercitar a cidadania com os estudantes.</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/816/ind_127.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/816/ind_127.22.docx</t>
   </si>
   <si>
     <t>Sugerir a construção de banheiros públicos (com fraldário), nas proximidades do parque infantil localizado na Rua Paulo Jahn._x000D_
 Justifica-se, com o intuito de ofertar maior comodidade e conforto aos pais e especialmente às crianças que utilizam o equipamento de lazer, visto que atualmente não há local adequado para a higienização das crianças.</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/817/ind_128.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/817/ind_128.22.docx</t>
   </si>
   <si>
     <t>Sugerir a construção de uma área de lazer com espaço voltado para jogos de mesa (xadrez, baralho, dominó), na praça Christian Mathias Schroeder. Bem como a instalação de estrutura em formato de pergolado, a fim de acomodar as mesas em seu interior, trazendo proteção e embelezando o local._x000D_
 Justifica-se, com o objetivo de ofertar à população mais um equipamento de lazer, incentivar o exercício da mente e o convívio social.</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/818/ind_129.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/818/ind_129.22.docx</t>
   </si>
   <si>
     <t>Sugerir a pavimentação asfáltica da Rua Pedro Hang, o trecho final. _x000D_
 Justifica-se, visto que moradores prezam pela melhoria, uma vez que evitará transtornos provenientes da necessidade constante de manutenção da via e excesso de poeira.</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/819/ind_130.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/819/ind_130.22.docx</t>
   </si>
   <si>
     <t>Sugerir a realização comemorações no decorrer do mês de outubro, alusivas ao aniversário de emancipação político-administrativa do município de Schroeder. A sugestão consiste na realização de festival de música, tarde dançante para os idosos e feira com produtos coloniais, artesanato em geral e artesanato confeccionado com fibra de bananeira._x000D_
 _x000D_
 Justifica-se com o objetivo de celebrar a data visto a sua importância, ofertando para a população momentos de lazer e descontração, além de valorizar traços culturais de nosso povo.</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/820/ind_131.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/820/ind_131.22.docx</t>
   </si>
   <si>
     <t>Sugerir a construção de rotatória na confluência das ruas Marechal Castelo Branco, Florianópolis e Alphons Maria Schmalz._x000D_
 Justifica-se com o intuito de oferecer segurança viária e disciplinar o trânsito no local, ordenando adequadamente a movimentação dos veículos, proporcionando mais fluidez. A rotatória ameniza conflitos de tráfego e contribui para redução da velocidade dos veículos, consequentemente diminuindo a ocorrência de acidentes.</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/821/ind_132.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/821/ind_132.22.docx</t>
   </si>
   <si>
     <t>Sugerir o conserto de um ponto de ônibus localizado na Rua Alberto Zanella, nas proximidades do imóvel nº 110, com a execução de reparos no telhado e nivelamento do piso._x000D_
 _x000D_
 Justifica-se, visto que em períodos chuvosos o ponto de ônibus fica inutilizável, devido ao piso não estar nivelado com a rua, ocorrendo alagamentos por falta de escoamento da água pluvial, além da ocorrência de infiltração devido o telhado estar danificado.</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/822/ind_133.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/822/ind_133.22.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção de galeria localizada na Rua Alberto Zanella, nas proximidades do imóvel nº 128, com análise estrutural por apresentar rachaduras._x000D_
 Justifica-se, por haver diversas rachaduras ocasionadas por erosão, inclusive entre o meio-fio e a rua. Necessita de avaliação estrutural e execução de reparos, visando evitar a ocorrência de acidentes, caso exista algum abalo na estrutura da referida galeria.</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/823/ind_134.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/823/ind_134.22.docx</t>
   </si>
   <si>
     <t>Sugerir a recolocação do meio-fio existente na Rua Alberto Zanella, em frente ao imóvel nº 110. _x000D_
 Justifica-se, visto que servidores municipais realizaram reparos na tubulação de água potável no local, porém após o término do serviço, não foram recolocadas as pedras do meio-fio.</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/824/ind_135.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/824/ind_135.22.docx</t>
   </si>
   <si>
     <t>Sugerir a pintura de faixa de pedestres na Rua Erich Froehner, em frente ao imóvel nº 2400 (Empresa Progressul)._x000D_
 Justifica-se com o intuito de ofertar segurança e facilitar a travessia de pedestres, especialmente devido a grande movimentação de pessoas que se deslocam para as empresas existentes nas proximidades.</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/825/ind_136.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/825/ind_136.22.docx</t>
   </si>
   <si>
     <t>Sugerir a ampliação das cotas de exames laboratoriais, especialmente de sague, para os munícipes que buscam atendimento nas unidades básicas de saúde do Município._x000D_
 Justifica-se, visto que a quantidade disponibilizada atualmente não supre a demanda mensal de encaminhamento para a realização de exames, principalmente quando se tratam de encaminhamentos médicos de urgência.</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/830/ind_137.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/830/ind_137.22.docx</t>
   </si>
   <si>
     <t>Sugerir a substituição do espelho convexo localizado na saída da Rua Acre. _x000D_
 _x000D_
 Justifica-se visto que o mesmo está danificado, prejudicando a visibilidade dos motoristas, o que contribui para a ocorrência de acidentes.</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/829/ind_138.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/829/ind_138.22.docx</t>
   </si>
   <si>
     <t>Sugerir ao Executivo Municipal que elabore um projeto para instalação de dispositivo eletrônico de segurança do tipo "Botão de Pânico" nas escolas e centros de educação infantil (CEIM), da rede Municipal de Ensino de Schroeder._x000D_
 _x000D_
 Justifica-se, tendo em vista o grande número de casos de violência nas escolas que têm ocorrido em vários municípios da nossa região, incluindo o suposto atentado em escola de nosso Município. O sistema visa permitir uma ação rápida das forças de segurança, que será acionada imediatamente para o socorro à escola onde ocorra a violência, podendo interceptar as ações criminosas em andamento e ainda a simples divulgação da existência do Botão de Pânico poderá fazer com que diminua a possibilidade de ocorrências de ataques de violência nas escolas._x000D_
 .</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/832/ind_139.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/832/ind_139.22.docx</t>
   </si>
   <si>
     <t>Sugerir a execução de pavimentação asfáltica ou em bloco de concreto (tipo lajota), do trecho final da Rua Santa Catarina (iniciando no entroncamento com a Rua Duque de Caxias, em direção ao rio)._x000D_
 _x000D_
 Justifica-se, pois, os moradores prezam pela melhoria, uma vez que evitará transtornos provenientes da necessidade constante de manutenção da via e excesso de poeira. Vale salientar que no trecho mencionado acima, existem cerca de 30 residências.</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/833/ind_140.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/833/ind_140.22.docx</t>
   </si>
   <si>
     <t>Sugerir a execução de manutenção da Rua Maravilha, objetivando a realização do alargamento da via._x000D_
 _x000D_
 Justifica-se por se tratar de uma via com expressiva movimentação de veículos, sendo imprescindível a manutenção das lateais, a fim de evitar o estreitamento da via, oferecendo assim, boas condições de trafegabilidade.</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/839/ind_141.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/839/ind_141.22.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção da Rua 15 de Novembro, com a execução de reparos na calçada em frente aos imóveis nº 45 e 253, bem como a desobstrução de boca de lobo em frente ao imóvel nº 171._x000D_
 Justifica-se, visto que a calçada apresenta afundamento do piso e buracos, que precisam de reparos a fim de evitar a ocorrência de acidentes. Em relação a boca de lobo, em períodos chuvosos, ocorrem frequentes alagamentos devido a mesma estar obstruída.</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/840/ind_142.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/840/ind_142.22.docx</t>
   </si>
   <si>
     <t>Sugerir a criação de ações visando o acolhimento de pessoas em situação de rua em nosso Município, com a instituição de abrigo temporário ou casa de passagem._x000D_
 Justifica-se com o intuito de oferecer proteção, pernoite, higiene e alimento a pessoas que estão em vulnerabilidade social, além de ofertar tratamento de saúde e ferramentas que possibilitem a reinserção social e a retomada no mercado de trabalho, com acompanhamento especializado de profissionais que possam identificar o que poderá ser feito para melhorar a qualidade de vida dessas pessoas.</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/841/ind_143.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/841/ind_143.22.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de assento no ponto de ônibus localizado na Rua Joinville, nas proximidades do imóvel nº 109 (Adeltex Acabamentos Têxteis)._x000D_
 Justifica-se, visto que atualmente no referido abrigo de passageiros está sendo utilizado como assento uma tábua apoiada por duas pedras, as quais estão soltas podendo provocar a ocorrência de acidentes.</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/842/ind_144.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/842/ind_144.22.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de arquibancadas no Estádio Municipal Cláudio Tomaselli._x000D_
 Justifica-se, visto que os bancos utilizados atualmente estão deteriorados, em péssimas condições de uso, assim, torna-se imprescindível a disponibilização de assentos com uma estrutura segura e confortável para a utilização da população que frequenta o referido estádio.</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/843/ind_145.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/843/ind_145.22.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de um parque infantil no bairro Itoupava-Açú, em imóvel pertencente ao Município._x000D_
 Justifica-se, pois, o parque existente na localidade foi removido para construção do centro de educação infantil, não sendo recolocado para uso da população em geral, apenas para as crianças que frequentam o referido centro de educação. Assim, os moradores anseiam por um novo equipamento de recreação infantil.</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/852/ind_146.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/852/ind_146.22.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção da Rua Inez Tietz (nas proximidades do imóvel nº 64), com a execução de cobertura do buraco que foi aberto para realização de serviços do setor de águas. _x000D_
 _x000D_
 Justifica-se, pois, o Município executou reparos na tubulação de água potável no local há cerca de 3 meses, e cobriu o buraco apenas com pó de brita, necessitando ser finalizado com a camada asfáltica.</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/853/ind_147.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/853/ind_147.22.docx</t>
   </si>
   <si>
     <t>Sugerir a tomada de medidas cabíveis a fim de realizar reparos na tubulação de distribuição de água potável localizada na esquina das ruas Suíça e Nova Zelândia, para que a tubulação seja instalada subterraneamente e para que sejam removidas as estacas utilizadas para a sustentação._x000D_
 Justifica-se, visto que a referida tubulação está exposta, sendo sustentada por estacas para deixá-la na posição curvada, porém as estacas geram certa insegurança aos moradores, uma vez que crianças brincam frequentemente no local e podem sofrer algum acidente.</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/854/ind_148.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/854/ind_148.22.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção da instalação elétrica da Praça Helmuth Germano Hertel, com a troca de tomadas e interruptores que estão danificados._x000D_
 Justifica-se, com o intuito de garantir a segurança da população que frequenta a praça, haja vista a probabilidade de acidentes elétricos devido à má conservação dos dispositivos de distribuição de energia.</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/855/ind_149.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/855/ind_149.22.docx</t>
   </si>
   <si>
     <t>Sugerir a execução de pavimentação asfáltica da Rua Wilsom José Mondini, no bairro Rio Hern._x000D_
 Justifica-se, visto que trará melhor qualidade de vida aos moradores, amenizará os transtornos causados pela ação do tempo, tanto em períodos chuvosos (lama e buracos) quanto em períodos de seca (excesso de poeira), além de contribuir para melhor trafegabilidade.</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/859/ind_150.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/859/ind_150.22.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de placas indicativas nos parques infantis do Município informando a faixa etária recomendada de uso, bem como indicando os brinquedos inclusivos. E ainda, a instalação de pontos de água potável._x000D_
 Justifica-se, com o objetivo de oferecer orientação para o uso adequado dos brinquedos, para que as crianças possam usufruir do espaço de recreação de forma segura. Bem como, a disponibilização de uma fonte de água apropriada para o consumo e para a higienização das crianças.</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/860/ind_151.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/860/ind_151.22.docx</t>
   </si>
   <si>
     <t>Sugerir a tomada de medidas cabíveis a fim de denominar de "Rua 12 de Outubro", a via lateral à direita da Rua Otto Elert, sentido Rua 23 de Março/Estrada Rio do Júlio._x000D_
 Justifica-se, visto que a denominação se faz necessária para que os moradores possam atualizar seus registros residenciais perante os mais diversificados órgãos. Facilitando inclusive, a entrega de correspondências, documentos e outros objetos.</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/861/ind_152.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/861/ind_152.22.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de sinalização vertical de trânsito com a de placa "PARE", no cruzamento das ruas Helmuth Kanzler e Ricardo Viergutz._x000D_
 Justifica-se, a fim de evitar divergências entre motoristas, identificando assim quem possui a preferência no cruzamento, proporcionando maior segurança no trânsito.</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/862/ind_153.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/862/ind_153.22.docx</t>
   </si>
   <si>
     <t>Sugerir a execução de pavimentação da Rua Marcelino Zanella._x000D_
 Justifica-se, visto que moradores almejam a melhoria, uma vez que evitará transtornos provenientes da necessidade constante de manutenção da via e excesso de poeira.</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/863/ind_154.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/863/ind_154.22.docx</t>
   </si>
   <si>
     <t>Sugerir a execução de reparos no telhado do Ginásio de Esportes dos Imigrantes, no bairro Schroeder I._x000D_
 Justifica-se visto que com o telhado danificado, torna-se inviável a utilização do espaço para prática esportiva em períodos chuvosos, pois a infiltração deixa a quadra um local propício a ocorrência de acidentes.</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/864/ind_155.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/864/ind_155.22.docx</t>
   </si>
   <si>
     <t>Sugerir ao Executivo análise para implantação do "Dia Especial de Atendimento aos Idosos" nos postos de saúde do Município. A ideia consiste em disponibilizar um período em um dia na semana exclusivo para os munícipes da terceira idade, para que recebam atendimento na área da saúde, além do habitual, onde o atendimento é destinado para todos._x000D_
 Justifica-se, com o intuito de ofertar uma vez na semana, um atendimento diferenciado, momento em que apenas os idosos serão recepcionados nas unidades de saúde, contribuindo para a qualidade no atendimento, evitando ainda aglomerações e dando maior agilidade no acolhimento.</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/870/ind_156.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/870/ind_156.22.docx</t>
   </si>
   <si>
     <t>Sugerir a atualização dos mapas e informações sobre os bairros contidos na página do Município e nas páginas de pesquisa na Internet. Bem como, que seja dada celeridade na troca das placas de identificação de ruas, as quais não estão identificadas com a nova delimitação de bairros existente na Lei Complementar nº 2032/2020, que dispõe sobre as diretrizes estratégicas, institui o Plano Diretor de Schroeder e dá outras providências._x000D_
 Justifica-se com o objetivo especificar adequadamente as delimitações do Município, evitando conflitos de informações, a fim de que possa ser identificado corretamente o enquadramento dos imóveis nas áreas determinadas pela Lei.</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/871/ind_157.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/871/ind_157.22.docx</t>
   </si>
   <si>
     <t>Sugerir a tomada de medidas cabíveis a fim de denominar de "Rua Morro do Tigre", a via identificada atualmente como Servidão R2, localizada nas proximidades da Rua Guaíba, no Bairro Rio Hern._x000D_
 Justifica-se, visto que a denominação se faz necessária para que os moradores possam atualizar seus registros residenciais perante os mais diversificados órgãos. Facilitando inclusive, a entrega de correspondências, documentos e outros objetos. Fale frisar que os imóveis existentes na via, foram regularizados pelo Programa Lar Legal.</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/872/ind_158.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/872/ind_158.22.docx</t>
   </si>
   <si>
     <t>Sugerir análise com o intuito de verificar a possibilidade de instalação de um redutor físico de velocidade (lombada) na Rua Rio de Janeiro, nas proximidades do imóvel nº 3055._x000D_
 Justifica-se, por se tratar de um local com expressiva movimentação de veículos, que trafegam em alta velocidade, bem como em decorrência de uma curva acentuada. Assim, o redutor trará maior segurança aos que transitam na via.</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/873/ind_159.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/873/ind_159.22.docx</t>
   </si>
   <si>
     <t>Sugerir a construção de banheiros públicos junto ao Cemitério Municipal da Paz, bem como um espaço exclusivo para funcionários, para que possam realizar a higienização necessária após algum procedimento ou trabalho executado nas dependências do cemitério. _x000D_
 Justifica-se, com o intuito de ofertar maior comodidade e o conforto necessário aos que visitam o local, para que não encontrem dificuldades caso necessitem fazer uso de sanitários. Bem como, disponibilizar aos funcionários melhores condições de trabalho, tendo em vista que realizam atividades consideradas insalubres.</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/874/ind_160.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/874/ind_160.22.docx</t>
   </si>
   <si>
     <t>Sugerir a inclusão da Rua Santa Catarina (trecho não pavimentado) no roteiro do caminhão pipa._x000D_
 Justifica-se por se tratar de uma via de movimento intenso, os moradores sofrem com o excesso de poeira.</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/875/ind_161.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/875/ind_161.22.docx</t>
   </si>
   <si>
     <t>Sugerir a inclusão da Rua Amarildo Tomaselli no roteiro do caminhão pipa._x000D_
 Justifica-se por se tratar de uma via com significativa movimentação de veículos, haja vista se tratar de rota utilizada frequente por motorista que se deslocam do bairro Braço do Sul em direção a loteamento do bairro Centro Norte, visando encurtar o trajeto.</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/876/ind_162.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/876/ind_162.22.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção e recuperação da camada asfáltica na pista de rolamento da Rua Marechal Castelo Branco, trecho entre o acesso da Rua 3 de Outubro até o acesso da Rua Bertholdo Kanzler._x000D_
 Justifica-se visto que o pavimento está deteriorado com diversas de trincas e buracos, necessitando de reparos a fim de melhorar a trafegabilidade na via em questão.</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/877/ind_163.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/877/ind_163.22.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de passarela na lateral da ponte localizada na Rua Joinville, nas proximidades da Sociedade Rio Camarada._x000D_
 Justifica-se por se tratar de uma ponte estreita, sem travessia para pedestres e ciclistas, inclusive a ciclofaixa existente na via termina na ponte, o que gera insegurança visto o perigo iminente de ocorrência de acidentes.</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/890/ind_164.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/890/ind_164.22.docx</t>
   </si>
   <si>
     <t>Sugerir a pintura de faixa de pedestres na Rua Rio de Janeiro, nas proximidades do imóvel nº 56 (Santantonio Materiais de Construção)._x000D_
 Justifica-se com o intuito de ofertar segurança e facilitar a travessia de pedestres, especialmente devido à grande movimentação de pessoas que se deslocam para o comércio e escolas existentes nas proximidades.</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/891/ind_165.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/891/ind_165.22.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de iluminação nos parques infantis existentes no Município._x000D_
 Justifica-se, visto que muitos pais levam seus filhos ao parque para desfrutarem de momentos de lazer no final da tarde e início da noite, necessitando de iluminação adequada para utilização do espaço.</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/892/ind_166.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/892/ind_166.22.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de redutores de velocidade na Rua Alberto Zanella, um na descida do morro, próximo à Chácara da Coremaco e outro próximo ao imóvel nº 750._x000D_
 Justifica-se, por se tratar de uma via com expressiva movimentação de veículos, que trafegam em alta velocidade. Assim, o redutor trará maior segurança aos que transitam na via.</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/893/ind_167.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/893/ind_167.22.docx</t>
   </si>
   <si>
     <t>Sugerir a realização de reparos na camada asfáltica da Rua Marechal Castelo Branco, nas proximidades do imóvel nº 6256 (Mercado Agostinho), esquina com a Rua Guilherme Bauer (a via está danificada devido à grande movimentação de caminhões e as frequentes chuvas)._x000D_
 Justifica-se, por trata-se de uma via de grande fluxo de veículos e pedestres e os danos, proporcionam um risco iminente para ocorrência de acidentes.</t>
   </si>
   <si>
     <t>894</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/894/ind_168.22.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/894/ind_168.22.docx</t>
   </si>
   <si>
     <t>Sugerir ao Executivo o desenvolvimento de projeto voltado à pratica de atividades físicas para as pessoas idosas, utilizando os espaços das academias ao ar livre e disponibilizando um profissional da área para orientação e acompanhamento das atividades._x000D_
 Justifica-se, com o objetivo de oportunizar a população da terceira idade, programação de atividades físicas nos bairros, com datas, horários e locais pré-estabelecidos, e ainda com o monitoramento de profissional qualificado. A prática de exercícios físicos é sinônimo de saúde e qualidade de vida, manter o corpo em movimento é essencial para fortalecer o sistema imunológico, prevenir doenças, além de manter a mente saudável.</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/641/mocao_01.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/641/mocao_01.docx</t>
   </si>
   <si>
     <t>MANIFESTA APOIO ao Projeto de Lei nº 2564/2020, que Altera a Lei nº 7.498, de 25 de junho de 1986, para instituir o piso salarial nacional do Enfermeiro, do Técnico de Enfermagem, do Auxiliar de Enfermagem e da Parteira. o qual está tramitando na Câmara dos Deputados.</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
     <t>2336</t>
   </si>
   <si>
     <t>ATA</t>
   </si>
   <si>
     <t>Ata</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/826/ata_2336.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/826/ata_2336.docx</t>
   </si>
   <si>
     <t>Ata nº 2336 - 48ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
     <t>2337</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/844/ata_2337.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/844/ata_2337.docx</t>
   </si>
   <si>
     <t>Ata nº 2337 - 49ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
     <t>2338</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/845/ata_2338.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/845/ata_2338.docx</t>
   </si>
   <si>
     <t>Ata nº 2338 - 50ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
     <t>2339</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/846/ata_2339.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/846/ata_2339.docx</t>
   </si>
   <si>
     <t>Ata nº 2339 - 51ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
     <t>2340</t>
   </si>
   <si>
     <t>Ata nº 2340 - 52ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
     <t>2341</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/886/ata_2341.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/886/ata_2341.docx</t>
   </si>
   <si>
     <t>Ata nº 2341 - 53ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
     <t>2342</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/887/ata_2342.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/887/ata_2342.docx</t>
   </si>
   <si>
     <t>Ata nº 2342 - 54ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
     <t>2343</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/895/ata_2343.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/895/ata_2343.docx</t>
   </si>
   <si>
     <t>Ata nº 2343 - 55ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
     <t>2344</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/896/ata_2344.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/896/ata_2344.docx</t>
   </si>
   <si>
     <t>Ata nº 2344 - 56ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
     <t>2345</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/897/ata_2345_solene_mirins.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/897/ata_2345_solene_mirins.docx</t>
   </si>
   <si>
     <t>Ata nº 2345 - 1ª sessão solene, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
     <t>2346</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/898/ata_2346.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/898/ata_2346.docx</t>
   </si>
   <si>
     <t>Ata nº 2346 - 57ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
     <t>2347</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/899/ata_2347.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/899/ata_2347.docx</t>
   </si>
   <si>
     <t>Ata nº 2347 - 58ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
     <t>2348</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/900/ata_2348.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/900/ata_2348.docx</t>
   </si>
   <si>
     <t>Ata nº 2348 - 59ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
     <t>2349</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/901/ata_2349.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/901/ata_2349.docx</t>
   </si>
   <si>
     <t>Ata nº 2349 - 60ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
     <t>2350</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/902/ata_2350.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/902/ata_2350.docx</t>
   </si>
   <si>
     <t>Ata nº 2350 - 61ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
     <t>2351</t>
   </si>
   <si>
     <t>Ata nº 2351 - 62ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
     <t>2352</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/904/ata_2352.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/904/ata_2352.docx</t>
   </si>
   <si>
     <t>Ata nº 2352 - 63ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
     <t>2353</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/905/ata_2353.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/905/ata_2353.docx</t>
   </si>
   <si>
     <t>Ata nº 2353 - 64ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
     <t>2354</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/906/ata_2354.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/906/ata_2354.docx</t>
   </si>
   <si>
     <t>Ata nº 2354 - 65ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
     <t>2355</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/907/ata_2355.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/907/ata_2355.docx</t>
   </si>
   <si>
     <t>Ata nº 2355 - 66ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
     <t>2356</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/908/ata_2356.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/908/ata_2356.docx</t>
   </si>
   <si>
     <t>Ata nº 2356 - 67ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
     <t>2357</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/909/ata_2357.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/909/ata_2357.docx</t>
   </si>
   <si>
     <t>Ata nº 2357 - 68ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
     <t>2358</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/910/ata_2358.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/910/ata_2358.docx</t>
   </si>
   <si>
     <t>Ata nº 2358 - 69ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
     <t>2359</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/911/ata_2359.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/911/ata_2359.docx</t>
   </si>
   <si>
     <t>Ata nº 2359 - 70ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
     <t>2360</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/912/ata_2360.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/912/ata_2360.docx</t>
   </si>
   <si>
     <t>Ata nº 2360 - 71ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
     <t>2361</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/913/ata_2361.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/913/ata_2361.docx</t>
   </si>
   <si>
     <t>Ata nº 2361 - 72ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
     <t>2362</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/914/ata_2362.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/914/ata_2362.docx</t>
   </si>
   <si>
     <t>Ata nº 2362 - 73ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
     <t>2363</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/915/ata_2363.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/915/ata_2363.docx</t>
   </si>
   <si>
     <t>Ata nº 2363 - 74ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
     <t>2364</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/916/ata_2364.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/916/ata_2364.docx</t>
   </si>
   <si>
     <t>Ata nº 2364 - 75ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
     <t>2365</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/917/ata_2365.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/917/ata_2365.docx</t>
   </si>
   <si>
     <t>Ata nº 2365 - 76ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
     <t>2366</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/918/ata_2366_extra.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/918/ata_2366_extra.docx</t>
   </si>
   <si>
     <t>Ata nº 2366 - 4ª sessão extraordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
     <t>2367</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/919/ata_2367.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/919/ata_2367.docx</t>
   </si>
   <si>
     <t>Ata nº 2367 - 77ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
     <t>2368</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/920/ata_2368.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/920/ata_2368.docx</t>
   </si>
   <si>
     <t>Ata nº 2368 - 78ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
     <t>2369</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/921/ata_2369.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/921/ata_2369.docx</t>
   </si>
   <si>
     <t>Ata nº 2369 - 79ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
     <t>2370</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/922/ata_2370.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/922/ata_2370.docx</t>
   </si>
   <si>
     <t>Ata nº 2370 - 80ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
     <t>2371</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/923/ata_2371_extra.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/923/ata_2371_extra.docx</t>
   </si>
   <si>
     <t>Ata nº 2371 - 5ª sessão extraordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
     <t>2372</t>
   </si>
   <si>
     <t>Ata nº 2372 - 81ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
     <t>2373</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/925/ata_2373.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/925/ata_2373.docx</t>
   </si>
   <si>
     <t>Ata nº 2373 - 82ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
     <t>2374</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/926/ata_2374.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/926/ata_2374.docx</t>
   </si>
   <si>
     <t>Ata nº 2374 - 83ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
     <t>2375</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/927/ata_2375_extra.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/927/ata_2375_extra.docx</t>
   </si>
   <si>
     <t>Ata nº 2375 - 6ª sessão extraordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
     <t>2376</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/928/ata_2376.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/928/ata_2376.docx</t>
   </si>
   <si>
     <t>Ata nº 2376 - 84ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
     <t>2377</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/1004/ata_2377.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/1004/ata_2377.docx</t>
   </si>
   <si>
     <t>Ata nº 2377 - 85ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
     <t>2378</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/1005/ata_2378.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/1005/ata_2378.docx</t>
   </si>
   <si>
     <t>Ata nº 2378 - 86ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
     <t>2379</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/1006/ata_2379.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/1006/ata_2379.docx</t>
   </si>
   <si>
     <t>Ata nº 2379 - 87ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
     <t>2380</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/1007/ata_2380.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/1007/ata_2380.docx</t>
   </si>
   <si>
     <t>Ata nº 2380 - 88ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
     <t>2381</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/1008/ata_2381.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/1008/ata_2381.docx</t>
   </si>
   <si>
     <t>Ata nº 2381 - 89ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
     <t>2382</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/1009/ata_2382.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/1009/ata_2382.docx</t>
   </si>
   <si>
     <t>Ata nº 2382 - 90ª sessão ordinária, do 1º período legislativo, da 14ª legislatura</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
     <t>2383</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/1010/ata_2383.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/1010/ata_2383.docx</t>
   </si>
   <si>
     <t>Ata nº 2383 - 91ª sessão ordinária, do 1º período legislativo, da 14ª legislatura.</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
     <t>2384</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/1011/ata_2384.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/1011/ata_2384.docx</t>
   </si>
   <si>
     <t>Ata nº 2384 - 92ª sessão ordinária, do 1º período legislativo, da 14ª legislatura.</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
     <t>2385</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/1012/ata_2385_extra.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/1012/ata_2385_extra.docx</t>
   </si>
   <si>
     <t>Ata nº 2385 - 07ª sessão extraordinária, do 1º período legislativo, da 14ª legislatura.</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
     <t>2386</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/1013/ata_2386_extra.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/1013/ata_2386_extra.docx</t>
   </si>
   <si>
     <t>Ata nº 2386 - 08ª sessão extraordinária, do 1º período legislativo, da 14ª legislatura.</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
     <t>2387</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/1014/ata_2387_extra.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/1014/ata_2387_extra.docx</t>
   </si>
   <si>
     <t>Ata nº 2387 - 09ª sessão extraordinária, do 1º período legislativo, da 14ª legislatura.</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
     <t>2388</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/1015/ata_2388.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/1015/ata_2388.docx</t>
   </si>
   <si>
     <t>Ata nº 2388 - 93ª sessão ordinária, do 1º período legislativo, da 14ª legislatura.</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
     <t>2389</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/1016/ata_2389_extra.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/1016/ata_2389_extra.docx</t>
   </si>
   <si>
     <t>Ata nº 2389 - 10ª sessão extraordinária, do 1º período legislativo, da 14ª legislatura.</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Projeto de Lei</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/606/pl_001-2022_-_revisao_termo_de_cooperacao_apae.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/606/pl_001-2022_-_revisao_termo_de_cooperacao_apae.doc</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 001/2022 - ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 2.329/2017, QUE AUTORIZA O MUNICÍPIO DE SCHROEDER A CELEBRAR TERMO DE COLABORAÇÃO COM A ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE JARAGUÁ DO SUL COM FUNDAMENTO NA LEI FEDERAL N° 13.019/2014.</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/607/pl_002-2017_-_revisao_contribuicao_clube_dos_idosos.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/607/pl_002-2017_-_revisao_contribuicao_clube_dos_idosos.doc</t>
   </si>
   <si>
     <t>PROJETO DE LEI Nº 2/2022 - ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 2.330/2017, QUE AUTORIZA O MUNICÍPIO DE SCHROEDER A CELEBRAR TERMO DE FOMENTO COM O CLUBE DOS IDOSOS DE SCHROEDER NOS MOLDES DA LEI FEDERAL N°13.019/2014.</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/623/pl_003-2022_-_criacao_e_denominacao_de_ruas.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/623/pl_003-2022_-_criacao_e_denominacao_de_ruas.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO, DENOMINAÇÃO E CLASSIFICAÇÃO DAS RUAS DE Nº 197 - RUA NELCI ENGELMANN E 198 - RUA WILLY JUNGTON, LOCALIZADAS NO LOTEAMENTO RESIDENCIAL BARÃO  SITUADO NA MATRÍCULA N° 25.809 DA COMARCA DE GUARAMIRIM DE PROPRIEDADE DE LOTEAMENTO BARÃO SPE LTDA., LOCALIZADO NA RUA BARÃO DO RIO BRANCO, NO MUNICÍPIO DE SCHROEDER</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/624/pl_004-2022_-_ratificacao_do_protocolo_de_intencoes_da_aris.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/624/pl_004-2022_-_ratificacao_do_protocolo_de_intencoes_da_aris.docx</t>
   </si>
   <si>
     <t>ALTERA O PROTOCOLO DE INTENÇÕES DO CONSÓRCIO PÚBLICO DENOMINADO DE AGÊNCIA REGULADORA INTERMUNICIPAL DE SANEAMENTO (ARIS), ANEXO DA LEI Nº 1.821/2010 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/625/pl_005-2022_-_ratificacao_do_protocolo_de_intencoes_do_ciga.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/625/pl_005-2022_-_ratificacao_do_protocolo_de_intencoes_do_ciga.docx</t>
   </si>
   <si>
     <t>RATIFICA AS ALTERAÇÕES REALIZADAS NO PROTOCOLO DE INTENÇÕES, CONSUBSTANCIADO NO CONTRATO DE CONSÓRCIO PÚBLICO DO CONSÓRCIO DE INOVAÇÃO NA GESTÃO PÚBLICA (CIGA), E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/626/pl_006-2022_-_suplementacao_especial.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/626/pl_006-2022_-_suplementacao_especial.doc</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO DO MUNICÍPIO DE SCHROEDER NO VALOR DE R$ 18.278,00 (DEZOITO MIL E DUZENTOS E SETENTA E OITO REAIS)”.</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/644/pl_007-2022_-_proerd.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/644/pl_007-2022_-_proerd.doc</t>
   </si>
   <si>
     <t>DEU ENTRADA PROJETO DE LEI Nº 7/2022 -  AUTORIZA O PODER PÚBLICO MUNICIPAL A COMPRAR E DOAR 245 (DUZENTOS E QUARENTA E CINCO) LEÕES MASCOTES PARA O PROGRAMA EDUCACIONAL DE RESISTÊNCIA ÀS DROGAS E À VIOLÊNCIA - PROERD/DARE, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/643/pl_008_-_2022_-_municao_e_spray_de_pimenta_-_policia_militar.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/643/pl_008_-_2022_-_municao_e_spray_de_pimenta_-_policia_militar.doc</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE SCHROEDER A REPASSAR AUXÍLIO PARA O FUNDO DE MELHORIA DA POLÍCIA MILITAR DO ESTADO DE SANTA CATARINA – FUMPOM, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/642/pl_009_-_2022_-_pura_poesia.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/642/pl_009_-_2022_-_pura_poesia.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER PÚBLICO MUNICIPAL A REALIZAR O 16º CONCURSO DE DECLAMAÇÃO DE POESIAS - PURA POESIA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/666/pl_010_-_2022_-_convenio_apae-aguas_de_schroeder.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/666/pl_010_-_2022_-_convenio_apae-aguas_de_schroeder.doc</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICIPIO DE SCHROEDER A CELEBRAR CONVÊNIO  COM A ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE SCHROEDER - APAE SCHROEDER PARA AUTORIZAR COBRANÇA NA CONTRIBUIÇÃO FINANCEIRA ESPONTANEA EM FATURA DE ÁGUA.</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/664/pl_011_-_2022_-_diagnostico_socioambiental.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/664/pl_011_-_2022_-_diagnostico_socioambiental.doc</t>
   </si>
   <si>
     <t>APROVA O DIAGNÓSTICO SOCIOAMBIENTAL DO MUNICÍPIO DE SCHROEDER.</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/668/pl_012-2022_-_alteracao_vale_alimentacao.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/668/pl_012-2022_-_alteracao_vale_alimentacao.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER O AUXILIO ALIMENTAÇÃO AOS SERVIDORES PÚBLICOS MUNICIPAIS</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/669/pl_013-2022_-_revisao_geral_anual_agentes_politicos.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/669/pl_013-2022_-_revisao_geral_anual_agentes_politicos.doc</t>
   </si>
   <si>
     <t>DEFINE E APLICA VALOR PERCENTUAL PARA REVISAO GERAL ANUAL DOS SUBSIDIOS DE AGENTES POLITICOS DO MUNICIPIO DE SCHROEDER</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/667/pl_014-2022_-_ldo_2023.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/667/pl_014-2022_-_ldo_2023.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE 2023 E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/684/pl_015-2022_-_suplementacao_especial_brde.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/684/pl_015-2022_-_suplementacao_especial_brde.docx</t>
   </si>
   <si>
     <t>QUE AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO DO MUNICIPIO DE SCHROEDER NO VALOR DE R$ 42.496,52.</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/685/pl_016-2022_-_proagro.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/685/pl_016-2022_-_proagro.docx</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI Nº 1.799/2010, QUE CRIA O PROGRAMA MUNICIPAL DE APOIO A AGRICULTURA E PECUÁRIA DO MUNICIPIO DE SCHROEDER, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/686/pl_017-2022_-_cessao_servidores.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/686/pl_017-2022_-_cessao_servidores.doc</t>
   </si>
   <si>
     <t>AUTORIZA A CESSÃO E PERMUTA DE SERVIDORES PÚBLICOS, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/689/pl_018-2022_-_suplementacao_especial_pm.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/689/pl_018-2022_-_suplementacao_especial_pm.docx</t>
   </si>
   <si>
     <t>AUTORIZA ABERTURA DE CRÉDITO ADICIONAL ESPECIAL DO ORÇAMENTO DO MUNICIPIO DE SCHROEDER NO VALOR DE R$ 10.281,80 (DEZ MIL E DUZENTOS E OITENTA E UM REAIS E OITENTA CENTAVOS).</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/690/pl_019-2022_-_crianca_em_danca.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/690/pl_019-2022_-_crianca_em_danca.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER PÚBLICO MUNICIPAL A REALIZAR O 16º CRIANÇA EM DANÇA, E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/692/pl_020-2022_-_suplementacao_especial_precatorio.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/692/pl_020-2022_-_suplementacao_especial_precatorio.docx</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO DO MUNICÍPIO DE SCHROEDER NO VALOR DE R$ 172.349,15 (CENTO E SETENTA E DOIS MIL E TREZENTOS E QUARENTA E NOVE REAIS E QUINZE CENTAVOS)”.</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/691/pl_021-2022_-_afastamento_servidora_sueli_krogel_dorn.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/691/pl_021-2022_-_afastamento_servidora_sueli_krogel_dorn.doc</t>
   </si>
   <si>
     <t>CONCEDE LICENÇA SEM REMUNERAÇÃO À SERVIDORA SUELI KROGEL DORN, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/694/pl_022-2022_-_aumento_repasse_bombeiros.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/694/pl_022-2022_-_aumento_repasse_bombeiros.doc</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 2.335/2017 QUE AUTORIZA O MUNICIPIO DE SCHROEDER A CELEBRAR O TERMO DE FOMENTO COM A ASSOCIAÇÃO DE SERVIÇOS SOCIAIS VOLUNTARIOS DE SCHROEDER- BOMBEIROS VOLUNTARIOS COM FUNDAMENTO NA LEI FEDERAL Nº 13.019/2014.</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/693/pl_023-2022_-_renumeracao_da_rua_capanema.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/693/pl_023-2022_-_renumeracao_da_rua_capanema.docx</t>
   </si>
   <si>
     <t>ALTERA A EMENTA E DISPOSITIVO  DA LEI Nº 2.542, DE 31 DE AGOSTO DE 2021, E DISPOSITIVO DA LEI Nº 2.551, DE 13 DE OUTUBRO DE 2021.</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/707/pl_024-2022_-_suplementacao_fms.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/707/pl_024-2022_-_suplementacao_fms.doc</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR AO ORÇAMENTO DO MUNICÍPIO DE SCHROEDER NO VALOR DE R$ 203.000,00 (DUZENTOS E TRÊS MIL REAIS).</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/708/pl_025-2022_-_reestrutura_o_servico_de_inspecao_municipal.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/708/pl_025-2022_-_reestrutura_o_servico_de_inspecao_municipal.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O SERVIÇO DE INSPEÇÃO MUNICIPAL E AS NORMAS DE INSPEÇÃO SANITÁRIA E INDUSTRIAL EM ESTABELECIMENTOS DE PRODUTOS DE ORIGEM ANIMAL E DE BEBIDAS, NO MUNICÍPIO DE SCHROEDER E DÁ OUTRAS PROVIDÊNCIAS”;</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/706/pl_026-2022_-_alteracao_estatuto_cigamvali.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/706/pl_026-2022_-_alteracao_estatuto_cigamvali.doc</t>
   </si>
   <si>
     <t>RATIFICA AS ALTERAÇÕES REALIZADAS NO ESTATUTO E NO PROTOCOLO DE INTENÇÕES DO CONSÓCIO INTERMUNICIPAL DE GESTÃO PÚBLICA DO VALE DO ITAPOCU – CIGAMVALI E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/709/pl_027-2022_-_qualificacao_de_os.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/709/pl_027-2022_-_qualificacao_de_os.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A QUALIFICAÇÃO DE ENTIDADES SEM FINS LUCRATIVOS COMO ORGANIZAÇÕES SOCIAIS.</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/754/pl_028-2022_-_suplementacao_camara.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/754/pl_028-2022_-_suplementacao_camara.doc</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR AO ORÇAMENTO DO MUNICÍPIO DE SCHROEDER NO VALOR DE R$ 110.000,00 (CENTO E DEZ MIL REAIS)</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/753/pl_029-2022_-_suplementacao_especial_telefonia.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/753/pl_029-2022_-_suplementacao_especial_telefonia.docx</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO DO MUNICÍPIO DE SCHROEDER NO VALOR DE R$ 8.032,50 (OITO MIL E TRINTA E DOIS REAIS E CINQUENTA CENTAVOS).</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/775/pl_030-2022_-_suplementacao_fms.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/775/pl_030-2022_-_suplementacao_fms.docx</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR AO ORÇAMENTO DO MUNICÍPIO DE SCHROEDER NO VALOR DE R$ 531.260,00 (QUINHENTOS E TRINTA E UM MIL, DUZENTOS E SESSENTA REAIS).</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/776/pl_031-2022_-_alteracao_cisnordeste.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/776/pl_031-2022_-_alteracao_cisnordeste.docx</t>
   </si>
   <si>
     <t>ALTERA O ART. 3º DA LEI Nº 1.372/2003, DE 26 DE AGOSTO DE 2003, QUE AUTORIZA O PODER EXECUTIVO MUNICIPAL A REALIZAR DESPESAS COM A MANUTENÇÃO DO CONSÓRCIO INTERMUNICIPAL DE SAÚDE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/828/pl_032-2022_-_loa_2023.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/828/pl_032-2022_-_loa_2023.doc</t>
   </si>
   <si>
     <t>ESTIMA A RECEITA E FIXA A DESPESA DO MUNICÍPIO DE SCHROEDER PARA O EXERCÍCIO DE 2023.</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/831/pl_033-2022_-_convenio_hospital_sao_jose.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/831/pl_033-2022_-_convenio_hospital_sao_jose.doc</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE SCHROEDER  A PRORROGAR CONVÊMIO COM A ASSOCIAÇÃO HOSPITALAR SÃO JOSÉ DE JARAGUÁ DO SUL".</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/834/pl_034-2022_-_institui_e_denomina_ruas_do_loteamento_vale_verde.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/834/pl_034-2022_-_institui_e_denomina_ruas_do_loteamento_vale_verde.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO, DENOMINAÇÃO E CLASSIFICAÇÃO DAS RUAS DE Nº 200 - RUA GERMANO GUSTAVO RISTAU, 201 - RUA AUGUSTE KANZLER RISTAU, 202 - RUA IVO RISTAU, 203 - RUA OSWALDO STEILEIN E 204 - RUA ALDO ROMEO PASOLD, LOCALIZADAS NO LOTEAMENTO RESIDENCIAL VERDE VALE SITUADO NA MATRÍCULA N° 26.599 DA COMARCA DE GUARAMIRIM DE PROPRIEDADE DE LAR IMÓVEIS JARAGUÁ LTDA., LOCALIZADO NA RUA MARECHAL CASTELO BRANCO, NO MUNICÍPIO DE SCHROEDER.</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/835/pl_035-2022_-_institui_e_denomina_ruas_do_loteamento_linda_kruger_jacobi.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/835/pl_035-2022_-_institui_e_denomina_ruas_do_loteamento_linda_kruger_jacobi.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REGULARIZAÇÃO, OFICIALIZAÇÃO, DENOMINAÇÃO E CLASSIFICAÇÃO DAS RUAS DE Nº 571 - RUA ELVIDIO LOPES DE VARGAS, 575 - RUA LINDA KRUGER JACOBI, RUA N° 572 - RUA BENEDITO GONÇALVES DA CRUZ E 577 - RUA PEDRO GROSSELLI, LOCALIZADAS NO LOTEAMENTO REGULARIZADO ATRAVÉS DO PROJETO DE REGULARIZAÇÃO FUNDIÁRIA DO GOVERNO DO ESTADO DE SANTA CATARINA “PROJETO LAR LEGAL” SITUADO NA MATRÍCULA N° 24.684 DA COMARCA DE GUARAMIRIM DE PROPRIEDADE DE LINDA KRUGER JACOBI (ESPÓLIO), LOCALIZADO NA RUA 504 - RIO DE JANEIRO, BAIRRO SCHROEDER I, NO MUNICÍPIO DE SCHROEDER.</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/836/pl_036-2022_-_denomina_rua_564_-erna_albrecht_daren.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/836/pl_036-2022_-_denomina_rua_564_-erna_albrecht_daren.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DENOMINAÇÃO DA RUA Nº 564 - ERNA ALBRECHT DAREN, SITUADA NA MATRÍCULA N° 30.585 DA COMARCA DE GUARAMIRIM DE PROPRIEDADE DE ALFREDO CARLOS DAREN, NO BAIRRO  SCHROEDER I, NO MUNICÍPIO DE SCHROEDER.</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
     <t>REVOGA O ART. 4º, §3º, DA LEI Nº 1.876, DE 20 DE DEZEMBRO DE 2011, QUE “INSTITUI A NOTA FISCAL ELETRÔNICA DE SERVIÇOS (NFS-E) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/848/pl_038-2022_-_torneio_de_verao_2023.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/848/pl_038-2022_-_torneio_de_verao_2023.doc</t>
   </si>
   <si>
     <t>AUTORIZA O PODER PÚBLICO MUNICIPAL A REALIZAR A COBRANÇA DE INGRESSOS E PAGAMENTO DE PRÊMIOS NO 29º TORNEIO DE VERÃO ABERTO DE FUTSAL, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/849/pl_039-2022_-_revisao_geral_anual_agentes_politicos_complementacao.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/849/pl_039-2022_-_revisao_geral_anual_agentes_politicos_complementacao.doc</t>
   </si>
   <si>
     <t>DEFINE E APLICA VALOR PERCENTUAL PARA COMPLEMENTAÇÃO DA REVISÃO GERAL ANUAL DOS SUBSÍDIOS DE AGENTES POLÍTICOS DO MUNICÍPIO DE SCHROEDER, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
     <t>QUE DISPÕE SOBRE A REGULARIZAÇÃO, OFICIALIZAÇÃO, DENOMINAÇÃO E CLASSIFICAÇÃO DA RUA DE Nº 576, LOCALIZADA NO LOTEAMENTO REGULARIZADO ATRAVÉS DO PROJETO DE REGULARIZAÇÃO FUNCIÁRIA DO GOVERNO DO ESTADO DE SANTA CATARINA "PROJETO LAR LEGAL" SITUADO NA MATRÍCULA Nº 20.310 DA COMARCA DE GUARAMIRIM DE PROPRIEDADE DE JOSÉ KNISS, LOCALIZADA NA RUA RIO DE JANEIRO, NO MUNICÍPIO DE SCHROEDER.</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
     <t>ALTERA O DISPOSTO DA LEI Nº1.520/2006, QUE DISÕE SOBRE TERMO DE COMPROMISSO ENTRE ENTES PÚBLICOS PARA UTILIZAÇÃO DO SERVIÇO DE ATENDIMENTO MÓVEL DE URGÊNCIA – SAMU-192 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE SCHROEDER A CELEBRAR CONVÊNIO COM A ASSOCIAÇÃO HOSPITALAR SÃO JOSÉ DE JARAGUÁ DO SUL – HOSPITAL SÃO JOSÉ – UNIDADE SCHROEDER.</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR AO ORÇAMENTO DO MUNICÍPIO DE SCHROEDER NO VALOR DE R$ 450.000,00 (QUATROCENTOS E CINQUENTA MIL REAIS).</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE SCHROEDER A CEDER TEMPORARIAMENTE SALAS PARA A SOCIEDADE CULTURA ARTÍSTICA – SCAR.</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/867/pl_045-2022_-_altera_ppa_2022-2025_e_ldo_2023.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/867/pl_045-2022_-_altera_ppa_2022-2025_e_ldo_2023.doc</t>
   </si>
   <si>
     <t>ALTERA OS ANEXOS DA LEI Nº 2.535/2021, DE 13 DE JULHO DE 2021 QUE DISPÕES SOBRE O PLANO PLURIANUAL DO MUNICIPIO DE SCHROEDER PARA O QUADRIÊNIO 2022/2025, E DA LEI Nº 2.602/2022, DE 5 DE AGOSTO DE 2022 QUE DISPÕE SOBRE AS DIRETRIZES ORÇAMENTÁRIAS PARA O EXERCÍCIO DE 2023</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/868/pl_046-2022_-_premiacoes_em_eventos_2023.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/868/pl_046-2022_-_premiacoes_em_eventos_2023.docx</t>
   </si>
   <si>
     <t>AUTORIZA O PODER PÚBLICO MUNICIPAL A REALIZAR COBRANÇA DE TAXA DE INSCRIÇÃO E CONCEDER PREMIAÇÃO NOS EVENTOS ESPORTIVOS DISCRIMINADOS, E DA OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/869/pl_047-2022_-_criacao_e_denominacao_de_ruas_loteamento_itoupava-acu.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/869/pl_047-2022_-_criacao_e_denominacao_de_ruas_loteamento_itoupava-acu.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REGULARIZAÇÃO, OFICIALIZAÇÃO, DENOMINAÇÃO E CLASSIFICAÇÃO DA RUA DE Nº 205, LOCALIZADA NO LOTEAMENTO REGULARIZADO ATRAVÉS DO PROJETO DE REGULARIZAÇÃO FUNDIÁRIA DO GOVERNO DO ESTADO DE SANTA CATARINA "PROJETO LAR LEGAL" SITUADO NA MATRÍCULA Nº 23.447 DA COMARCA DE GUARAMIRIM DE PROPRIEDADE DE OTÁVIO JOSÉ PETRI LOCALIZADA NA RUA 309 - OTTO ELERT, DISTANTE 600M DA ESQUINA COM A RUA 300 - 23 DE MARÇO BAIRRO ITOUPAVA-AÇU NO MUNICIPIO DE SCHROEDER.</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/865/pl_048-2022_-_suplementacao_camara.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/865/pl_048-2022_-_suplementacao_camara.doc</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR AO ORÇAMENTO DO MUNICÍPIO DE SCHROEDER NO VALOR DE R$ 292.260,00 (DUZENTOS E NOVENTA E DOIS MIL E DUZENTOS E SESSENTA REAIS).</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/866/pl_049-2022_-_repasse_bombeiros.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/866/pl_049-2022_-_repasse_bombeiros.doc</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICIPIO DE SCHROEDER A CELEBRAR TERMO DE FOMENTO COM A ASSOCIAÇÃO DE SERVIÇOS SOCIAIS VOLUNTÁRIOS DE SCHROEDER - BOMBEIROS VOLUNTÁRIOS DE SCHROEDER.</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE SCHROEDER A CELEBRAR CONVÊNIO COM A ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE JARAGUÁ DO SUL.</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 2.329/2017, QUE AUTORIZA O MUNICÍPIO DE SCHROEDER A CELEBRAR TERMO DE COLABORAÇÃO COM A ASSOCIAÇÃO DE PAIS E AMIGOS DOS EXCEPCIONAIS DE JARAGUÁ DO SUL COM FUNDAMENTO NA LEI FEDERAL N° 13.019/2014”.</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
     <t>AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR AO ORÇAMENTO DO MUNICÍPIO DE SCHROEDER NO VALOR DE R$ 632.700,00 (SEISCENTOS E TRINTA E DOIS MIL E SETECENTOS REAIS)”.</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/885/pl_053-2022_-_gratificacao_natalina_.pdf</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/885/pl_053-2022_-_gratificacao_natalina_.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL A CONCEDER GRATIFICAÇÃO NATALINA</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/591/pll_001-2022_-_legislativo_-_vereadora_ana.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/591/pll_001-2022_-_legislativo_-_vereadora_ana.docx</t>
   </si>
   <si>
     <t>ACRESCENTA E ALTERA DISPOSITIVOS DA LEI MUNICIPAL N. 2.381, DE 13 DE NOVEMBRO DE 2018.</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/622/pll_002-2022_-_legislativo_-_vereador_eroldo.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/622/pll_002-2022_-_legislativo_-_vereador_eroldo.docx</t>
   </si>
   <si>
     <t>ESTABELECE A OBRIGATORIEDADE DE IDENTIFICAÇÃO VISUAL NOS VEÍCULOS E MÁQUINAS QUE PRESTAM SERVIÇOS AO MUNICÍPIO DE SCHROEDER E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/621/pll_003-2022_-_legislativo_-_vereador_eroldo.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/621/pll_003-2022_-_legislativo_-_vereador_eroldo.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A PROIBIÇÃO DO USO DE FOGOS DE ARTIFÍCIOS, FOGUETES E OUTROS ARTEFATOS PIROTÉCNICOS COM EFEITO SONORO NO MUNICÍPIO DE SCHROEDER.</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/673/pll_004-2022_-_legislativo_-_revisao_vereador.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/673/pll_004-2022_-_legislativo_-_revisao_vereador.docx</t>
   </si>
   <si>
     <t>DEFINE E APLICA VALOR PERCENTUAL PARA REVISÃO GERAL ANUAL DOS SUBSÍDIOS DE AGENTES POLÍTICOS DO MUNICÍPIO DE SCHROEDER, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A OBRIGATORIEDADE DO CONSERTO DOS BURACOS E VALAS ABERTAS NAS VIAS E PASSEIOS PÚBLICOS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/712/pll_006-2022_-_legislativo_-_vereadora_ana.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/712/pll_006-2022_-_legislativo_-_vereadora_ana.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A INSTITUIÇÃO NO MUNICÍPIO DE SCHROEDER DO “DIA DA BANANA” E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/715/pll_no_007-2022_-_legislativo_-_vereador_adriano.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/715/pll_no_007-2022_-_legislativo_-_vereador_adriano.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A TRANSMISSÃO AO VIVO, VIA INTERNET, DE TODAS AS LICITAÇÕES REALIZADAS NOS PODERES EXECUTIVO E LEGISLATIVO DO MUNICÍPIO DE SCHROEDER</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/780/pll_008-2022_-_legislativo_-_vereadora_ana_biblioteca.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/780/pll_008-2022_-_legislativo_-_vereadora_ana_biblioteca.docx</t>
   </si>
   <si>
     <t>DENOMINA "BIBLIOTECA ESCOLAR IGOR VIERGUTZ" E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/838/pll_009-2022_-_legislativo_-_vereadora_ana.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/838/pll_009-2022_-_legislativo_-_vereadora_ana.docx</t>
   </si>
   <si>
     <t>DISPÕE SOBRE GARANTIA DE PRIORIDADE DE VAGA EM CRECHE OU CENTRO DE EDUCAÇÃO INFANTIL PARA FILHOS OU DEPENDENTES DE MULHER VÍTIMA DE VIOLÊNCIA DOMÉSTICA NO MUNICÍPIO DE SCHROEDER, SC, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/858/pll_010-2022_-_legislativo_-_revisao_vereador.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/858/pll_010-2022_-_legislativo_-_revisao_vereador.docx</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
     <t>Autoriza o poder legislativo municipal a conceder gratificação natalina.</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
     <t>PLLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar do Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/663/pllc_001-2022_-_altera_a_lc_201-2017.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/663/pllc_001-2022_-_altera_a_lc_201-2017.doc</t>
   </si>
   <si>
     <t>ALTERA O ANEXO I DA LEI COMPLEMENTAR NO 201/2017, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/672/pllc_002-2022_-_legislativo_-_revisao.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/672/pllc_002-2022_-_legislativo_-_revisao.docx</t>
   </si>
   <si>
     <t>DEFINE E APLICA VALOR PERCENTUAL PARA REVISÃO GERAL ANUAL AOS SERVIDORES DO PODER LEGISLATIVO MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/857/pllc_003-2022_-_legislativo_-_revisao_complementacao.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/857/pllc_003-2022_-_legislativo_-_revisao_complementacao.docx</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -4060,67 +4060,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/665/plc_001-2022_-_altera_cargos_esf.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/670/pllc_002-2022_-_legislativo_-_revisao.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/671/plc_003-2022_-_piso_magisterio.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/710/plc_004-2022_-_alteracao_plano_de_cargos_educacao.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/711/plc_005-2022_-_alteracao_plano_de_cargos_geral.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/721/plc_006-2022_-_altera_anexo_agentes_comunitarios.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/722/plc_007-2022_-_plano_diretor.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/752/plc_008-2022_-_alteracao_plano_de_cargos_geral.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/827/plc_009-2022_-_estrutura_poder_executivo.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/851/plc_010-2022_-_alteracao_vagas_professor_c.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/850/plc_011-2022_-_revisao_geral_anual_-_complementacao.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/674/resolucao_001-2022_-_altera_auxilio_alimentacao_1.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/815/emenda_008_pl_025-2022_-_modificativa.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/812/emenda_010_plc_007-2022_-_aditiva.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/813/emenda_011_plc_007-2022_-_modificativa.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/814/emenda_012_plc_007-2022_-_modificativa.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/592/ind_01.22.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/593/ind_02.22.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/594/ind_03.22.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/596/ind_05.22.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/597/ind_06.22.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/598/ind_07.22.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/599/ind_08.22.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/600/ind_09.22.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/601/ind_10.22.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/602/ind_11.22.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/603/ind_12.22.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/604/ind_13.22.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/608/ind_14.22.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/609/ind_15.22.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/610/ind_16.22.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/611/ind_17.22.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/613/ind_18.22.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/614/ind_19.22.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/615/ind_20.22.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/617/ind_22.22.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/618/ind_23.22.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/619/ind_24.22.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/620/ind_25.22.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/627/ind_26.22.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/628/ind_27.22.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/629/ind_28.22.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/631/ind_30.22.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/632/ind_31.22.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/633/ind_32.22.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/634/ind_33.22.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/635/ind_34.22.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/636/ind_35.22.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/637/ind_36.22.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/638/ind_37.22.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/639/ind_38.22.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/640/ind_39.22.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/645/ind_40.22.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/646/ind_41.22.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/647/ind_42.22.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/648/ind_43.22.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/649/ind_44.22.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/650/ind_45.22.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/651/ind_46.22.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/652/ind_47.22.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/653/ind_48.22.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/654/ind_49.22.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/655/ind_50.22.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/656/ind_51.22.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/657/ind_52.22.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/658/ind_53.22.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/659/ind_54.22.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/660/ind_55.22.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/661/ind_56.22.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/662/ind_57.22.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/675/ind_58.22.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/676/ind_59.22.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/677/ind_60.22.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/678/ind_61.22.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/679/ind_62.22.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/680/ind_63.22.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/681/ind_64.22.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/682/ind_65.22.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/683/ind_66.22.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/687/ind_67.22.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/688/ind_68.22.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/695/ind_69.22.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/696/ind_70.22.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/697/ind_71.22.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/698/ind_72.22.docx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/699/ind_73.22.docx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/755/ind_74.22.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/756/ind_75.22.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/757/ind_76.22.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/759/ind_78.22.docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/760/ind_79.22.docx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/762/ind_81.22.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/763/ind_82.22.docx" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/764/ind_83.22.docx" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/765/ind_84.22.docx" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/766/ind_85.22.docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/767/ind_86.22.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/768/ind_87.22.docx" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/769/ind_88.22.docx" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/770/ind_89.22.docx" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/771/ind_90.22.docx" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/772/ind_91.22.docx" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/773/ind_92.22.docx" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/774/ind_93.22.docx" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/777/ind_94.22.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/778/ind_95.22.docx" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/779/ind_96.22.docx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/781/ind_97.22.docx" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/782/ind_98.22.docx" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/783/ind_99.22.docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/784/ind_100.22.docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/785/ind_101.22.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/786/ind_102.22.docx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/787/ind_103.22.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/788/ind_104.22.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/789/ind_105.22.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/790/ind_106.22.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/791/ind_107.22.docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/792/ind_108.22.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/793/ind_109.22.docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/794/ind_110.22.docx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/795/ind_111.22.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/797/ind_113.22.docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/798/ind_114.22.docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/799/ind_115.22.docx" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/800/ind_116.22.docx" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/801/ind_117.22.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/802/ind_118.22.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/803/ind_119.22.docx" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/804/ind_120.22.docx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/805/ind_121.22.docx" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/806/ind_122.22.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/807/ind_123.22.docx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/808/ind_125.22.docx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/809/ind_125.22.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/810/ind_126.22.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/816/ind_127.22.docx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/817/ind_128.22.docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/818/ind_129.22.docx" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/819/ind_130.22.docx" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/820/ind_131.22.docx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/821/ind_132.22.docx" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/822/ind_133.22.docx" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/823/ind_134.22.docx" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/824/ind_135.22.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/825/ind_136.22.docx" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/830/ind_137.22.docx" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/829/ind_138.22.docx" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/832/ind_139.22.docx" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/833/ind_140.22.docx" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/839/ind_141.22.docx" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/840/ind_142.22.docx" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/841/ind_143.22.docx" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/842/ind_144.22.docx" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/843/ind_145.22.docx" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/852/ind_146.22.docx" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/853/ind_147.22.docx" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/854/ind_148.22.docx" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/855/ind_149.22.docx" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/859/ind_150.22.docx" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/860/ind_151.22.docx" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/861/ind_152.22.docx" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/862/ind_153.22.docx" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/863/ind_154.22.docx" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/864/ind_155.22.docx" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/870/ind_156.22.docx" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/871/ind_157.22.docx" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/872/ind_158.22.docx" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/873/ind_159.22.docx" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/874/ind_160.22.docx" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/875/ind_161.22.docx" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/876/ind_162.22.docx" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/877/ind_163.22.docx" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/890/ind_164.22.docx" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/891/ind_165.22.docx" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/892/ind_166.22.docx" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/893/ind_167.22.docx" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/894/ind_168.22.docx" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/641/mocao_01.docx" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/826/ata_2336.docx" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/844/ata_2337.docx" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/845/ata_2338.docx" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/846/ata_2339.docx" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/886/ata_2341.docx" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/887/ata_2342.docx" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/895/ata_2343.docx" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/896/ata_2344.docx" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/897/ata_2345_solene_mirins.docx" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/898/ata_2346.docx" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/899/ata_2347.docx" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/900/ata_2348.docx" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/901/ata_2349.docx" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/902/ata_2350.docx" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/904/ata_2352.docx" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/905/ata_2353.docx" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/906/ata_2354.docx" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/907/ata_2355.docx" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/908/ata_2356.docx" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/909/ata_2357.docx" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/910/ata_2358.docx" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/911/ata_2359.docx" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/912/ata_2360.docx" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/913/ata_2361.docx" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/914/ata_2362.docx" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/915/ata_2363.docx" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/916/ata_2364.docx" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/917/ata_2365.docx" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/918/ata_2366_extra.docx" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/919/ata_2367.docx" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/920/ata_2368.docx" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/921/ata_2369.docx" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/922/ata_2370.docx" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/923/ata_2371_extra.docx" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/925/ata_2373.docx" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/926/ata_2374.docx" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/927/ata_2375_extra.docx" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/928/ata_2376.docx" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/1004/ata_2377.docx" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/1005/ata_2378.docx" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/1006/ata_2379.docx" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/1007/ata_2380.docx" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/1008/ata_2381.docx" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/1009/ata_2382.docx" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/1010/ata_2383.docx" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/1011/ata_2384.docx" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/1012/ata_2385_extra.docx" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/1013/ata_2386_extra.docx" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/1014/ata_2387_extra.docx" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/1015/ata_2388.docx" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/1016/ata_2389_extra.docx" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/606/pl_001-2022_-_revisao_termo_de_cooperacao_apae.doc" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/607/pl_002-2017_-_revisao_contribuicao_clube_dos_idosos.doc" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/623/pl_003-2022_-_criacao_e_denominacao_de_ruas.doc" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/624/pl_004-2022_-_ratificacao_do_protocolo_de_intencoes_da_aris.docx" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/625/pl_005-2022_-_ratificacao_do_protocolo_de_intencoes_do_ciga.docx" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/626/pl_006-2022_-_suplementacao_especial.doc" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/644/pl_007-2022_-_proerd.doc" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/643/pl_008_-_2022_-_municao_e_spray_de_pimenta_-_policia_militar.doc" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/642/pl_009_-_2022_-_pura_poesia.doc" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/666/pl_010_-_2022_-_convenio_apae-aguas_de_schroeder.doc" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/664/pl_011_-_2022_-_diagnostico_socioambiental.doc" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/668/pl_012-2022_-_alteracao_vale_alimentacao.doc" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/669/pl_013-2022_-_revisao_geral_anual_agentes_politicos.doc" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/667/pl_014-2022_-_ldo_2023.doc" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/684/pl_015-2022_-_suplementacao_especial_brde.docx" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/685/pl_016-2022_-_proagro.docx" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/686/pl_017-2022_-_cessao_servidores.doc" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/689/pl_018-2022_-_suplementacao_especial_pm.docx" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/690/pl_019-2022_-_crianca_em_danca.docx" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/692/pl_020-2022_-_suplementacao_especial_precatorio.docx" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/691/pl_021-2022_-_afastamento_servidora_sueli_krogel_dorn.doc" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/694/pl_022-2022_-_aumento_repasse_bombeiros.doc" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/693/pl_023-2022_-_renumeracao_da_rua_capanema.docx" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/707/pl_024-2022_-_suplementacao_fms.doc" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/708/pl_025-2022_-_reestrutura_o_servico_de_inspecao_municipal.docx" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/706/pl_026-2022_-_alteracao_estatuto_cigamvali.doc" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/709/pl_027-2022_-_qualificacao_de_os.doc" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/754/pl_028-2022_-_suplementacao_camara.doc" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/753/pl_029-2022_-_suplementacao_especial_telefonia.docx" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/775/pl_030-2022_-_suplementacao_fms.docx" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/776/pl_031-2022_-_alteracao_cisnordeste.docx" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/828/pl_032-2022_-_loa_2023.doc" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/831/pl_033-2022_-_convenio_hospital_sao_jose.doc" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/834/pl_034-2022_-_institui_e_denomina_ruas_do_loteamento_vale_verde.doc" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/835/pl_035-2022_-_institui_e_denomina_ruas_do_loteamento_linda_kruger_jacobi.doc" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/836/pl_036-2022_-_denomina_rua_564_-erna_albrecht_daren.doc" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/848/pl_038-2022_-_torneio_de_verao_2023.doc" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/849/pl_039-2022_-_revisao_geral_anual_agentes_politicos_complementacao.doc" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/867/pl_045-2022_-_altera_ppa_2022-2025_e_ldo_2023.doc" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/868/pl_046-2022_-_premiacoes_em_eventos_2023.docx" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/869/pl_047-2022_-_criacao_e_denominacao_de_ruas_loteamento_itoupava-acu.doc" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/865/pl_048-2022_-_suplementacao_camara.doc" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/866/pl_049-2022_-_repasse_bombeiros.doc" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/885/pl_053-2022_-_gratificacao_natalina_.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/591/pll_001-2022_-_legislativo_-_vereadora_ana.docx" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/622/pll_002-2022_-_legislativo_-_vereador_eroldo.docx" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/621/pll_003-2022_-_legislativo_-_vereador_eroldo.docx" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/673/pll_004-2022_-_legislativo_-_revisao_vereador.docx" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/712/pll_006-2022_-_legislativo_-_vereadora_ana.docx" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/715/pll_no_007-2022_-_legislativo_-_vereador_adriano.docx" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/780/pll_008-2022_-_legislativo_-_vereadora_ana_biblioteca.docx" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/838/pll_009-2022_-_legislativo_-_vereadora_ana.docx" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/858/pll_010-2022_-_legislativo_-_revisao_vereador.docx" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/663/pllc_001-2022_-_altera_a_lc_201-2017.doc" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/672/pllc_002-2022_-_legislativo_-_revisao.docx" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/857/pllc_003-2022_-_legislativo_-_revisao_complementacao.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/665/plc_001-2022_-_altera_cargos_esf.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/670/pllc_002-2022_-_legislativo_-_revisao.docx" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/671/plc_003-2022_-_piso_magisterio.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/710/plc_004-2022_-_alteracao_plano_de_cargos_educacao.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/711/plc_005-2022_-_alteracao_plano_de_cargos_geral.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/721/plc_006-2022_-_altera_anexo_agentes_comunitarios.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/722/plc_007-2022_-_plano_diretor.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/752/plc_008-2022_-_alteracao_plano_de_cargos_geral.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/827/plc_009-2022_-_estrutura_poder_executivo.docx" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/851/plc_010-2022_-_alteracao_vagas_professor_c.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/850/plc_011-2022_-_revisao_geral_anual_-_complementacao.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/674/resolucao_001-2022_-_altera_auxilio_alimentacao_1.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/815/emenda_008_pl_025-2022_-_modificativa.docx" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/812/emenda_010_plc_007-2022_-_aditiva.docx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/813/emenda_011_plc_007-2022_-_modificativa.docx" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/814/emenda_012_plc_007-2022_-_modificativa.docx" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/592/ind_01.22.docx" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/593/ind_02.22.docx" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/594/ind_03.22.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/596/ind_05.22.docx" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/597/ind_06.22.docx" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/598/ind_07.22.docx" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/599/ind_08.22.docx" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/600/ind_09.22.docx" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/601/ind_10.22.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/602/ind_11.22.docx" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/603/ind_12.22.docx" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/604/ind_13.22.docx" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/608/ind_14.22.docx" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/609/ind_15.22.docx" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/610/ind_16.22.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/611/ind_17.22.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/613/ind_18.22.docx" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/614/ind_19.22.docx" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/615/ind_20.22.docx" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/617/ind_22.22.docx" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/618/ind_23.22.docx" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/619/ind_24.22.docx" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/620/ind_25.22.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/627/ind_26.22.docx" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/628/ind_27.22.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/629/ind_28.22.docx" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/631/ind_30.22.docx" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/632/ind_31.22.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/633/ind_32.22.docx" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/634/ind_33.22.docx" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/635/ind_34.22.docx" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/636/ind_35.22.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/637/ind_36.22.docx" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/638/ind_37.22.docx" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/639/ind_38.22.docx" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/640/ind_39.22.docx" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/645/ind_40.22.docx" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/646/ind_41.22.docx" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/647/ind_42.22.docx" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/648/ind_43.22.docx" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/649/ind_44.22.docx" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/650/ind_45.22.docx" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/651/ind_46.22.docx" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/652/ind_47.22.docx" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/653/ind_48.22.docx" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/654/ind_49.22.docx" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/655/ind_50.22.docx" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/656/ind_51.22.docx" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/657/ind_52.22.docx" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/658/ind_53.22.docx" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/659/ind_54.22.docx" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/660/ind_55.22.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/661/ind_56.22.docx" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/662/ind_57.22.docx" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/675/ind_58.22.docx" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/676/ind_59.22.docx" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/677/ind_60.22.docx" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/678/ind_61.22.docx" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/679/ind_62.22.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/680/ind_63.22.docx" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/681/ind_64.22.docx" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/682/ind_65.22.docx" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/683/ind_66.22.docx" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/687/ind_67.22.docx" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/688/ind_68.22.docx" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/695/ind_69.22.docx" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/696/ind_70.22.docx" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/697/ind_71.22.docx" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/698/ind_72.22.docx" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/699/ind_73.22.docx" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/755/ind_74.22.docx" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/756/ind_75.22.docx" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/757/ind_76.22.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/759/ind_78.22.docx" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/760/ind_79.22.docx" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/762/ind_81.22.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/763/ind_82.22.docx" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/764/ind_83.22.docx" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/765/ind_84.22.docx" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/766/ind_85.22.docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/767/ind_86.22.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/768/ind_87.22.docx" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/769/ind_88.22.docx" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/770/ind_89.22.docx" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/771/ind_90.22.docx" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/772/ind_91.22.docx" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/773/ind_92.22.docx" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/774/ind_93.22.docx" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/777/ind_94.22.docx" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/778/ind_95.22.docx" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/779/ind_96.22.docx" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/781/ind_97.22.docx" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/782/ind_98.22.docx" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/783/ind_99.22.docx" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/784/ind_100.22.docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/785/ind_101.22.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/786/ind_102.22.docx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/787/ind_103.22.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/788/ind_104.22.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/789/ind_105.22.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/790/ind_106.22.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/791/ind_107.22.docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/792/ind_108.22.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/793/ind_109.22.docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/794/ind_110.22.docx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/795/ind_111.22.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/797/ind_113.22.docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/798/ind_114.22.docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/799/ind_115.22.docx" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/800/ind_116.22.docx" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/801/ind_117.22.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/802/ind_118.22.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/803/ind_119.22.docx" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/804/ind_120.22.docx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/805/ind_121.22.docx" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/806/ind_122.22.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/807/ind_123.22.docx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/808/ind_125.22.docx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/809/ind_125.22.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/810/ind_126.22.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/816/ind_127.22.docx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/817/ind_128.22.docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/818/ind_129.22.docx" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/819/ind_130.22.docx" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/820/ind_131.22.docx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/821/ind_132.22.docx" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/822/ind_133.22.docx" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/823/ind_134.22.docx" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/824/ind_135.22.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/825/ind_136.22.docx" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/830/ind_137.22.docx" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/829/ind_138.22.docx" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/832/ind_139.22.docx" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/833/ind_140.22.docx" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/839/ind_141.22.docx" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/840/ind_142.22.docx" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/841/ind_143.22.docx" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/842/ind_144.22.docx" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/843/ind_145.22.docx" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/852/ind_146.22.docx" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/853/ind_147.22.docx" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/854/ind_148.22.docx" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/855/ind_149.22.docx" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/859/ind_150.22.docx" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/860/ind_151.22.docx" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/861/ind_152.22.docx" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/862/ind_153.22.docx" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/863/ind_154.22.docx" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/864/ind_155.22.docx" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/870/ind_156.22.docx" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/871/ind_157.22.docx" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/872/ind_158.22.docx" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/873/ind_159.22.docx" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/874/ind_160.22.docx" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/875/ind_161.22.docx" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/876/ind_162.22.docx" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/877/ind_163.22.docx" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/890/ind_164.22.docx" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/891/ind_165.22.docx" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/892/ind_166.22.docx" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/893/ind_167.22.docx" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/894/ind_168.22.docx" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/641/mocao_01.docx" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/826/ata_2336.docx" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/844/ata_2337.docx" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/845/ata_2338.docx" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/846/ata_2339.docx" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/886/ata_2341.docx" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/887/ata_2342.docx" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/895/ata_2343.docx" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/896/ata_2344.docx" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/897/ata_2345_solene_mirins.docx" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/898/ata_2346.docx" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/899/ata_2347.docx" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/900/ata_2348.docx" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/901/ata_2349.docx" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/902/ata_2350.docx" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/904/ata_2352.docx" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/905/ata_2353.docx" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/906/ata_2354.docx" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/907/ata_2355.docx" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/908/ata_2356.docx" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/909/ata_2357.docx" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/910/ata_2358.docx" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/911/ata_2359.docx" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/912/ata_2360.docx" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/913/ata_2361.docx" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/914/ata_2362.docx" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/915/ata_2363.docx" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/916/ata_2364.docx" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/917/ata_2365.docx" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/918/ata_2366_extra.docx" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/919/ata_2367.docx" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/920/ata_2368.docx" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/921/ata_2369.docx" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/922/ata_2370.docx" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/923/ata_2371_extra.docx" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/925/ata_2373.docx" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/926/ata_2374.docx" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/927/ata_2375_extra.docx" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/928/ata_2376.docx" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/1004/ata_2377.docx" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/1005/ata_2378.docx" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/1006/ata_2379.docx" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/1007/ata_2380.docx" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/1008/ata_2381.docx" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/1009/ata_2382.docx" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/1010/ata_2383.docx" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/1011/ata_2384.docx" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/1012/ata_2385_extra.docx" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/1013/ata_2386_extra.docx" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/1014/ata_2387_extra.docx" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/1015/ata_2388.docx" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/1016/ata_2389_extra.docx" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/606/pl_001-2022_-_revisao_termo_de_cooperacao_apae.doc" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/607/pl_002-2017_-_revisao_contribuicao_clube_dos_idosos.doc" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/623/pl_003-2022_-_criacao_e_denominacao_de_ruas.doc" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/624/pl_004-2022_-_ratificacao_do_protocolo_de_intencoes_da_aris.docx" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/625/pl_005-2022_-_ratificacao_do_protocolo_de_intencoes_do_ciga.docx" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/626/pl_006-2022_-_suplementacao_especial.doc" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/644/pl_007-2022_-_proerd.doc" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/643/pl_008_-_2022_-_municao_e_spray_de_pimenta_-_policia_militar.doc" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/642/pl_009_-_2022_-_pura_poesia.doc" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/666/pl_010_-_2022_-_convenio_apae-aguas_de_schroeder.doc" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/664/pl_011_-_2022_-_diagnostico_socioambiental.doc" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/668/pl_012-2022_-_alteracao_vale_alimentacao.doc" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/669/pl_013-2022_-_revisao_geral_anual_agentes_politicos.doc" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/667/pl_014-2022_-_ldo_2023.doc" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/684/pl_015-2022_-_suplementacao_especial_brde.docx" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/685/pl_016-2022_-_proagro.docx" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/686/pl_017-2022_-_cessao_servidores.doc" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/689/pl_018-2022_-_suplementacao_especial_pm.docx" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/690/pl_019-2022_-_crianca_em_danca.docx" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/692/pl_020-2022_-_suplementacao_especial_precatorio.docx" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/691/pl_021-2022_-_afastamento_servidora_sueli_krogel_dorn.doc" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/694/pl_022-2022_-_aumento_repasse_bombeiros.doc" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/693/pl_023-2022_-_renumeracao_da_rua_capanema.docx" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/707/pl_024-2022_-_suplementacao_fms.doc" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/708/pl_025-2022_-_reestrutura_o_servico_de_inspecao_municipal.docx" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/706/pl_026-2022_-_alteracao_estatuto_cigamvali.doc" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/709/pl_027-2022_-_qualificacao_de_os.doc" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/754/pl_028-2022_-_suplementacao_camara.doc" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/753/pl_029-2022_-_suplementacao_especial_telefonia.docx" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/775/pl_030-2022_-_suplementacao_fms.docx" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/776/pl_031-2022_-_alteracao_cisnordeste.docx" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/828/pl_032-2022_-_loa_2023.doc" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/831/pl_033-2022_-_convenio_hospital_sao_jose.doc" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/834/pl_034-2022_-_institui_e_denomina_ruas_do_loteamento_vale_verde.doc" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/835/pl_035-2022_-_institui_e_denomina_ruas_do_loteamento_linda_kruger_jacobi.doc" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/836/pl_036-2022_-_denomina_rua_564_-erna_albrecht_daren.doc" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/848/pl_038-2022_-_torneio_de_verao_2023.doc" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/849/pl_039-2022_-_revisao_geral_anual_agentes_politicos_complementacao.doc" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/867/pl_045-2022_-_altera_ppa_2022-2025_e_ldo_2023.doc" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/868/pl_046-2022_-_premiacoes_em_eventos_2023.docx" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/869/pl_047-2022_-_criacao_e_denominacao_de_ruas_loteamento_itoupava-acu.doc" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/865/pl_048-2022_-_suplementacao_camara.doc" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/866/pl_049-2022_-_repasse_bombeiros.doc" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/885/pl_053-2022_-_gratificacao_natalina_.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/591/pll_001-2022_-_legislativo_-_vereadora_ana.docx" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/622/pll_002-2022_-_legislativo_-_vereador_eroldo.docx" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/621/pll_003-2022_-_legislativo_-_vereador_eroldo.docx" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/673/pll_004-2022_-_legislativo_-_revisao_vereador.docx" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/712/pll_006-2022_-_legislativo_-_vereadora_ana.docx" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/715/pll_no_007-2022_-_legislativo_-_vereador_adriano.docx" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/780/pll_008-2022_-_legislativo_-_vereadora_ana_biblioteca.docx" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/838/pll_009-2022_-_legislativo_-_vereadora_ana.docx" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/858/pll_010-2022_-_legislativo_-_revisao_vereador.docx" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/663/pllc_001-2022_-_altera_a_lc_201-2017.doc" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/672/pllc_002-2022_-_legislativo_-_revisao.docx" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2022/857/pllc_003-2022_-_legislativo_-_revisao_complementacao.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H309"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="39.5703125" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="49.28515625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="145.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="144.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>