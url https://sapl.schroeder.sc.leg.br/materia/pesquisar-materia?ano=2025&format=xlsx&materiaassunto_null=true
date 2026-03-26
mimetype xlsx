--- v0 (2025-12-10)
+++ v1 (2026-03-26)
@@ -10,6369 +10,6487 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4504" uniqueCount="2009">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="4579" uniqueCount="2047">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1644</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLORD</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>Jair Bridaroli</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1644/pl_001-2025_-_sindicancia_e_pad.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1644/pl_001-2025_-_sindicancia_e_pad.doc</t>
   </si>
   <si>
     <t>“ESTABELECE O REGIME DISCIPLINAR, RITOS PARA SINDICÂNCIAS E PROCESSOS ADMINISTRATIVOS DISCIPLINARES NO ÂMBITO DA ADMINISTRAÇÃO PÚBLICA DIRETA DO MUNICÍPIO DE SCHROEDER E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>1645</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1645/pl_002-2025_-_implantacao_e_funcionamento_dos_conselhos_escolares_nas_instituicoes_de_ensino_e_instituicao_do_forum_dos_conselhos_escolares.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1645/pl_002-2025_-_implantacao_e_funcionamento_dos_conselhos_escolares_nas_instituicoes_de_ensino_e_instituicao_do_forum_dos_conselhos_escolares.doc</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A IMPLANTAÇÃO E FUNCIONAMENTO DOS CONSELHOS ESCOLARES NAS INSTITUIÇÕES DE ENSINO E INSTITUIÇÃO DO FÓRUM DOS CONSELHOS ESCOLARES NO SISTEMA MUNICIPAL DE ENSINO DE SCHROEDER/SC.”</t>
   </si>
   <si>
     <t>1646</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1646/pl_003-2025_-_alteracao_resolucao_aris_-_ratificacao.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1646/pl_003-2025_-_alteracao_resolucao_aris_-_ratificacao.doc</t>
   </si>
   <si>
     <t>“RATIFICA AS ALTERAÇÕES REALIZADAS NO PROTOCOLO DE INTENÇÕES CONSUBSTANCIADO NO CONTRATO DE CONSÓRCIO PÚBLICO DA AGÊNCIA REGULADORA INTERMUNICIPAL DE SANEAMENTO (ARIS), E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>1647</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1647/pl_004-2025_-_alteracao_protocolo_de_intencoes_cigamvali_-_ratificacao.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1647/pl_004-2025_-_alteracao_protocolo_de_intencoes_cigamvali_-_ratificacao.doc</t>
   </si>
   <si>
     <t>“RATIFICA AS ALTERAÇÕES REALIZADAS NO PROTOCOLO DE INTENÇÕES CONSUBSTANCIADO RATIFICA AS ALTERAÇÕES REALIZADAS NO ESTATUTO E NO PROTOCOLO DE INTENÇÕES DO CONSÓRCIO INTERMUNICIPAL DE GESTÃO PÚBLICA DO VALE DO ITAPOCU – CIGAMVALI E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>1648</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1648/pl_005-2025_-_lei_adiantamento_e_despesas_de_pequeno_vulto.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1648/pl_005-2025_-_lei_adiantamento_e_despesas_de_pequeno_vulto.doc</t>
   </si>
   <si>
     <t>“REGULAMENTA O REGIME DE ADIANTAMENTO NO ÂMBITO DO PODER EXECUTIVO MUNICIPAL DE SCHROEDER E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>1649</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1649/pl_006-2025_-_altera_lei_acts.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1649/pl_006-2025_-_altera_lei_acts.doc</t>
   </si>
   <si>
     <t>“ALTERA DISPOSITIVO DA LEI MUNICIPAL Nº 1.690/2008, QUE DISPÕE SOBRE A CONTRATAÇÃO DE SERVIDORES POR TEMPO DETERMINADO PARA ATENDER A NECESSIDADE TEMPORÁRIA DE EXCEPCIONAL INTERESSE PÚBLICO.”</t>
   </si>
   <si>
     <t>1650</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1650/pl_007-2025_-_convenio_bombeiros_militares.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1650/pl_007-2025_-_convenio_bombeiros_militares.doc</t>
   </si>
   <si>
     <t>“AUTORIZA O MUNICÍPIO DE SCHROEDER A CELEBRAR CONVÊNIO COM O ESTADO DE SANTA CATARINA ATRAVÉS DO CORPO DE BOMBEIROS MILITARES PARA EXECUÇÃO DE SERVIÇOS DE BOMBEIROS.”</t>
   </si>
   <si>
     <t>1714</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>Ana Claudia Locilha de Oliveira</t>
-[...2 lines deleted...]
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1714/pl_008-2025_-_denomina_praca.docx</t>
+    <t>Ana Leon</t>
+  </si>
+  <si>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1714/pl_008-2025_-_denomina_praca.docx</t>
   </si>
   <si>
     <t>"Dispõe sobre a denominação da “Praça com quadra poliesportiva Bianca Gervin Jacob” e dá outras providências."</t>
   </si>
   <si>
     <t>1731</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1731/pl_009-2025_-_armamento_policia_civil.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1731/pl_009-2025_-_armamento_policia_civil.doc</t>
   </si>
   <si>
     <t>“AUTORIZA O MUNICÍPIO DE SCHROEDER A REPASSAR AUXÍLIO PARA O FUNDO DE MELHORIA DA POLÍCIA CIVIL – FUMPC, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>1732</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1732/pl_010-2025_-_sim_schroeder.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1732/pl_010-2025_-_sim_schroeder.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre o Serviço de Inspeção Municipal (SIM) e as normas de inspeção sanitária e industrial de produtos de origem animal, no Município de Schroeder e dá outras providências.”</t>
   </si>
   <si>
     <t>1733</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1733/pl_011-2025_-_alteracao_lei_conselho_tutelar.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1733/pl_011-2025_-_alteracao_lei_conselho_tutelar.doc</t>
   </si>
   <si>
     <t>“ALTERA DISPOSITIVOS DA LEI MUNICIPAL Nº 2.662/2023, QUE ESTABELECE A ESTRUTURA E O FUNCIONAMENTO DO CONSELHO TUTELAR DE SCHROEDER E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1734</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1734/pl_012-2025_-_convenio_guaramirim_aguas.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1734/pl_012-2025_-_convenio_guaramirim_aguas.doc</t>
   </si>
   <si>
     <t>“AUTORIZA O MUNICÍPIO DE SCHROEDER A FIRMAR CONVÊNIO COM O MUNICÍPIO DE GUARAMIRIM, PARA OFERECER O SERVIÇO DE ABASTECIMENTO E FORNECIMENTO DE ÁGUA POTÁVEL.”</t>
   </si>
   <si>
     <t>1742</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1742/pl_013-2025_-_abertura_de_credito_especial.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1742/pl_013-2025_-_abertura_de_credito_especial.doc</t>
   </si>
   <si>
     <t>“AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO DO MUNICÍPIO DE SCHROEDER NO VALOR DE R$ 6.781.817,23 (SEIS MILHÕES, SETECENTOS E OITENTA E UM MIL, OITOCENTOS E DEZESSETE REAIS E VINTE E TRÊS CENTAVOS).”</t>
   </si>
   <si>
     <t>1743</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1743/pl_014-2025_-_abertura_de_credito_suplementar.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1743/pl_014-2025_-_abertura_de_credito_suplementar.doc</t>
   </si>
   <si>
     <t>“AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR AO ORÇAMENTO DO MUNICÍPIO DE SCHROEDER NO VALOR DE R$ 12.480.794,91 (DOZE MILHÕES, QUATROCENTOS E OITENTA MIL, SETECENTOS E NOVENTA E QUATRO REAIS E NOVENTA E UM CENTAVOS).”</t>
   </si>
   <si>
     <t>1767</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1767/pl_015-2025_-_abertura_de_credito_especial_e_suplementar.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1767/pl_015-2025_-_abertura_de_credito_especial_e_suplementar.doc</t>
   </si>
   <si>
     <t>“AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR E ESPECIAL AO ORÇAMENTO DO MUNICÍPIO DE SCHROEDER NO VALOR DE R$ 568.428,90 (QUINHENTOS E SESSENTA E OITO MIL, QUATROCENTOS E VINTE E OITO REAIS E NOVENTA CENTAVOS).”</t>
   </si>
   <si>
     <t>1779</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1779/pl_016-2025_-_altera_lei_acts_-_em_substituicao.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1779/pl_016-2025_-_altera_lei_acts_-_em_substituicao.doc</t>
   </si>
   <si>
     <t>1806</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1806/pl_017-2025_abertura_de_credito_especial.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1806/pl_017-2025_abertura_de_credito_especial.doc</t>
   </si>
   <si>
     <t>“AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO DO MUNICÍPIO DE SCHROEDER NO VALOR DE R$ 75.000,00 (SETENTA E CINCO MIL REAIS).”</t>
   </si>
   <si>
     <t>1807</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1807/pl_018-2025_abertura_de_credito_suplementar.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1807/pl_018-2025_abertura_de_credito_suplementar.doc</t>
   </si>
   <si>
     <t>“AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL SUPLEMENTAR AO ORÇAMENTO DO MUNICÍPIO DE SCHROEDER NO VALOR DE R$ 9.817.439,20 (NOVE MILHÕES, OITOCENTOS E DEZESSETE MIL, QUATROCENTOS E TRINTA E NOVE REAIS E VINTE CENTAVOS).”</t>
   </si>
   <si>
     <t>1814</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1814/pl_019-2025_-_termo_de_fomento_-_radio_ssfm.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1814/pl_019-2025_-_termo_de_fomento_-_radio_ssfm.doc</t>
   </si>
   <si>
     <t>“AUTORIZA O MUNICÍPIO DE SCHROEDER A CELEBRAR TERMO DE FOMENTO COM À ASSOCIAÇÃO RÁDIO COMUNITÁRIA SCHROEDER STRASSE FM.”</t>
   </si>
   <si>
     <t>1815</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1815/pl_020-2025_-_abertura_de_credito_especial_-_radio_ssfm.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1815/pl_020-2025_-_abertura_de_credito_especial_-_radio_ssfm.doc</t>
   </si>
   <si>
     <t>“AUTORIZA A ABERTURA DE CRÉDITO ADICIONAL ESPECIAL AO ORÇAMENTO DO MUNICÍPIO DE SCHROEDER NO VALOR DE R$ 36.000,00 (TRINTA E SEIS MIL REAIS).”</t>
   </si>
   <si>
     <t>1833</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>Ana Claudia Locilha de Oliveira, Kauana Peschke Lange, Scheila Emilene Engelmann Ewald</t>
-[...2 lines deleted...]
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1833/pl_21-2025_-_altera_a_lei_1523_-_legislativo.docx</t>
+    <t>Ana Leon, Kauana Peschke Lange, Scheila da Farmácia</t>
+  </si>
+  <si>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1833/pl_21-2025_-_altera_a_lei_1523_-_legislativo.docx</t>
   </si>
   <si>
     <t>Altera a Lei n.º 1.523, de 21 de março de 2006, para atribuir competência ao Poder Legislativo para a propositura de projetos de lei de reconhecimento de utilidade pública municipal, e dá outras providências.</t>
   </si>
   <si>
     <t>1834</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1834/pl_022-2025_-_prorrogacao_plano_municipal_de_educacao.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1834/pl_022-2025_-_prorrogacao_plano_municipal_de_educacao.doc</t>
   </si>
   <si>
     <t>"Prorroga, até 31 de dezembro de 2026, a vigência do Plano Municipal de Educação, aprovado por meio da Lei nº 2.109, de 23 de junho de 2015."</t>
   </si>
   <si>
     <t>1835</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1835/pl_023-2025_abertura_de_credito_suplementar.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1835/pl_023-2025_abertura_de_credito_suplementar.doc</t>
   </si>
   <si>
     <t>“Autoriza a abertura de crédito adicional suplementar ao orçamento do Município de Schroeder no valor de R$ 557.818,58 (quinhentos e cinquenta e sete mil, oitocentos e dezoito reais e cinquenta e oito centavos).”</t>
   </si>
   <si>
     <t>1839</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1839/pl_024-2025_-_lei_5g_-_revoga_lei_2719-2024.pdf</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1839/pl_024-2025_-_lei_5g_-_revoga_lei_2719-2024.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação para a instalação e uso do sistema 5g no Município de Schroeder – SC e dá outras providências.</t>
   </si>
   <si>
     <t>1841</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1841/pl_025-2025_-_ppp.pdf</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1841/pl_025-2025_-_ppp.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Programa Municipal de Parcerias Público-Privadas e Concessões do Município de Schroeder - SC, e dá outras providências.</t>
   </si>
   <si>
     <t>1842</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1842/pl_026-2025_-_lei_inovacao.pdf</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1842/pl_026-2025_-_lei_inovacao.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação da Política Municipal de Desenvolvimento Econômico e Inovação e cria o programa de Inovação do Município de Schroeder - SC, e dá outras providências.</t>
   </si>
   <si>
     <t>1852</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1852/pl_27_-_ldo_2026.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1852/pl_27_-_ldo_2026.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre as Diretrizes Orçamentárias para o Exercício de 2026 e dá outras providências.”</t>
   </si>
   <si>
     <t>1855</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1855/pl_28-2025_-_pedofilia_-_legislativo_-_scheila.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1855/pl_28-2025_-_pedofilia_-_legislativo_-_scheila.docx</t>
   </si>
   <si>
     <t>Institui o Dia Municipal de Combate à Pedofilia, à Cyberpedofilia e à Exploração Sexual de Crianças e Adolescentes, cria a Semana Municipal de Conscientização e implanta a Campanha Permanente de prevenção e enfrentamento dessas violências, no âmbito do Município de Schroeder, e dá outras providências.</t>
   </si>
   <si>
     <t>1872</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1872/pl_029-2025_abertura_de_credito_especial.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1872/pl_029-2025_abertura_de_credito_especial.doc</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Especial ao orçamento do Município de Schroeder no valor de R$ 40.000,00 (quarenta mil reais).</t>
   </si>
   <si>
     <t>1873</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1873/pl_030-2025_abertura_de_credito_especial.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1873/pl_030-2025_abertura_de_credito_especial.doc</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Especial ao orçamento do Município de Schroeder no valor de R$ 190.000,00 (cento e noventa mil reais).</t>
   </si>
   <si>
     <t>1874</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1874/pl_31_-_abertura_de_credito_camara.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1874/pl_31_-_abertura_de_credito_camara.doc</t>
   </si>
   <si>
     <t>Autoriza a Abertura de Crédito Adicional Suplementar ao Orçamento do Município de Schroeder no valor de R$ 140.000,00 (cento e quarenta mil reais).</t>
   </si>
   <si>
     <t>1875</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1875/pl_032-2025_-_concurso_jardins.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1875/pl_032-2025_-_concurso_jardins.doc</t>
   </si>
   <si>
     <t>Autoriza o Poder Público Municipal a realizar o Concurso Jardins de Schroeder, e dá outras providências.</t>
   </si>
   <si>
     <t>1876</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1876/pl_033-2025_-_decoracao_natalina.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1876/pl_033-2025_-_decoracao_natalina.doc</t>
   </si>
   <si>
     <t>Autoriza o Poder Público Municipal a realizar o Concurso de Ornamentação Natalina “Weihnachten In Schroeder” – Natal Em Schroeder, e dá outras providências.</t>
   </si>
   <si>
     <t>1877</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1877/pl_34-2025_-_dia_da_educacao_legislativa_-_legislativo_-_ana.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1877/pl_34-2025_-_dia_da_educacao_legislativa_-_legislativo_-_ana.docx</t>
   </si>
   <si>
     <t>Institui o Dia Municipal da Educação Legislativa, no âmbito do Município de Schroeder, e dá outras providências.</t>
   </si>
   <si>
     <t>1878</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>Scheila Emilene Engelmann Ewald</t>
-[...2 lines deleted...]
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1878/pl_35-2025_-_utilidade_publica_-_legislativo_-_scheila.docx</t>
+    <t>Scheila da Farmácia</t>
+  </si>
+  <si>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1878/pl_35-2025_-_utilidade_publica_-_legislativo_-_scheila.docx</t>
   </si>
   <si>
     <t>Reconhece como de utilidade pública municipal a Associação de lutas e artes marciais Samura.</t>
   </si>
   <si>
     <t>1903</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1903/pl_036-2025_-_contribuicao_apae_-_prorrogacao.pdf</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1903/pl_036-2025_-_contribuicao_apae_-_prorrogacao.pdf</t>
   </si>
   <si>
     <t>Altera a Lei nº 2.700, de 12 de dezembro de 2023 que autoriza o Município de Schroeder a celebrar termo de colaboração com a Associação de Pais e Amigos dos Excepcionais de Jaraguá do Sul com fundamentos na Lei Federal n°13.019/2014.</t>
   </si>
   <si>
     <t>1909</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1909/pl_037-2025_abertura_de_credito_suplementar_apae.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1909/pl_037-2025_abertura_de_credito_suplementar_apae.doc</t>
   </si>
   <si>
     <t>Autoriza a abertura de crédito adicional suplementar ao orçamento do Município de Schroeder no valor de R$ 227.816,15 (duzentos e vinte e sete mil, oitocentos e dezesseis reais e quinze centavos).</t>
   </si>
   <si>
     <t>1910</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1910/pl_038-2025_-_regulamenta_limite_de_rpv.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1910/pl_038-2025_-_regulamenta_limite_de_rpv.doc</t>
   </si>
   <si>
     <t>Define, no âmbito do Município de Schroeder, o valor para pagamento das obrigações de pequeno valor (RPV), nos termos do art. 100, §§ 3º e 4º, da Constituição Federal, com redação dada pela Emenda Constitucional nº 62, de 9 de dezembro de 2009.</t>
   </si>
   <si>
     <t>1911</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1911/pl_039-2025_-_ppa_2026-2029.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1911/pl_039-2025_-_ppa_2026-2029.doc</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Plurianual do Município de Schroeder para o quadriênio 2026/2029 e dá outras providências.</t>
   </si>
   <si>
     <t>1917</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1917/pl_040-2025_-_termo_de_fomento_-_sociedade_bracinho.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1917/pl_040-2025_-_termo_de_fomento_-_sociedade_bracinho.doc</t>
   </si>
   <si>
     <t>Autoriza o Município de Schroeder a celebrar Termo de Fomento com o Clube de Caça e Tiro Bracinho.</t>
   </si>
   <si>
     <t>1918</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1918/pl_041-2025_-_programa_de_pavimentacao_comunitaria.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1918/pl_041-2025_-_programa_de_pavimentacao_comunitaria.doc</t>
   </si>
   <si>
     <t>Institui o "Programa de Pavimentação Comunitária", e dá outras providências.</t>
   </si>
   <si>
     <t>1919</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1919/pl_042-2025_-_comissao_permanente_de_sindicancia_e_pad.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1919/pl_042-2025_-_comissao_permanente_de_sindicancia_e_pad.doc</t>
   </si>
   <si>
     <t>Institui a Comissão Permanente de Sindicância e de Processo Administrativo Disciplinar no âmbito da Administração Pública Municipal Direta e Indireta do Município de Schroeder, e dá outras providências.</t>
   </si>
   <si>
     <t>1920</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1920/pl_002-2025_-_substitutivo_-_regulariza_schroeder_-_versao_final.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1920/pl_002-2025_-_substitutivo_-_regulariza_schroeder_-_versao_final.docx</t>
   </si>
   <si>
     <t>Institui o “Programa Regulariza Schroeder”, que dispõe sobre a regularização de edificação e dá outras providências.</t>
   </si>
   <si>
     <t>1939</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1939/pl_044_-_2025_abertura_de_credito_suplementar.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1939/pl_044_-_2025_abertura_de_credito_suplementar.doc</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Suplementar ao Orçamento do Município de Schroeder no valor de R$ 28.846,42 (vinte e oito mil, oitocentos e quarenta e seis reais e quarenta e dois centavos).</t>
   </si>
   <si>
     <t>1958</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>Kauana Peschke Lange</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1958/pl_45-2025_-_dia_do_agricultor_-_kauana.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1958/pl_45-2025_-_dia_do_agricultor_-_kauana.docx</t>
   </si>
   <si>
     <t>Institui o Dia Municipal do Agricultor no âmbito do Município de Schroeder e dá outras providências.</t>
   </si>
   <si>
     <t>1959</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1959/pl_046-2025_-_abertura_de_credito_suplementar.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1959/pl_046-2025_-_abertura_de_credito_suplementar.doc</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Suplementar ao Orçamento do Município de Schroeder no valor de R$ 7.355.000,00 (sete milhões, trezentos e cinquenta e cinco mil reais).</t>
   </si>
   <si>
     <t>1960</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1960/pl_047-2025_-_materiais_bombeiros_militares.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1960/pl_047-2025_-_materiais_bombeiros_militares.doc</t>
   </si>
   <si>
     <t>Autoriza o Município de Schroeder a repassar auxílio para o Fundo de Melhoria do Corpo de Bombeiros - FUMCBM, e dá outras providências.</t>
   </si>
   <si>
     <t>1961</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1961/pl_048-2025_-_altera_lei_da_auc_-_area_urbana_consolidada.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1961/pl_048-2025_-_altera_lei_da_auc_-_area_urbana_consolidada.doc</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal Nº 2.678/2023, que dispõe sobre a delimitação da área urbana consolidada do Município de Schroeder e estabelece medidas para a regularização ambiental e/ou fundiária de imóveis situados às margens de cursos d´água naturais em tais locais, nos termos do artigo 30, inciso I, da Constituição Federal, de 1988, do Artigo 64 e do Artigo 65, da Lei Federal Nº 12.651, de 2012, e do Artigo 122-A, da Lei Estadual Nº 14.675/2009, e dá outras providências.</t>
   </si>
   <si>
     <t>1962</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>Adriano Dias Furtado</t>
-[...2 lines deleted...]
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1962/pl_49-2025_-_revogacao_de_leis_-_adriano.docx</t>
+    <t>Adriano Furtado</t>
+  </si>
+  <si>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1962/pl_49-2025_-_revogacao_de_leis_-_adriano.docx</t>
   </si>
   <si>
     <t>Dispõe sobre a revogação expressa de leis ordinárias municipais e declara a perda de eficácia de leis com objeto exaurido, temporárias, em desuso ou sem utilidade, no âmbito do Município de Schroeder.</t>
   </si>
   <si>
     <t>1978</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1978/pl_050-2025_-_incentivo_adicional_fundo_municipal_da_saude.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1978/pl_050-2025_-_incentivo_adicional_fundo_municipal_da_saude.doc</t>
   </si>
   <si>
     <t>Autoriza o repasse do incentivo financeiro adicional do componente de qualidade em conformidade com a Portaria GM/MS nº 3493, de 10 de abril de 2024 para as equipes de saúde bucal (ESB), equipes de saúde da família (ESF) e equipe multiprofissional (EMulti).</t>
   </si>
   <si>
     <t>1979</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1979/pl_051-2025-_doacao_veiculo_policia_civil.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1979/pl_051-2025-_doacao_veiculo_policia_civil.doc</t>
   </si>
   <si>
     <t>Autoriza a doação de um veículo para a Polícia Civil do Estado de Santa Catarina com atuação no Município de Schroeder.</t>
   </si>
   <si>
     <t>1990</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1990/pl_052-2025_-_abertura_de_credito_suplementar.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1990/pl_052-2025_-_abertura_de_credito_suplementar.doc</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Suplementar ao Orçamento do Município de Schroeder no valor de R$ 920.174,90 (novecentos e vinte mil, cento e setenta e quatro reais e noventa centavos).</t>
   </si>
   <si>
     <t>1996</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1996/pl_53-2025_-_revogacao_de_leis_-_adriano_-_reapresentacao.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1996/pl_53-2025_-_revogacao_de_leis_-_adriano_-_reapresentacao.docx</t>
   </si>
   <si>
     <t>2010</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2010/pl_054-2025_-_abertura_de_credito_especial.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2010/pl_054-2025_-_abertura_de_credito_especial.doc</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Especial ao Orçamento do Município de Schroeder no valor de R$ 36.432,00 (trinta e seis mil, quatrocentos e trinta e dois reais).</t>
   </si>
   <si>
     <t>2011</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2011/pl_055-2025_-_abertura_de_credito_suplementar.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2011/pl_055-2025_-_abertura_de_credito_suplementar.doc</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Suplementar ao Orçamento do Município de Schroeder no valor de R$ 15.440.952,50 (quinze milhões, quatrocentos e quarenta mil, novecentos e cinquenta e dois reais e cinquenta centavos).</t>
   </si>
   <si>
     <t>2012</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2012/pl_056-2025_-_alteracao_lei_guincho_e_deposito.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2012/pl_056-2025_-_alteracao_lei_guincho_e_deposito.doc</t>
   </si>
   <si>
     <t>Altera dispositivos da Lei Municipal n.º 1.681/2008, que dispõe sobre a guarda, o depósito e a venda de veículos removidos, apreendidos e retirados de circulação nas vias públicas do Município de Schroeder e dá outras providências.</t>
   </si>
   <si>
     <t>2013</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2013/pl_057-2025_-_alteracao_lei_2710-2024.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2013/pl_057-2025_-_alteracao_lei_2710-2024.doc</t>
   </si>
   <si>
     <t>Altera o artigo 1º da Lei Municipal nº 2.710/2024, que dispõe sobre a instituição, denominação e classificação das Ruas de nº 221 – Rua Leopoldo Wagner, 203 – Rua Oswaldo Steilein (prolongamento), 108  - Avenida dos Imigrantes (prolongamento) 222 – Rua Alzira Daren, 223 – Jenni Hasse Reiner, 224 – Arlindo Döge, 225 – Elvira Baumer Wagner e Rua 204 – Aldo Romeo Pasold (prolongamento), localizadas no \loteamento Residencial Recanto das Acácias, situado na matrícula n 16.666 da Comarca de Guaramirim, de propriedade de Terranova empreendimentos Ltda., localizado na Rua – 001 – Marechal Castelo Branco, no Município de Schroeder.</t>
   </si>
   <si>
     <t>2014</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2014/pl_058-2025_-_desafeta_area_verde.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2014/pl_058-2025_-_desafeta_area_verde.doc</t>
   </si>
   <si>
     <t>Desafeta área verde da matrícula nº 40.798 e dá outras providências.</t>
   </si>
   <si>
     <t>2036</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2036/pl_059-2025_-_abertura_de_credito_especial.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2036/pl_059-2025_-_abertura_de_credito_especial.doc</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Especial ao Orçamento do Município de Schroeder no valor de R$ 100.353,09 (cem mil, trezentos e cinquenta e três reais e nove centavos).</t>
   </si>
   <si>
     <t>2038</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2038/pl_060-2025_-_abertura_de_credito_suplementar.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2038/pl_060-2025_-_abertura_de_credito_suplementar.doc</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Suplementar ao Orçamento do Município de Schroeder no valor de R$ 78.457,00 (setenta e oito mil, quatrocentos e cinquenta e sete reais).</t>
   </si>
   <si>
     <t>2054</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2054/pl_061-2025_-_abertura_de_credito_suplementar.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2054/pl_061-2025_-_abertura_de_credito_suplementar.doc</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Suplementar ao Orçamento do Município de Schroeder no valor de R$ 1.600.000,00 (um milhão e seiscentos mil reais).</t>
   </si>
   <si>
     <t>2055</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2055/pl_062-2025_-_altera_lei_2.813-25.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2055/pl_062-2025_-_altera_lei_2.813-25.doc</t>
   </si>
   <si>
     <t>Altera a Lei 2.813/2025, de 09 de setembro de 2025 que dispõe sobre abertura de Crédito Adicional Suplementar ao Orçamento do Município de Schroeder.</t>
   </si>
   <si>
     <t>2056</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2056/pl_063-2025_-_sim_schroeder_-_revisado_cigamvali.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2056/pl_063-2025_-_sim_schroeder_-_revisado_cigamvali.doc</t>
   </si>
   <si>
     <t>Dispõe sobre O Serviço De Inspeção Municipal (SIM) e as normas de Inspeção Sanitária e Industrial de Produtos de Origem Animal, no Município de Schroeder e dá outras providências.</t>
   </si>
   <si>
     <t>2057</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2057/pl_064-2025_-_permuta_terreno_avenida_01.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2057/pl_064-2025_-_permuta_terreno_avenida_01.doc</t>
   </si>
   <si>
     <t>Autoriza o Município a efetuar permuta de imóvel.</t>
   </si>
   <si>
     <t>2058</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2058/pl_065-2025_-_contribuicao_apae.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2058/pl_065-2025_-_contribuicao_apae.doc</t>
   </si>
   <si>
     <t>Altera a Lei 2.714, de 4 de abril de 2024 que autoriza o Município de Schroeder a celebrar termo de colaboração com a Associação de Pais e Amigos dos Excepcionais de Schroeder - APAE Schroeder com fundamentos na Lei Federal n°13.019/2014.</t>
   </si>
   <si>
     <t>2059</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2059/pl_066-2025_-_alteracao_cisnordeste.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2059/pl_066-2025_-_alteracao_cisnordeste.doc</t>
   </si>
   <si>
     <t>Altera o Art. 3º da Lei Nº 1.372/2003, de 26 de agosto de 2003, que autoriza o Poder Executivo Municipal a realizar despesas com a manutenção do Consórcio Intermunicipal de Saúde e dá outras providências.</t>
   </si>
   <si>
     <t>2064</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2064/pl_067-2025_-_altera_leis_2791_e_2792.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2064/pl_067-2025_-_altera_leis_2791_e_2792.doc</t>
   </si>
   <si>
     <t>Altera a Lei Ordinária nº 2.791, de 3 de junho de 2025 e a Lei Ordinária nº 2.792, de 3 de junho de 2025.</t>
   </si>
   <si>
     <t>2065</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/</t>
   </si>
   <si>
     <t>Autoriza a doação do terreno da matrícula nº 23.542, do livro 2, do ofício de registro de imóveis da comarca de Guaramirim ao Estado de Santa Catarina.</t>
   </si>
   <si>
     <t>2066</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2066/pl_069-2025_-_ldo_2026_retificada.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2066/pl_069-2025_-_ldo_2026_retificada.doc</t>
   </si>
   <si>
     <t>Altera a Lei Ordinária n° 2.802, de 29 de julho de 2025, que dispõe sobre as diretrizes orçamentárias para o exercício de 2026 e dá outras providências.</t>
   </si>
   <si>
     <t>2067</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2067/pl_070-2025_-_loa_2026.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2067/pl_070-2025_-_loa_2026.doc</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do município de Schroeder para o exercício de 2026.</t>
   </si>
   <si>
     <t>2076</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2076/pl_071-2025_-_tratamento_diferenciado_ambito_amvali_-_licitacoes_003.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2076/pl_071-2025_-_tratamento_diferenciado_ambito_amvali_-_licitacoes_003.doc</t>
   </si>
   <si>
     <t>Concede Tratamento Diferenciado e Simplificado para os Pequenos Negócios, Objetivando a Promoção do Desenvolvimento Econômico e Social no Âmbito Municipal e Regional.</t>
   </si>
   <si>
     <t>2077</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2077/pl_072-2025_-_abertura_de_credito_suplementar_003.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2077/pl_072-2025_-_abertura_de_credito_suplementar_003.doc</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Suplementar ao Orçamento do Município de Schroeder no valor de R$ 33.585,42 (trinta e três mil, quinhentos e oitenta e cinco reais e quarenta e dois centavos).</t>
   </si>
   <si>
     <t>2086</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2086/pl_73-2025_-_abril_azul_-_legislativo_-_ana.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2086/pl_73-2025_-_abril_azul_-_legislativo_-_ana.docx</t>
   </si>
   <si>
     <t>Institui, no Município de Schroeder, o Mês de Conscientização sobre o Autismo – Abril Azul – e estabelece medidas de inclusão em eventos municipais.</t>
   </si>
   <si>
     <t>2101</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2101/pl_074-2025_-_alteracao_lei_2773-2025.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2101/pl_074-2025_-_alteracao_lei_2773-2025.doc</t>
   </si>
   <si>
     <t>Altera dispositivo da Lei Municipal nº 2.773/2025, que autoriza o Município de Schroeder a firmar convênio com o Município de Guaramirim, para oferecer o serviço de abastecimento e fornecimento de água potável.</t>
   </si>
   <si>
     <t>2102</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2102/pl_075-2025_-_abertura_de_credito_suplementar_fundeb.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2102/pl_075-2025_-_abertura_de_credito_suplementar_fundeb.doc</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Suplementar ao Orçamento do Município de Schroeder no valor de R$ 824.000,00 (oitocentos e vinte e quatro mil reais).</t>
   </si>
   <si>
     <t>2114</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2114/pl_076-2025_-_permuta_e_desapropriacao_terreno_escola.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2114/079_-_pl_066-2025_-_permuta_e_desapropriacao_terreno_escola.pdf</t>
   </si>
   <si>
     <t>Autoriza o Município a efetuar permuta cumulada com indenização de imóvel.</t>
   </si>
   <si>
     <t>2115</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2115/pl_077-2025_-_operacao_de_credito_estrada_boa_rural.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2115/pl_077-2025_-_operacao_de_credito_estrada_boa_rural.doc</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a contratar operação de crédito com o BADESC – AGÊNCIA DE FOMENTO DO ESTADO DE SANTA CATARINA S/A para implementação do Programa Estrada Boa Rural, e dá outras providências.</t>
   </si>
   <si>
     <t>2116</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2116/pl_078-2025_-_abertura_de_credito_suplementar.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2116/pl_078-2025_-_abertura_de_credito_suplementar.doc</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Suplementar ao Orçamento do Município de Schroeder no valor de R$ 90.000,00 (noventa mil reais).</t>
   </si>
   <si>
     <t>2126</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2126/pl_079-2025_-_abertura_de_credito_especial_samu.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2126/pl_079-2025_-_abertura_de_credito_especial_samu.doc</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Especial ao orçamento do Município de Schroeder no valor de R$ 4.178,88 (quatro mil, cento e setenta e oito reais e oitenta e oito centavos).”</t>
   </si>
   <si>
     <t>2127</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2127/pl_80-2025_-_credito_suplementar_-_assistencia_social.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2127/pl_80-2025_-_credito_suplementar_-_assistencia_social.docx</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Suplementar ao orçamento do Município de Schroeder no valor de R$ 38.000,00 (trinta e oito mil reais).</t>
   </si>
   <si>
     <t>2128</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2128/098_-_pl_081-2025_-_contribuicao_apae_jaragua.pdf</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2128/pl_081-2025_-_altera_a_lei_1763-2009_-_codigo_sanitario.doc</t>
   </si>
   <si>
     <t>Inclui e altera dispositivos da Lei nº 1.763/2009, de 24 de novembro de 2009, que Reestrutura o Código Sanitário Municipal de Schroeder, e dá outras providências.</t>
   </si>
   <si>
     <t>2129</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2129/pl_082-2025_-_declaracao_municipal_de_direitos_de_liberdade_economica.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2129/pl_082-2025_-_declaracao_municipal_de_direitos_de_liberdade_economica.doc</t>
   </si>
   <si>
     <t>Institui a Declaração Municipal de Direitos de Liberdade Econômica, Estabelece Princípios e Diretrizes no Município de Schroeder para utilizar o Enquadramento Empresarial Simplificado (EES) e seus procedimentos decorrentes da Lei Estadual nº 17.071, de 12 de janeiro de 2017 e das Leis Federais nº 11.598 (REDESIM), de 03 de dezembro de 2007 e nº 13.874, de 20 de setembro de 2019, que Institui a declaração de direitos de Liberdade Econômica Nacional e dá outras providências.</t>
   </si>
   <si>
     <t>2130</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2130/pl_083-2025_-_cisnordeste_consolidacao_das_legislacoes.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2130/pl_083-2025_-_cisnordeste_consolidacao_das_legislacoes.doc</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a integrar Consórcio Intermunicipal de Saúde, prevê o custeio das despesas correspondentes, e revoga as Leis Municipais nº 1.372/2003, nº 140/2013, nº 259/2023, nº 2.826/2025, e dá outras providências.</t>
   </si>
   <si>
     <t>2147</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2147/pl_084-2025_-_abertura_de_credito_especial_complemento_apae.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2147/pl_084-2025_-_abertura_de_credito_especial_complemento_apae.doc</t>
   </si>
   <si>
     <t>Autoriza a abertura de Crédito Adicional Especial ao orçamento do Município de Schroeder no valor de R$ 59.997,59 (cinquenta e nove mil, novecentos e noventa e sete reais e cinquenta e nove centavos).</t>
   </si>
   <si>
     <t>2148</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2148/pl_085-2025_-_convenio_cimvi.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2148/pl_085-2025_-_convenio_cimvi.doc</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a celebrar Convênio com o Consórcio Intermunicipal do Médio Vale do Itajaí - CIMVI com o objetivo de adesão ao Programa Vale Reciclar.</t>
   </si>
   <si>
     <t>2149</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2149/pl_086-2025_-_associacao_hospitalar_sao_jose.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2149/pl_086-2025_-_associacao_hospitalar_sao_jose.doc</t>
   </si>
   <si>
     <t>Autoriza o Município de Schroeder a prorrogar Convênio com a Associação Hospitalar São José de Jaraguá do Sul.</t>
   </si>
   <si>
     <t>2150</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2150/pl_087-2025_-_convenio_ciee.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2150/pl_087-2025_-_convenio_ciee.doc</t>
   </si>
   <si>
     <t>Autoriza firmar convênio com o Centro de Integração Empresa Escola de Santa Catarina - CIEE/SC, e dá outras providências.</t>
   </si>
   <si>
     <t>2151</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2151/pl_088-2025_-_convenio_bombeiros_voluntarios.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2151/pl_088-2025_-_convenio_bombeiros_voluntarios.doc</t>
   </si>
   <si>
     <t>Altera a Lei nº 2.686, de 16 de novembro de 2023 que autoriza o Município de Schroeder a celebrar Termo de Fomento com a Associação de Serviços Sociais Voluntários de Schroeder - Bombeiros com fundamentos na Lei Federal nº 13.019/2014.</t>
   </si>
   <si>
     <t>2170</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2170/096_-_pl_079-2025_-_gratificacao_natalina.pdf</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2170/096_-_pl_079-2025_-_gratificacao_natalina.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder gratificação natalina.</t>
   </si>
   <si>
     <t>2171</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2171/pl_090-2025_-_contribuicao_apae_schroeder.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2171/pl_090-2025_-_contribuicao_apae_schroeder.doc</t>
   </si>
   <si>
     <t>Altera a Lei 2.714, de 4 de abril de 2024 que autoriza o Município de Schroeder a celebrar Termo de Colaboração com a Associação de Pais e Amigos dos Excepcionais de Schroeder - APAE Schroeder com fundamentos na Lei Federal N°13.019/2014.</t>
   </si>
   <si>
     <t>2172</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2172/pl_091-2025_-_contribuicao_apae_jaragua.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2172/pl_091-2025_-_contribuicao_apae_jaragua.doc</t>
   </si>
   <si>
     <t>Altera a Lei nº 2.700, de 12 de dezembro de 2023 que autoriza o Município de Schroeder a celebrar Termo de Colaboração com a Associação de Pais e Amigos dos Excepcionais de Jaraguá Do Sul com fundamentos na Lei Federal N°13.019/2014.</t>
   </si>
   <si>
     <t>2173</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2173/pl_092-2025_-_contribuicao_apae_jaragua_-_avaliacoes_diagnosticas.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2173/pl_092-2025_-_contribuicao_apae_jaragua_-_avaliacoes_diagnosticas.doc</t>
   </si>
   <si>
     <t>Altera a Lei 2.628, de 6 de dezembro de 2022 que autoriza o Município de Schroeder a celebrar Convênio com a Associação e Pais e Amigos dos Excepcionais de Jaraguá do Sul.</t>
   </si>
   <si>
     <t>2174</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2174/pl_093-2025_-_torneio_de_verao_2026.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2174/pl_093-2025_-_torneio_de_verao_2026.doc</t>
   </si>
   <si>
     <t>Autoriza o Poder Público municipal a realizar a cobrança de ingressos e pagamento de premiação no 32º Torneio de Verão Aberto de Futsal e dá outras providências.</t>
   </si>
   <si>
     <t>2183</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2183/pl_094-2025_-_gratificacao_natalina_legislativo.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2183/pl_094-2025_-_gratificacao_natalina_legislativo.docx</t>
   </si>
   <si>
     <t>Autoriza o Poder Legislativo Municipal a conceder gratificação natalina.</t>
   </si>
   <si>
     <t>2184</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2184/pl_095-2025_-_selo_empresa_amiga_da_mulher_-_legislativo_-_scheila.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2184/pl_095-2025_-_selo_empresa_amiga_da_mulher_-_legislativo_-_scheila.docx</t>
   </si>
   <si>
     <t>Institui, no âmbito do Município de Schroeder, o Selo Empresa Amiga da Mulher e dá outras providências.</t>
   </si>
   <si>
     <t>2216</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2216/pl_096-2025_-_premiacoes_de_eventos_2026.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2216/pl_096-2025_-_premiacoes_de_eventos_2026.doc</t>
   </si>
   <si>
     <t>Autoriza o Poder Público Municipal a realizar a cobrança de taxa de inscrição e conceder premiação nos eventos esportivos discriminados, e dá outras providências.</t>
   </si>
   <si>
     <t>1651</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1651/plc_001-2025_-_altera_lcm_178-2015.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1651/plc_001-2025_-_altera_lcm_178-2015.doc</t>
   </si>
   <si>
     <t>“ALTERA DISPOSITIVO DA LEI COMPLEMENTAR Nº 178/2015.”</t>
   </si>
   <si>
     <t>1652</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1652/plc_002-2025_-_agentes_comunitarios.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1652/plc_002-2025_-_agentes_comunitarios.doc</t>
   </si>
   <si>
     <t>“ALTERA REMUNERAÇÃO DOS AGENTES COMUNITÁRIOS DE SAÚDE, PREVISTA NO GRUPO II – ATIVIDADES DE NÍVEL MÉDIO, DO ANEXO I DA LEI COMPLEMENTAR Nº 60/2008, DE 11 DE NOVEMBRO DE 2008, E DOS AGENTES DE ENDEMIAS, PREVISTA NO ANEXO I – TABELA II – ATIVIDADES DE NÍVEL MÉDIO E TÉCNICO, DA LEI COMPLEMENTAR Nº 4, DE 19 DE MAIO DE 1998, E DÁ OUTRAS PROVIDÊNCIAS.”</t>
   </si>
   <si>
     <t>1713</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1713/plc_003-2025_-_altera_a_lc_090_-_legislativo.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1713/plc_003-2025_-_altera_a_lc_090_-_legislativo.docx</t>
   </si>
   <si>
     <t>"Altera a Lei Complementar n.º 090, de 28 de setembro de 2010 e dá outras providências."</t>
   </si>
   <si>
     <t>1735</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1735/plc_004-2025_-_alteracao_estrutura_poder_executivo.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1735/plc_004-2025_-_alteracao_estrutura_poder_executivo.doc</t>
   </si>
   <si>
     <t>“ALTERA DISPOSITIVOS E ANEXOS DA LEI COMPLEMENTAR MUNICIPAL Nº 248/2022, QUE DISPÕE SOBRE A ORGANIZAÇÃO ADMINISTRATIVA DO PODER EXECUTIVO DO MUNICÍPIO DE SCHROEDER”.</t>
   </si>
   <si>
     <t>1778</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1778/plc_005-2025_-_altera_lei_geral_de_cargos.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1778/plc_005-2025_-_altera_lei_geral_de_cargos.doc</t>
   </si>
   <si>
     <t>ALTERA A LEI COMPLEMENTAR Nº 004, DE 19 DE MAIO DE 1998, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1836</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1836/plc_006-2025_-_lei_5g_-_revoga_lei_2719-2024.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1836/plc_006-2025_-_lei_5g_-_revoga_lei_2719-2024.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre a regulamentação para a instalação e uso do sistema 5g no Município de Schroeder – SC e dá outras providências.”</t>
   </si>
   <si>
     <t>1837</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1837/plc_007-2025_-_ppp.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1837/plc_007-2025_-_ppp.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre o Programa Municipal de Parcerias Público-Privadas e Concessões do Município de Schroeder - SC, e dá outras providências”.</t>
   </si>
   <si>
     <t>1838</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1838/plc_008-2025_-_lei_inovacao.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1838/plc_008-2025_-_lei_inovacao.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre a criação da Política Municipal de Desenvolvimento Econômico e Inovação e cria o programa de Inovação do Município de Schroeder - SC, e dá outras providências.”</t>
   </si>
   <si>
     <t>1845</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1845/plc_009-2025_-_piso_magisterio.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1845/plc_009-2025_-_piso_magisterio.doc</t>
   </si>
   <si>
     <t>Define e aplica o Piso Salarial Nacional para os profissionais da carreira do magistério municipal regidos pela Lei Complementar nº096/2010, e dá outras providências.</t>
   </si>
   <si>
     <t>1846</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1846/plc_010-2025_-_revisao_geral_anual.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1846/plc_010-2025_-_revisao_geral_anual.doc</t>
   </si>
   <si>
     <t>"DEFINE E APLICA VALOR PERCENTUAL PARA REVISÃO GERAL ANUAL DOS SALÁRIOS DE AGENTES PÚBLICOS DO MUNICÍPIO DE SCHROEDER, E DÁ OUTRAS PROVIDÊNCIAS".</t>
   </si>
   <si>
     <t>1977</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1977/plc_011-2025_-_altera_lei_04-1998_e_60-2008.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1977/plc_011-2025_-_altera_lei_04-1998_e_60-2008.doc</t>
   </si>
   <si>
     <t>Altera a Lei Complementar n.º 004, de 19 de maio de 1998 e a Lei Complementar n.º 060, de 11 de novembro de 2008, e dá outras providências.</t>
   </si>
   <si>
     <t>2053</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2053/plc_012-2025_-_altera_lei_cargos_educacao.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2053/plc_012-2025_-_altera_lei_cargos_educacao.doc</t>
   </si>
   <si>
     <t>Altera o anexo I da Lei Complementar nº 096/2010, de 14 de dezembro de 2010 e dá outras providências.</t>
   </si>
   <si>
     <t>2100</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2100/077_-_plc_013-2025_-_altera_pnma_e_plano_diretor.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2100/077_-_plc_013-2025_-_altera_pnma_e_plano_diretor.doc</t>
   </si>
   <si>
     <t>Inclui dispositivos na Lei Complementar nº 223/2019, que Institui a Política Municipal do Meio Ambiente e dá Outras Providências e na Lei Complementar nº 232/2020, que Dispõe sobre as Diretrizes Estratégicas, Institui o Plano Diretor de Schroeder e dá Outras Providências.</t>
   </si>
   <si>
     <t>2117</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2117/plc_014-2025_-_altera_pnma.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2117/plc_014-2025_-_altera_pnma.doc</t>
   </si>
   <si>
     <t>Inclui dispositivos na Lei Complementar nº 223/2019, que Institui a Política Municipal do Meio Ambiente e dá Outras Providências.</t>
   </si>
   <si>
     <t>2118</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2118/plc_015-2025_-_altera_plano_diretor.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2118/plc_015-2025_-_altera_plano_diretor.doc</t>
   </si>
   <si>
     <t>Inclui dispositivos na Lei Complementar nº 232/2020, que Dispõe sobre as Diretrizes Estratégicas, institui o Plano Diretor de Schroeder e dá Outras Providências.</t>
   </si>
   <si>
     <t>2119</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2119/plc_016-2025_-_ufm_2026.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2119/plc_016-2025_-_ufm_2026.doc</t>
   </si>
   <si>
     <t>Fixa a Unidade Fiscal Municipal - UFM para o exercício de 2026.</t>
   </si>
   <si>
     <t>2131</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2131/084_-_plc_015-2025_-_altera_lei_04-1998.pdf</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2131/084_-_plc_015-2025_-_altera_lei_04-1998.pdf</t>
   </si>
   <si>
     <t>Altera anexo da Lei Complementar nº 004, de 19 de maio de 1998.</t>
   </si>
   <si>
     <t>2132</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2132/plc_018-2025_-_altera_a_lc_66-2008_-_iptu.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2132/plc_018-2025_-_altera_a_lc_66-2008_-_iptu.doc</t>
   </si>
   <si>
     <t>Inclui e altera dispositivos da Lei Complementar nº 66/2008, de 16 de dezembro de 2008.</t>
   </si>
   <si>
     <t>2185</t>
   </si>
   <si>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2185/plc_019-2025_-_alteracao_estrutura_poder_executivo.doc</t>
+  </si>
+  <si>
     <t>Altera dispositivos e anexos da Lei Complementar Municipal Nº 248/2022, que dispõe sobre a Organização Administrativa do Poder Executivo do Município de Schroeder.</t>
   </si>
   <si>
     <t>1751</t>
   </si>
   <si>
     <t>PLSUB</t>
   </si>
   <si>
     <t>Projeto de Lei Substitutivo</t>
   </si>
   <si>
     <t>CLJR - Comissão de Legislação, Justiça e Redação Final</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1751/pl_001-2025_-_substitutivo_-_implantacao_e_funcionamento_dos_conselhos_escolares_nas_instituicoes_de_ensino_e_instituicao_do_forum_dos_conselhos_escolares.doc</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1751/pl_001-2025_-_substitutivo_-_implantacao_e_funcionamento_dos_conselhos_escolares_nas_instituicoes_de_ensino_e_instituicao_do_forum_dos_conselhos_escolares.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a implantação e funcionamento dos Conselhos Escolares nas instituições de ensino e instituição do fórum dos Conselhos Escolares no sistema municipal de ensino de Schroeder/SC.</t>
   </si>
   <si>
     <t>2008</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2008/plsub_2-2025.pdf</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2008/plsub_2-2025.pdf</t>
   </si>
   <si>
     <t>Institui o “Programa Regulariza Schroeder”, que dispõe sobre a regularização de edificações irregulares ou clandestinas e dá outras providências.</t>
   </si>
   <si>
     <t>1799</t>
   </si>
   <si>
     <t>PRE</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1799/projeto_de_resolucao_n._001-2025_-_sic.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1799/projeto_de_resolucao_n._001-2025_-_sic.docx</t>
   </si>
   <si>
     <t>Regulamenta o acesso à informação pública pelo cidadão, nos termos da Lei Federal n.º 12.527, de 18 de novembro de 2011, no âmbito da Câmara Municipal de Schroeder e dá outras providências.</t>
   </si>
   <si>
     <t>1896</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1896/projeto_de_resolucao_n._002-2025_-_lei_14129.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1896/projeto_de_resolucao_n._002-2025_-_lei_14129.docx</t>
   </si>
   <si>
     <t>Regulamenta, no âmbito da Câmara Municipal de Schroeder, a Lei Federal n.º 14.129, de 29 de março de 2021, que dispõe sobre os princípios, regras e instrumentos para o Programa Governo Digital, e dá outras providências.</t>
   </si>
   <si>
     <t>2137</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2137/resolucao_n._003-2025_-_comenda_francisco_ronchi.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2137/resolucao_n._003-2025_-_comenda_francisco_ronchi.docx</t>
   </si>
   <si>
     <t>Art. 1º Aprovar a outorga da Comenda Araribá, pela passagem do centenário do Senhor Francisco Ronchi.</t>
   </si>
   <si>
     <t>2138</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2138/resolucao_n._004-2025_-_comenda_padaria_flohr.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2138/resolucao_n._004-2025_-_comenda_padaria_flohr.docx</t>
   </si>
   <si>
     <t>Art. 1º Aprovar a outorga da Comenda Araribá, pela passagem dos 85 anos de fundação da Padaria e Confeitaria Flohr.</t>
   </si>
   <si>
     <t>2139</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2139/resolucao_n._005-2025_-_comenda_edison_jahn.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2139/resolucao_n._005-2025_-_comenda_edison_jahn.docx</t>
   </si>
   <si>
     <t>Art. 1º Aprovar a outorga da Comenda Araribá, ao senhor Edison Jahn, empresário e apoiador de iniciativas sociais, esportivas e religiosas do município.</t>
   </si>
   <si>
     <t>2140</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2140/resolucao_n._006-2025_-_comenda_pommer_haus.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2140/resolucao_n._006-2025_-_comenda_pommer_haus.docx</t>
   </si>
   <si>
     <t>Art. 1º Aprovar a outorga da Comenda Araribá, pela passagem dos 31 anos de fundação da Padaria e Confeitaria Pommer Haus.</t>
   </si>
   <si>
     <t>2141</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2141/resolucao_n._007-2025_-_comenda_comunidade_nossa_senhora_das_gracas.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2141/resolucao_n._007-2025_-_comenda_comunidade_nossa_senhora_das_gracas.docx</t>
   </si>
   <si>
     <t>Art. 1º Aprovar a outorga da Comenda Araribá, pela passagem dos 75 anos de fundação da Comunidade Nossa Senhora das Graças.</t>
   </si>
   <si>
     <t>2142</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2142/resolucao_n._008-2025_-_comenda_com._dino_duve.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2142/resolucao_n._008-2025_-_comenda_com._dino_duve.docx</t>
   </si>
   <si>
     <t>Art. 1º Aprovar a outorga da Comenda Araribá, pela passagem dos 80 anos de fundação do Comércio Dino Duve ME.</t>
   </si>
   <si>
     <t>2143</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2143/resolucao_n._009-2025_-_comenda_eeb_prof.a_elisa_claudio_de_aguiar.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2143/resolucao_n._009-2025_-_comenda_eeb_prof.a_elisa_claudio_de_aguiar.docx</t>
   </si>
   <si>
     <t>Art. 1º Aprovar a outorga da Comenda Araribá, pela passagem dos 118 anos de fundação da Escola de Educação Básica Professora Elisa Claudio de Aguiar.</t>
   </si>
   <si>
     <t>2144</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2144/resolucao_n._010-2025_-_comenda_ingo_vogel.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2144/resolucao_n._010-2025_-_comenda_ingo_vogel.docx</t>
   </si>
   <si>
     <t>Art. 1º Aprovar a outorga da Comenda Araribá, ao senhor Ingo Vogel, em reconhecimento à sua dedicação e aos relevantes serviços prestados ao Município de Schroeder.</t>
   </si>
   <si>
     <t>2145</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2145/resolucao_n._011-2025_-_comenda_comunidade_evangelica_luterana_cristo.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2145/resolucao_n._011-2025_-_comenda_comunidade_evangelica_luterana_cristo.docx</t>
   </si>
   <si>
     <t>Art. 1º Aprovar a outorga da Comenda Araribá, pela passagem dos 95 anos de fundação da Comunidade Evangélica Luterana Cristo.</t>
   </si>
   <si>
     <t>1716</t>
   </si>
   <si>
     <t>EMD</t>
   </si>
   <si>
     <t>Emenda</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1716/01.2024_-_modificativa_-_pl_03-2024_-_comissao_de_legislacao.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1716/01.2024_-_modificativa_-_pl_03-2024_-_comissao_de_legislacao.docx</t>
   </si>
   <si>
     <t>Nos termos do Art. 97 do Regimento Interno, as emendas não precisam conter ementa indicativa do assunto a que se referem.</t>
   </si>
   <si>
     <t>1746</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1746/02.2025_-_modificativa_-_pl_6-2025_-_comissao_de_legislacao.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1746/02.2025_-_modificativa_-_pl_6-2025_-_comissao_de_legislacao.docx</t>
   </si>
   <si>
     <t>1747</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1747/03.2025_-_aditiva_-_pl_6-2025_-_comissao_de_legislacao.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1747/03.2025_-_aditiva_-_pl_6-2025_-_comissao_de_legislacao.docx</t>
   </si>
   <si>
     <t>1748</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1748/04.2025_-_modificativa_-_pl_5-2025_-_comissao_de_legislacao.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1748/04.2025_-_modificativa_-_pl_5-2025_-_comissao_de_legislacao.docx</t>
   </si>
   <si>
     <t>1749</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1749/05.2025_-_aditiva_-_pl_5-2025_-_comissao_de_legislacao.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1749/05.2025_-_aditiva_-_pl_5-2025_-_comissao_de_legislacao.docx</t>
   </si>
   <si>
     <t>1750</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1750/06.2025_-_supressiva_-_pl_5-2025_-_comissao_de_legislacao.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1750/06.2025_-_supressiva_-_pl_5-2025_-_comissao_de_legislacao.docx</t>
   </si>
   <si>
     <t>1752</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1752/07.2025_-_modificativa_-_pl_12-2025_-_comissao_de_legislacao.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1752/07.2025_-_modificativa_-_pl_12-2025_-_comissao_de_legislacao.docx</t>
   </si>
   <si>
     <t>1783</t>
   </si>
   <si>
     <t>CFO - Comissão de Finanças e Orçamento</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1783/08.2025_-_supressiva_-_pl_13-2025_-_comissao_de_financas.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1783/08.2025_-_supressiva_-_pl_13-2025_-_comissao_de_financas.docx</t>
   </si>
   <si>
     <t>1784</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1784/09.2025_-_modificativa_-_pl_13-2025_-_comissao_de_financas.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1784/09.2025_-_modificativa_-_pl_13-2025_-_comissao_de_financas.docx</t>
   </si>
   <si>
     <t>1785</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1785/10.2025_-_supressiva_-_pl_14-2025_-_comissao_de_financas.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1785/10.2025_-_supressiva_-_pl_14-2025_-_comissao_de_financas.docx</t>
   </si>
   <si>
     <t>1786</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1786/11.2025_-_modificativa_-_pl_14-2025_-_comissao_de_financas_e_orcamento.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1786/11.2025_-_modificativa_-_pl_14-2025_-_comissao_de_financas_e_orcamento.docx</t>
   </si>
   <si>
     <t>1787</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1787/12.2025_-_aditiva_-_pl_14-2025_-_comissao_de_financas.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1787/12.2025_-_aditiva_-_pl_14-2025_-_comissao_de_financas.docx</t>
   </si>
   <si>
     <t>1788</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1788/13.2025_-_modificativa_-_pl_15-2025_-_comissao_de_financas.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1788/13.2025_-_modificativa_-_pl_15-2025_-_comissao_de_financas.docx</t>
   </si>
   <si>
     <t>Nos termos do Art. 97 do Regimento Interno, as emendas não precisam conter ementa indicativa do assunto a que se referem.</t>
   </si>
   <si>
     <t>1789</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1789/14.2025_-_modificativa_-_pl_5-2025_-_comissao_de_financas.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1789/14.2025_-_modificativa_-_pl_5-2025_-_comissao_de_financas.docx</t>
   </si>
   <si>
     <t>1790</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1790/15.2025_-_aditiva_-_pl_5-2025_-_comissao_de_financas.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1790/15.2025_-_aditiva_-_pl_5-2025_-_comissao_de_financas.docx</t>
   </si>
   <si>
     <t>1808</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1808/16.2025_-_modificativa_-_plc_4-2025_-_comissao_de_legislacao.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1808/16.2025_-_modificativa_-_plc_4-2025_-_comissao_de_legislacao.docx</t>
   </si>
   <si>
     <t>1809</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1809/17.2025_-_modificativa_-_pl_10-2025_-_comissao_de_legislacao.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1809/17.2025_-_modificativa_-_pl_10-2025_-_comissao_de_legislacao.docx</t>
   </si>
   <si>
     <t>1818</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1818/18.2025_-_supressiva_-_pl_18-2025_-_comissao_de_financas.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1818/18.2025_-_supressiva_-_pl_18-2025_-_comissao_de_financas.docx</t>
   </si>
   <si>
     <t>1819</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1819/19.2025_-_modificativa_-_pl_18-2025_-_comissao_de_financas.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1819/19.2025_-_modificativa_-_pl_18-2025_-_comissao_de_financas.docx</t>
   </si>
   <si>
     <t>1848</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1848/20.2025_-_modificativa_-_pl_11-2025_-_comissao_de_legislacao.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1848/20.2025_-_modificativa_-_pl_11-2025_-_comissao_de_legislacao.docx</t>
   </si>
   <si>
     <t>1849</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1849/21.2025_-_modificativa_-_plc_10-2025_-_comissao_de_legislacao.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1849/21.2025_-_modificativa_-_plc_10-2025_-_comissao_de_legislacao.docx</t>
   </si>
   <si>
     <t>1853</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1853/22.2025_-_aditiva_-_plc_10-2025_-_comissao_de_financas.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1853/22.2025_-_aditiva_-_plc_10-2025_-_comissao_de_financas.docx</t>
   </si>
   <si>
     <t>1854</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1854/23.2025_-_modificativa_-_plc_10-2025_-_comissao_de_financas.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1854/23.2025_-_modificativa_-_plc_10-2025_-_comissao_de_financas.docx</t>
   </si>
   <si>
     <t>1862</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1862/24.2025_-_modificativa_-_pl_24-2025_-_comissao_de_legislacao.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1862/24.2025_-_modificativa_-_pl_24-2025_-_comissao_de_legislacao.docx</t>
   </si>
   <si>
     <t>1863</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1863/25.2025_-_aditiva_-_pl_24-2025_-_comissao_de_legislacao.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1863/25.2025_-_aditiva_-_pl_24-2025_-_comissao_de_legislacao.docx</t>
   </si>
   <si>
     <t>1888</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1888/26.2025_-_modificativa_-_pl_19-2025_-_comissao_de_financas.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1888/26.2025_-_modificativa_-_pl_19-2025_-_comissao_de_financas.docx</t>
   </si>
   <si>
     <t>1889</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1889/27.2025_-_aditiva_-_pl_19-2025_-_comissao_de_financas.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1889/27.2025_-_aditiva_-_pl_19-2025_-_comissao_de_financas.docx</t>
   </si>
   <si>
     <t>1897</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1897/28.2025_-_modificativa_-_pl_32-2025_-_comissao_de_legislacao.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1897/28.2025_-_modificativa_-_pl_32-2025_-_comissao_de_legislacao.docx</t>
   </si>
   <si>
     <t>1898</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1898/29.2025_-_aditiva_-_pl_32-2025_-_comissao_de_legislacao.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1898/29.2025_-_aditiva_-_pl_32-2025_-_comissao_de_legislacao.docx</t>
   </si>
   <si>
     <t>1899</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1899/30.2025_-_supressiva_-_pl_32-2025_-_comissao_de_legislacao.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1899/30.2025_-_supressiva_-_pl_32-2025_-_comissao_de_legislacao.docx</t>
   </si>
   <si>
     <t>1900</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1900/31.2025_-_modificativa_-_pl_33-2025_-_comissao_de_legislacao.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1900/31.2025_-_modificativa_-_pl_33-2025_-_comissao_de_legislacao.docx</t>
   </si>
   <si>
     <t>1901</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1901/32.2025_-_aditiva_-_pl_33-2025_-_comissao_de_legislacao.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1901/32.2025_-_aditiva_-_pl_33-2025_-_comissao_de_legislacao.docx</t>
   </si>
   <si>
     <t>1902</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1902/33.2025_-_supressiva_-_pl_33-2025_-_comissao_de_legislacao.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1902/33.2025_-_supressiva_-_pl_33-2025_-_comissao_de_legislacao.docx</t>
   </si>
   <si>
     <t>1905</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1905/34.2025_-_aditiva_-_pl_27-2025_-_comissao_de_legislacao.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1905/34.2025_-_aditiva_-_pl_27-2025_-_comissao_de_legislacao.docx</t>
   </si>
   <si>
     <t>1906</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1906/35.2025_-_supressiva_-_pl_27-2025_-_comissao_de_legislacao.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1906/35.2025_-_supressiva_-_pl_27-2025_-_comissao_de_legislacao.docx</t>
   </si>
   <si>
     <t>1907</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1907/36.2025_-_modificativa_-_pl_27-2025_-_comissao_de_legislacao.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1907/36.2025_-_modificativa_-_pl_27-2025_-_comissao_de_legislacao.docx</t>
   </si>
   <si>
     <t>1924</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1924/37.2025_-_modificativa_-_pl_38-2025_-_comissao_de_legislacao.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1924/37.2025_-_modificativa_-_pl_38-2025_-_comissao_de_legislacao.docx</t>
   </si>
   <si>
     <t>1925</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1925/38.2025_-_aditiva_-_pl_40-2025_-_comissao_de_financas.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1925/38.2025_-_aditiva_-_pl_40-2025_-_comissao_de_financas.docx</t>
   </si>
   <si>
     <t>1940</t>
   </si>
   <si>
     <t>CMER - Comissão de Mérito</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1940/39.2025_-_aditiva_-_pl_27-2025_-_comissao_de_merito.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1940/39.2025_-_aditiva_-_pl_27-2025_-_comissao_de_merito.docx</t>
   </si>
   <si>
     <t>1941</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1941/40.2025_-_modificativa_-_pl_27-2025_-_comissao_de_merito.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1941/40.2025_-_modificativa_-_pl_27-2025_-_comissao_de_merito.docx</t>
   </si>
   <si>
     <t>1969</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1969/41.2025_-_modificativa_-_pl_41-2025_-_comissao_de_legislacao.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1969/41.2025_-_modificativa_-_pl_41-2025_-_comissao_de_legislacao.docx</t>
   </si>
   <si>
     <t>1970</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1970/42.2025_-_aditiva_-_pl_41-2025_-_comissao_de_legislacao.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1970/42.2025_-_aditiva_-_pl_41-2025_-_comissao_de_legislacao.docx</t>
   </si>
   <si>
     <t>1980</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1980/43.2025_-_modificativa_-_pl_25-2025_-_comissao_de_legislacao.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1980/43.2025_-_modificativa_-_pl_25-2025_-_comissao_de_legislacao.docx</t>
   </si>
   <si>
     <t>1981</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1981/44.2025_-_aditiva_-_pl_25-2025_-_comissao_de_legislacao.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1981/44.2025_-_aditiva_-_pl_25-2025_-_comissao_de_legislacao.docx</t>
   </si>
   <si>
     <t>1982</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1982/45.2025_-_modificativa_-_plc_11-2025_-_comissao_de_legislacao.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1982/45.2025_-_modificativa_-_plc_11-2025_-_comissao_de_legislacao.docx</t>
   </si>
   <si>
     <t>1997</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1997/46.2025_-_aditiva_-_pl_27-2025_-_comissao_de_financas.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1997/46.2025_-_aditiva_-_pl_27-2025_-_comissao_de_financas.docx</t>
   </si>
   <si>
     <t>1998</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1998/47.2025_-_modificativa_-_pl_27-2025_-_comissao_de_financas.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1998/47.2025_-_modificativa_-_pl_27-2025_-_comissao_de_financas.docx</t>
   </si>
   <si>
     <t>2009</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2009/48.2025_-_modificativa_-_pl_25-2025_-_comissao_de_merito.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2009/48.2025_-_modificativa_-_pl_25-2025_-_comissao_de_merito.docx</t>
   </si>
   <si>
     <t>2029</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2029/49.2025_-_modificativa_-_pl_26-2025_-_comissao_de_financas.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2029/49.2025_-_modificativa_-_pl_26-2025_-_comissao_de_financas.docx</t>
   </si>
   <si>
     <t>2045</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2045/50.2025_-_aditiva_-_pl_56-2025_-_comissao_de_legislacao.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2045/50.2025_-_aditiva_-_pl_56-2025_-_comissao_de_legislacao.docx</t>
   </si>
   <si>
     <t>2046</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2046/51.2025_-_modificativa_-_pl_25-2025_-_comissao_de_financas.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2046/51.2025_-_modificativa_-_pl_25-2025_-_comissao_de_financas.docx</t>
   </si>
   <si>
     <t>2085</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2085/52.2025_-_aditiva_-_pl_66-2025_-_comissao_de_financas.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2085/52.2025_-_aditiva_-_pl_66-2025_-_comissao_de_financas.docx</t>
   </si>
   <si>
     <t>2120</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2120/53.2025_-_modificativa_-_pl_74-2025_-_comissao_de_financas.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2120/53.2025_-_modificativa_-_pl_74-2025_-_comissao_de_financas.docx</t>
   </si>
   <si>
     <t>2146</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2146/54.2025_-_aditiva_-_pl_71-2025_-_comissao_de_legislacao.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2146/54.2025_-_aditiva_-_pl_71-2025_-_comissao_de_legislacao.docx</t>
   </si>
   <si>
     <t>2152</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2152/55.2025_-_modificativa_-_plc_14-2025_-_comissao_de_legislacao.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2152/55.2025_-_modificativa_-_plc_14-2025_-_comissao_de_legislacao.docx</t>
   </si>
   <si>
     <t>2153</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2153/56.2025_-_aditiva_-_plc_14-2025_-_comissao_de_merito.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2153/56.2025_-_aditiva_-_plc_14-2025_-_comissao_de_merito.docx</t>
   </si>
   <si>
     <t>2176</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2176/57.2025_-_modificativa_-_pl_71-2025_-_comissao_de_financas.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2176/57.2025_-_modificativa_-_pl_71-2025_-_comissao_de_financas.docx</t>
   </si>
   <si>
     <t>2187</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2187/58.2025_-_modificativa_-_pl_88-2025_-_comissao_de_legislacao.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2187/58.2025_-_modificativa_-_pl_88-2025_-_comissao_de_legislacao.docx</t>
   </si>
   <si>
     <t>2188</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2188/59.2025_-_modificativa_-_pl_90-2025_-_comissao_de_legislacao.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2188/59.2025_-_modificativa_-_pl_90-2025_-_comissao_de_legislacao.docx</t>
   </si>
   <si>
     <t>2189</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2189/60.2025_-_modificativa_-_pl_91-2025_-_comissao_de_legislacao.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2189/60.2025_-_modificativa_-_pl_91-2025_-_comissao_de_legislacao.docx</t>
   </si>
   <si>
     <t>2190</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2190/61.2025_-_modificativa_-_pl_70-2025_-_comissao_de_financas.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2190/61.2025_-_modificativa_-_pl_70-2025_-_comissao_de_financas.docx</t>
   </si>
   <si>
     <t>2191</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2191/62.2025_-_modificativa_-_pl_85-2025_-_comissao_de_merito.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2191/62.2025_-_modificativa_-_pl_85-2025_-_comissao_de_merito.docx</t>
   </si>
   <si>
     <t>2192</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2192/63.2025_-_supressiva_-_pl_85-2025_-_comissao_de_merito.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2192/63.2025_-_supressiva_-_pl_85-2025_-_comissao_de_merito.docx</t>
   </si>
   <si>
     <t>2198</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2198/64.2025_-_supressiva_-_pl_82-2025_-_comissao_de_financas.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2198/64.2025_-_supressiva_-_pl_82-2025_-_comissao_de_financas.docx</t>
   </si>
   <si>
     <t>2199</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2199/65.2025_-_modificativa_-_pl_82-2025_-_comissao_de_financas.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2199/65.2025_-_modificativa_-_pl_82-2025_-_comissao_de_financas.docx</t>
+  </si>
+  <si>
+    <t>2218</t>
+  </si>
+  <si>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2218/66.2025_-_modificativa_-_pl_83-2025_-_comissao_de_financas.docx</t>
   </si>
   <si>
     <t>1653</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1653/ind_01-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1653/ind_01-25.docx</t>
   </si>
   <si>
     <t>Sugerir ao Executivo, por meio da Secretaria de Saúde, a ampliação do horário de atendimento da Farmácia Básica do Centro, estendendo-o até às 20h, de segunda a sexta-feira, preferencialmente sem a interrupção para o almoço._x000D_
 _x000D_
 Justifica-se, pela necessidade de garantir o acesso a medicamentos essenciais para os munícipes que dependem da Farmácia Básica da Prefeitura, mas que não conseguem se deslocar no horário atual de atendimento, que encerra às 16h30min. Com isso, muitos precisam faltar ao trabalho ou apresentar atestados médicos para conseguir adquirir os medicamentos. Além disso, a ampliação do horário atenderia também os pacientes das unidades básicas de saúde e do pronto atendimento, permitindo que adquiram seus remédios de forma mais rápida, aproveitando o deslocamento já realizado e iniciando seus tratamentos de forma mais ágil.</t>
   </si>
   <si>
     <t>1654</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1654/ind_02-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1654/ind_02-25.docx</t>
   </si>
   <si>
     <t>Sugerir melhorias nos parques infantis do Município, com a execução de reparos nos brinquedos, serviço de arborização, instalação de iluminação, lixeiras e bancos, bem como a troca do material utilizado para cobertura do solo, melhora dos acessos e instalação de pontos de água potável. _x000D_
 Justifica-se com o intuito de disponibilizar às crianças e seus pais ou cuidadores, um espaço com infraestrutura adequada, para que possam desfrutar de momentos de lazer com maior conforto e segurança.</t>
   </si>
   <si>
     <t>1655</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1655/ind_03-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1655/ind_03-25.docx</t>
   </si>
   <si>
     <t>Sugerir a realização de serviços de limpeza na ciclofaixa situada na Rua Erich Froehner, em toda sua extensão._x000D_
 Justifica-se, visto que a referida ciclofaixa apresenta acúmulo excessivo de pedras, areia e vegetação. Esse acúmulo de detritos representa um risco para a segurança dos usuários, além de dificultar a mobilidade de pessoas que dependem da ciclofaixa para atividades cotidianas, como deslocamentos para o trabalho, escola, prática de atividades físicas e outras necessidades.</t>
   </si>
   <si>
     <t>1656</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1656/ind_04-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1656/ind_04-25.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção da praça Helmuth Moritz Germano Hertel, com execução de reparos do parque infantil e limpeza geral da praça._x000D_
 Justifica-se, visto que com a ação do tempo há um desgaste dos equipamentos do parque infantil e da praça, o que compromete a segurança e o conforto dos usuários. Além disso, a limpeza geral da praça é fundamental para manter a estética do espaço, além de promover a saúde e o bem-estar dos frequentadores. A manutenção periódica do local contribui para a preservação do patrimônio público e a qualidade de vida da população, incentivando o uso contínuo da praça por todos.</t>
   </si>
   <si>
     <t>1657</t>
   </si>
   <si>
-    <t>Ronan Paulo Minatti</t>
-[...2 lines deleted...]
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1657/ind_05-25.docx</t>
+    <t>Minatti</t>
+  </si>
+  <si>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1657/ind_05-25.docx</t>
   </si>
   <si>
     <t>Sugerir a tomada de medidas cabíveis para a construção de calçada no início da Rua Gustavo Streit, no trecho de aproximadamente 300 metros, após o Supermercado Rancho Bom, até o imóvel nº 357. _x000D_
 Justifica-se, pela necessidade de proporcionar segurança e acessibilidade aos pedestres, em especial às crianças que transitam pela via. Atualmente, ambos os lados dessa parte da rua não possuem calçadas, o que coloca as pessoas em risco, especialmente estudantes que nos horários de entrada e saída da escola, por falta de opção, caminham no acostamento ou mesmo na pista. Além disso, o mato existente no local impede o uso do espaço destinado à calçada, agravando ainda mais a situação. Dessa forma, a construção de calçada no referido trecho garantirá maior segurança, mobilidade e o bem-estar da comunidade local.</t>
   </si>
   <si>
     <t>1658</t>
   </si>
   <si>
     <t>Marcos Zils</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1658/ind_06-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1658/ind_06-25.docx</t>
   </si>
   <si>
     <t>Sugerir análise da viabilidade para extensão de rotas de ônibus escolar na Estrada Rancho Bom (desde o ponto de acesso da figueira centenária, localizado nas proximidades da residência de Adilson Gaedke, até a última residência, propriedade de Valdemar Zils) e Estrada Duas Mamas (da entrada da Tifa Rio Camarada, até a bifurcação, residência de Ademar Daugs._x000D_
 Justifica-se, pois a medida irá beneficiar os estudantes residentes em áreas mais distantes, promovendo a equidade no acesso ao transporte escolar e, consequentemente, a promoção da educação de qualidade e maior segurança aos alunos. Para ampliação das rotas é preciso que seja verificada a viabilidade dos veículos realizarem o retorno e o alinhamento dos demais horários.</t>
   </si>
   <si>
     <t>1659</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1659/ind_07-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1659/ind_07-25.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção da pavimentação em lajotas da Rua Gustavo Streit, na esquina com a Rio Grande do Sul._x000D_
 Justifica-se, visto que no local mencionado há um afundamento das lajotas, o que tem causado acúmulo de água pluvial, dificultando a circulação de pedestres e veículos, e gerando sérios transtornos para os moradores em períodos chuvosos. Apesar dos moradores já terem registrado protocolos em gestões anteriores, a situação persiste sem solução definitiva. Diante da situação, é preciso que sejam adotadas as medidas necessárias para o reparo, como a troca das lajotas danificadas ou instalação de uma boca de lobo para o adequado escoamento da água pluvial.</t>
   </si>
   <si>
     <t>1660</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1660/ind_08-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1660/ind_08-25.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de iluminação nas academias ao ar livre do Município._x000D_
 Justifica-se, com o objetivo de oferecer segurança aos usuários durante o período noturno, diminuindo os riscos de acidentes, inibindo atos de vandalismo e valorizando a estética do local. As academias ao ar livre desempenham um papel fundamental na promoção da saúde e bem-estar da população, oferecendo espaço para a prática de atividades físicas de forma gratuita e acessível, sendo fundamental contar com uma infraestrutura adequada para atender de forma eficiente os cidadãos.</t>
   </si>
   <si>
     <t>1661</t>
   </si>
   <si>
-    <t>Marcos Zils, Adilson Kluck</t>
-[...2 lines deleted...]
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1661/ind_09-25.docx</t>
+    <t>Marcos Zils, Adilson Kluck - Licenciado</t>
+  </si>
+  <si>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1661/ind_09-25.docx</t>
   </si>
   <si>
     <t>Sugerir a vistoria e manutenção dos equipamentos de ginástica existentes nas academias ao ar livre do Município, em especial a localizada na Rua Gustavo Streit, anexa à unidade de saúde do Bairro Tomaselli._x000D_
 Justifica-se, pois há equipamentos danificados, necessitando de conserto ou substituição, de forma a assegurar que as academias continuem a atender as necessidades dos munícipes de forma segura e eficiente, considerando a importância da promoção da saúde e do bem-estar da comunidade, que preza por espaços públicos de lazer e prática de atividades físicas.</t>
   </si>
   <si>
     <t>1662</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1662/ind_10-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1662/ind_10-25.docx</t>
   </si>
   <si>
     <t>Sugerir a execução de limpeza das bocas de lobo e da tubulação de escoamento de água pluvial da Rua Paraná, especialmente nas imediações das residências nº 214 e nº 228._x000D_
 Justifica-se, pelo fato de que os bueiros e as tubulações dessa via estão entupidos, causando sérios transtornos aos moradores. A obstrução do sistema de drenagem tem gerado o transbordamento de água e areia nas residências, além de entupir fossas filtro, o que agrava ainda mais a situação. Nos dias de chuva, a água da descarga não escoa corretamente, fazendo com que os ralos transbordem, causando alagamentos dentro das residências, especialmente nas já mencionadas. Assim sendo, é preciso solucionar este problema e evitar danos ainda maiores à saúde e ao bem-estar dos moradores.</t>
   </si>
   <si>
     <t>1663</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1663/ind_11-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1663/ind_11-25.docx</t>
   </si>
   <si>
     <t>Sugerir análise de viabilidade para a instalação de uma faixa elevada para travessia de pedestres na Rua Gustavo Streit, no trajeto que compreende as residências de número 1120 até 2035, no término da área urbana. _x000D_
 Justifica-se, visto que a medida é necessária para a redução da velocidade dos veículos que transitam por essa via, uma vez que ela concentra grande fluxo de pessoas e veículos devido à presença de comércios, indústrias e prestadores de serviço na região. Além disso, o local é frequentado por idosos que praticam caminhadas e por crianças, inclusive com necessidades especiais, que brincam nas proximidades, o que aumenta consideravelmente o risco de acidentes. A instalação da faixa elevada visa proporcionar maior segurança para os pedestres e promover um trânsito mais seguro e respeitoso, atendendo às necessidades da comunidade local.</t>
   </si>
   <si>
     <t>1664</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1664/ind_12-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1664/ind_12-25.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção da pavimentação em lajotas da Rua Gustavo Streit, especificamente em frete aos imóveis nº 503 e nº 560 (Indústria Florar Embalagens)._x000D_
 Justifica-se, pelo fato de que as lajotas apresentarem problemas de desnível. Em um dos pontos, há lajotas afundadas, enquanto em outro, as lajotas estão excessivamente elevadas. Esses desníveis comprometem tanto a segurança quanto o conforto da população que utiliza a via diariamente, sendo essencial que o pavimento seja reparado para garantir uma circulação mais segura e eficiente.</t>
   </si>
   <si>
     <t>1665</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1665/ind_13-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1665/ind_13-25.docx</t>
   </si>
   <si>
     <t>Sugerir a limpeza e remoção de resíduos acumulados no acostamento das ruas 3 de Outubro e Gustavo Streit (trecho da Travessa Amadus Muller até a Escola Municipal Santos Tomaselli)._x000D_
 Justifica-se, visto que os locais em questão apresentam grande acúmulos de distritos, como lama, limo e vegetação, que têm causado transtornos para pedestres, ciclistas e motoristas. A limpeza do acostamento é essencial para a melhoria da mobilidade urbana, prevenção de acidentes e promoção do bem-estar da população. A falta de manutenção adequada também contribui para o aumento da poluição e pode agravar a situação em períodos de chuvas, com a possível formação de pontos de alagamento. A conservação adequada é de extrema importância para evitar acidentes, melhorar a estética urbana e prevenir problemas ambientais.</t>
   </si>
   <si>
     <t>1666</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1666/ind_14-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1666/ind_14-25.docx</t>
   </si>
   <si>
     <t>Sugerir a execução de pavimentação da Travessa Amandus Muller. _x000D_
 Justifica-se, com o objetivo de contribuir para melhor trafegabilidade, promovendo mobilidade e desenvolvimento urbano. A pavimentação, trará ainda facilidade de deslocamentos, além de contribuir para melhor qualidade de vida da população, pois haverá redução dos problemas provenientes de rua sem pavimentação.</t>
   </si>
   <si>
     <t>1667</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1667/ind_15-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1667/ind_15-25.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção da ciclofaixa existente da Rua Barão do Rio Branco, em toda a sua extensão. _x000D_
 Justifica-se, pois a referida ciclofaixa necessidade de reparos na cobertura asfáltica, que apresenta diversas avarias. Assim, os ciclistas são forçados a utilizarem a pista de rolamento, favorecendo a ocorrência de acidentes.</t>
   </si>
   <si>
     <t>1668</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1668/ind_16-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1668/ind_16-25.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de espelho convexo no cruzamento das ruas Osmar Konell e Alberto Zanella. _x000D_
 Justifica-se, uma vez que falta de visibilidade adequada para os motoristas que saem da Rua Osmar Konell em direção à Rua Alberto Zanella, tem gerado situações de insegurança e elevado o risco de acidentes no local.</t>
   </si>
   <si>
     <t>1669</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1669/ind_17-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1669/ind_17-25.docx</t>
   </si>
   <si>
     <t>Sugerir a adoção de medidas cabíveis a fim de que seja construída calçada na Rua 23 de Março, no trecho de acesso à ponte, saindo do Bairro Itoupava-Açú (lado esquerdo da via)._x000D_
 Justifica-se, visto que o referido trecho é muito utilizado por pedestres e ciclistas e necessita de infraestrutura adequada para que as pessoas circulem de forma segura. No local há diversas árvores, cujas raízes e folhas acumuladas tornam o solo constantemente úmido e escorregadio, criando condições propícias para a formação de lodo. Dessa forma, os pedestres e ciclistas se veem obrigados a invadir a pista de rolamento, expondo-se ao risco de acidentes com veículos, ou a caminhar/andar sobre o lodo, o que aumenta o perigo de escorregões e quedas.</t>
   </si>
   <si>
     <t>1670</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1670/ind_18-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1670/ind_18-25.docx</t>
   </si>
   <si>
     <t>Sugerir reparos da calçada na Rua Carlos Eggert, em frente ao imóvel n 370, esquina com a Rua Alphons Maria Schumalz._x000D_
 Justifica-se, visto que a calçada está cedendo, indicando que há um possível problema com a tubulação subterrânea, que pode estar danificada ou quebrada, causando o afundamento do pavimento. Tal situação oferece risco à segurança dos pedestres que transitam pelo local, podendo ocasionar quedas e outros acidentes. Dessa forma, é necessário a realização de vistoria no local para confirmar a existência de problemas na tubulação e, caso necessário, proceda com o reparo da estrutura da calçada e da rede de tubulação danificada.</t>
   </si>
   <si>
     <t>1671</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1671/ind_19-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1671/ind_19-25.docx</t>
   </si>
   <si>
     <t>Sugerir ao Prefeito Municipal que os decretos de abertura de crédito adicional suplementar sejam estruturados conforme os termos da Lei Federal nº 4.320, de 17 de março de 1964, que estabelece normas gerais de direito financeiro para elaboração e controle dos orçamentos e balanços da União, dos Estados, do Distrito Federal e dos Municípios. É essencial que tais decretos sigam os princípios e diretrizes da orçamentação pública, especialmente no que se refere ao detalhamento da origem dos recursos.</t>
   </si>
   <si>
     <t>1672</t>
   </si>
   <si>
-    <t>Rosamira Karsten</t>
-[...2 lines deleted...]
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1672/ind_20-25.docx</t>
+    <t>Muka</t>
+  </si>
+  <si>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1672/ind_20-25.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de faixa elevada para travessia de pedestres na Rua Marechal Castelo Branco, nas imediações do imóvel nº 9322 (Castelan Pesque Pague)._x000D_
 Justifica-se, pois no local mencionado há significativa movimentação de pessoas devido a um ponto de ônibus nas imediações, diversas residências e comércio, além do número significativo de crianças que circulam pela área. Dessa forma, a implantação de uma faixa elevada contribuirá para maior segurança durante a travessia.</t>
   </si>
   <si>
     <t>1673</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1673/ind_21-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1673/ind_21-25.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de faixa elevada para travessia de pedestres na Rua Barão do Rio Branco, nas imediações do imóvel nº 1.110, após a curva._x000D_
 Justifica-se, uma vez que instalação da faixa elevada tem como objetivo principal promover a segurança dos pedestres, forçando a redução da velocidade dos veículos, além de garantir uma travessia mais tranquila para os moradores e usuários da via, principalmente em um local de intenso fluxo de pessoas.</t>
   </si>
   <si>
     <t>1674</t>
   </si>
   <si>
-    <t>Adilson Kluck</t>
-[...2 lines deleted...]
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1674/ind_22-25.docx</t>
+    <t>Adilson Kluck - Licenciado</t>
+  </si>
+  <si>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1674/ind_22-25.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de faixa elevada para travessia de pedestres na Rua Erich Froehner, em frente ao imóvel nº 2.400 (Empresa Progressul). _x000D_
 Justifica-se, com o objetivo de proporcionar maior segurança e facilitar a travessia de pedestres, especialmente devido à grande movimentação de pessoas que se deslocam para as empresas situadas nas proximidades. A instalação da faixa elevada contribuirá para a redução de acidentes, fluidez no tráfego e para o bem-estar dos cidadãos que transitam na região.</t>
   </si>
   <si>
     <t>1677</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1677/ind_23-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1677/ind_23-25.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de um espelho convexo no entroncamento das ruas Theodoro Weiss e Marechal Castelo Branco._x000D_
 Justifica-se, visto que os motoristas que saem da Rua Theodoro Weiss, não possuem visibilidade adequada do trânsito da Rua Marechal Castelo Branco, gerando insegurança aos motoristas e a probabilidade de ocorrência de acidentes.</t>
   </si>
   <si>
     <t>1678</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1678/ind_24-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1678/ind_24-25.docx</t>
   </si>
   <si>
     <t>Sugerir análise de viabilidade e tomada de medidas cabíveis, a fim de implantar um posto de atendimento no Município, para disponibilização de serviços prestados pela justiça eleitoral, como emissão de título de eleitor, regularização de título eleitoral, mudança de domicílio eleitoral, segunda via, entre outros. _x000D_
 Justifica-se, com o objetivo de facilitar, agilizar e aperfeiçoar no Município as atividades desenvolvidas pela justiça eleitoral, aproximando da população os serviços prestados.</t>
   </si>
   <si>
     <t>1679</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1679/ind_25-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1679/ind_25-25.docx</t>
   </si>
   <si>
     <t>Sugerir a tomada de medidas cabíveis a fim de buscar melhorias na fiscalização e sinalização de trânsito da Rua Gottfried Maske, especialmente em relação ao tráfego de caminhões. Para que a via possua sinalização adequada indicando limites de peso, restrições de acesso, indicativo de rua sem saída e demais orientações pertinentes, a fim de que seja evitada a ocorrência de danos ao pavimento e calçadas, devido a frequente movimentação de veículos de grande porte. _x000D_
 Justifica-se, haja vista que muitos veículos pesados adentram a rua para fazer o retorno e acabam danificando a pavimentação e a calçada, trazendo transtornos aos moradores e pessoas que se utilizam da via em quentão. Assim, torna-se imprescindível que medidas sejam tomadas, orientando e conscientizando os motoristas dos danos potenciais que podem ser causados à infraestrutura da via.</t>
   </si>
   <si>
     <t>1680</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1680/ind_26-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1680/ind_26-25.docx</t>
   </si>
   <si>
     <t>Sugerir a remoção de boca de lobo existente na esquina das ruas Guilherme Bauer e Afonso Zils, a fim de que seja instalada outra em frente ao imóvel nº 156._x000D_
 Justifica-se, pois no local em que está localizada atualmente, a boca de lobo é inútil, visto que a água pluvial escorre em outro sentido e acaba adentrando imóveis que estão em locais mais baixos. Se for instalada uma boca de lobo no local supra mencionado, resolverá o problema dos frequentes alagamentos.</t>
   </si>
   <si>
     <t>1681</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1681/ind_27-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1681/ind_27-25.docx</t>
   </si>
   <si>
     <t>Sugerir a análise de viabilidade para a instalação de um redutor de velocidade na entrada do Loteamento Alfablu, especificamente na bifurcação da Rua Júlio Bauer. _x000D_
 Justifica-se, com o objetivo de aumentar a segurança dos moradores e usuários da via, pois a referida bifurcação pode gerar confusões no trânsito, especialmente para motoristas que não conhecem a área, além de ser imprescindível a tomada de medidas para evitar o excesso de velocidade.</t>
   </si>
   <si>
     <t>1682</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1682/ind_28-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1682/ind_28-25.docx</t>
   </si>
   <si>
     <t>Sugerir ao Executivo que tome as medidas cabíveis a fim de cumprir o que preconiza a Lei nº 2285, com o intuito de exigir que os proprietários realizem a limpeza dos terrenos baldios._x000D_
 Justifica-se, considerando que muitos munícipes estão deixando de realizar a manutenção necessária, acreditando que essa é uma responsabilidade exclusiva do Poder Executivo. Este, por sua vez, com o objetivo de manter a cidade organizada e limpa, se vê obrigado a contratar empresas ou servidores para executar o trabalho, o que resulta em custos desnecessários aos cofres públicos. Além disso, áreas urbanas com vegetação em excesso favorecem a proliferação de insetos, animais sinantrópicos e peçonhentos, e, quando a vegetação invade as vias públicas, ocasiona problemas de mobilidade urbana.</t>
   </si>
   <si>
     <t>1683</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1683/ind_29-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1683/ind_29-25.docx</t>
   </si>
   <si>
     <t>Sugerir análise de viabilidade para instalação da faixa de pedestres na Rua Marechal Castelo Branco, em frente ao imóvel nº 907 (Casa das Tintas), e a possibilidade de retirada da faixa de pedestres em frente ao imóvel nº 801 (Restaurante Indaial) ou ainda a viabilidade de manter as duas, caso não prejudiquem o trânsito devido à proximidade entre elas._x000D_
 Justifica-se, visto que tal medida visa proporcionar maior segurança e comodidade para os pedestres, especialmente para ciclistas que, ao atravessarem o local, atualmente precisam passar em frente ao posto de combustível para acessar o bairro Rio Hern. Com a instalação da faixa de pedestre no ponto sugerido, os ciclistas poderão atravessar com maior segurança, evitando o trânsito intenso do dos veículos que vão ao posto e o risco de acidentes nessa área com maior movimento de veículos. Além disso, a proximidade da nova faixa de pedestres com o ponto de ônibus beneficiará também os usuários do transporte público, proporcionando um acesso</t>
   </si>
   <si>
     <t>1684</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1684/ind_30-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1684/ind_30-25.docx</t>
   </si>
   <si>
     <t>Sugerir análise de viabilidade para instalação da faixa de pedestres na Rua Marechal Castelo Branco, em frente ao imóvel nº 2744 (Vita Jardim Gastronômico), e a possibilidade de retirada da faixa de pedestres em frente ao imóvel nº 2838 (Despachante Lessmann) ou ainda a viabilidade de manter as duas, caso não prejudiquem o trânsito devido à proximidade entre elas._x000D_
 Justifica-se, visto que a instalação da faixa de pedestres em frente ao imóvel nº 2744, é de extrema importância haja vista o grande fluxo de pedestres no local. Por outro lado, a proximidade das faixas nos dois imóveis mencionados pode gerar conflitos no tráfego local, o que torna necessária a avaliação de possíveis ajustes para garantir a eficiência do trânsito e a segurança de todos.</t>
   </si>
   <si>
     <t>1685</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1685/ind_31-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1685/ind_31-25.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de um espelho convexo no entroncamento das ruas Germano Gustavo Ristau (Loteamento Ristau) e Marechal Castelo Branco, especificamente no ponto de saída da Rua Germano Gustavo Ristau, em direção à Rua Marechal Castelo Branco._x000D_
 Justifica-se, devido à difícil visibilidade que os motoristas enfrentam nesse ponto de interseção. No local mencionado, é notável que os condutores não conseguem observar com clareza a movimentação de veículos que trafegam pela Rua Marechal Castelo Branco, tanto no sentido à direita quanto à esquerda, o que pode resultar em acidentes. Isso ocorre principalmente devido à proximidade de um ponto de ônibus e à curva existente na via, que bloqueiam parcialmente a visão dos motoristas. Assim, a sugestão é a instalação do espelho convexo na Praça Germano Gustavo Ristau, local estratégico que proporcionaria aos motoristas uma visão mais ampla e clara da área.</t>
   </si>
   <si>
     <t>1686</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1686/ind_32-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1686/ind_32-25.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de um espelho convexo no entroncamento das ruas Valentim Zoz e Marechal Castelo Branco, especificamente no ponto de saída da Rua Valentim Zoz, em direção à Rua Marechal Castelo Branco._x000D_
 Justifica-se, visto que no local mencionado há uma curva acentuada à direita, onde a visibilidade é comprometida pela configuração da via, dificultando a visão de motoristas e pedestres que transitam no cruzamento. Em situações de grande fluxo de veículos e pedestres, essa falta de visibilidade aumenta o risco de acidentes, uma vez que os motoristas não conseguem observar com clareza, dificultando a tomada de decisão de quem deseja ingressar na Rua Marechal Castelo Branco.</t>
   </si>
   <si>
     <t>1687</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1687/ind_33-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1687/ind_33-25.docx</t>
   </si>
   <si>
     <t>Sugerir a remoção dos canteiros em formato triangular localizado na Rua Barão do rio Branco, deixando apenas o canteiro central._x000D_
 Justifica-se, visto se tratar de uma via de grande fluxo de veículos, incluindo caminhões e veículos de grande porte. A configuração atual da via, tem apresentado sérias dificuldades para o tráfego, particularmente em relação ao fluxo de caminhões que necessitam de mais espaço para manobras. A remoção dos canteiros permitirá a criação de uma rótula central, o que melhorará significativamente a circulação dos veículos. Além disso, a alteração proposta viabilizará a implementação de uma ciclofaixa na rua. Atualmente, a falta de um espaço adequado para os ciclistas faz com que muitos invadam a pista de rolamento, o que aumenta o risco de acidentes. Outro ponto importante é a melhoria no acesso dos moradores às suas residências, pois a entrada e saída dos veículos se tornam complicadas devido ao espaço reduzido._x000D_
 A pedido do vereador e munícipes.</t>
   </si>
   <si>
     <t>1688</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1688/ind_34-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1688/ind_34-25.docx</t>
   </si>
   <si>
     <t>Sugerir ao Executivo a realização de limpeza das beiras de ruas (sarjetas) do Município, com roçada das áreas de responsabilidade da municipalidade e notificação dos proprietários de imóveis para a limpeza das áreas sob sua responsabilidade, especialmente no bairro Rio Hern, Rancho Bom e Schroeder I, em cumprimento ao Art. 30 da Lei nº 1440 (Código de Posturas)._x000D_
 A manutenção da limpeza fundamental para garantir um ambiente mais seguro e saudável para a população. O acúmulo de sujeira e detritos pode obstruir o escoamento da água pluvial, além de favorecer a proliferação de doenças transmitidas por vetores, como o mosquito Aedes aegypti. A vegetação nas sarjetas também compromete a mobilidade urbana, afeta a estética da cidade e impacta negativamente na qualidade de vida dos habitantes.</t>
   </si>
   <si>
     <t>1689</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1689/ind_35-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1689/ind_35-25.docx</t>
   </si>
   <si>
     <t>Sugerir ao Executivo em parceria com o Conselho Municipal de Trânsito, a análise de viabilidade com o intuito de realizar ajustes no semáforo localizado na Rua Marechal Castelo Branco, a fim de estabelecer intervalo fixo para a travessia de pedestres nos quatro acessos (esquinas)._x000D_
 Justifica-se, pois a implementação desta medida, a segurança dos pedestres será amplamente beneficiada, proporcionando mais confiança e tranquilidade no momento da travessia. Além de beneficiar a segurança dos pedestres, a medida contribuirá também para a organização do tráfego na área, com um controle mais eficiente entre o fluxo de veículos e a travessia de pedestres, evitando confusões e proporcionando uma circulação mais fluida.</t>
   </si>
   <si>
     <t>1690</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1690/ind_36-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1690/ind_36-25.docx</t>
   </si>
   <si>
     <t>Sugerir a revitalização do acostamento da Rua Barão do Rio Branco, trecho entre o semáforo e o imóvel nº 982 (mecânica Lerfei)_x000D_
 Justifica-se, considerando que o acostamento da via, em ambos os lados, encontra-se danificado, o que tem dificultado o fluxo de ciclistas e pedestres, obrigando-os a invadir a pista de rolamento em grande parte desse trajeto, com riscos para a segurança. Assim, a manutenção do acostamento contribuirá para uma via mais segura e organizada.</t>
   </si>
   <si>
     <t>1691</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1691/ind_37-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1691/ind_37-25.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de iluminação pública da Rua Morro do Tigre._x000D_
 Justifica-se, visto que a ausência de iluminação adequada tem gerado um cenário de insegurança, especialmente para as mulheres que necessitam transitar pela rua à noite para chegar em suas casas após o expediente de trabalho. Além disso, a falta de iluminação pública representa um risco para todos os moradores da região, pois facilita a ocorrência de crimes e aumenta a sensação de vulnerabilidade. Cabe destacar que, embora os postes já estejam instalados ao longo da via, ainda não há fornecimento de energia elétrica para garantir a iluminação necessária.</t>
   </si>
   <si>
     <t>1692</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1692/ind_38-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1692/ind_38-25.docx</t>
   </si>
   <si>
     <t>Sugerir a inspeção e manutenção da calçada localizada na Rua Marechal Castelo Branco, especificamente no trecho após o imóvel nº 4548 (Fisiocorpus), cerca de 200 metros, no qual apresenta problemas no solo._x000D_
 Justifica-se, em razão da deterioração do solo e do aparecimento de espaços ocos abaixo da calçada. Esses problemas são consequência de intervenções realizadas por uma empresa de telefonia, que, após realizar testes subterrâneos e instalar sua rede, não efetuou os reparos necessários, deixando o local sem a devida correção. Embora essas falhas não sejam imediatamente visíveis, elas comprometem a integridade da calçada e representam um risco potencial à segurança dos pedestres, que podem ser surpreendidos por áreas que podem ceder devido à falta de solo e ao desgaste da estrutura. Cabe ressaltar que já existe protocolo de nº 4468/2023 junto ao Executivo.</t>
   </si>
   <si>
     <t>1693</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1693/ind_39-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1693/ind_39-25.docx</t>
   </si>
   <si>
     <t>Sugerir ao Executivo a tomada de medidas cabíveis a fim de lançar a edição de 2023 do Programa de Recuperação Fiscal - REFIS, no Município. _x000D_
 Justifica-se como uma forma de facilitar a regularização dos pagamentos de tributos em atraso dos contribuintes, reduzindo a inadimplência, consequentemente, melhorando a arrecadação do Município.</t>
   </si>
   <si>
     <t>1694</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1694/ind_40-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1694/ind_40-25.docx</t>
   </si>
   <si>
     <t>Sugerir a alteração da rampa de acesso da passarela da Ponte Aventura Tomaselli, visando aumentar sua extensão e reduzir sua inclinação, de forma a garantir a acessibilidade, adequando-a às necessidades de mobilidade urbana._x000D_
 Justifica-se, visto que a referida rampa apresenta inclinação excessiva, não sendo adequado para pessoas com mobilidade reduzida, além de comprometer a segurança dos ciclistas que utilizam a via. Essa situação força os cadeirantes a utilizarem a pista de rolamento, expondo-os a riscos de acidentes. Além disso, a curvatura da rampa danifica os pneus das bicicletas, uma vez que o trajeto curto e íngreme é inadequado para a mobilidade de ciclistas, que também acabam invadindo a pista de rolamento, aumentando o risco de acidentes.</t>
   </si>
   <si>
     <t>1695</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1695/ind_41-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1695/ind_41-25.docx</t>
   </si>
   <si>
     <t>Sugerir a denominação das vias localizadas na bifurcação da Estrada Rancho Bom. propõe-se que uma das vias permaneça com o nome atual, Estrada Rancho Bom, como continuidade da estrada principal, enquanto a outra via, seja denominada Estrada Figueira Centenária, em homenagem à histórica figueira existente na localidade._x000D_
 Justifica-se, com o objetivo de facilitar a identificação das vias e proporcionar uma melhor orientação para motoristas e entregadores, garantindo maior agilidade na localização de endereços e evitando erros de trajeto, especialmente para aqueles que não são residentes da região e ainda não conhecem os detalhes do local.</t>
   </si>
   <si>
     <t>1696</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1696/ind_42-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1696/ind_42-25.docx</t>
   </si>
   <si>
     <t>Sugerir análise de viabilidade para instalação de faixa elevada para travessia de pedestres na Rua Presidente Costa e Silva, nas proximidades do imóvel nº 235 (Clínica ZZ); na rua Alberto Zanella, próximo à entrada da rua José Ivo Ribeiro e na Rua Marechal Castelo Branco, próximo ao imóvel nº 3012 (Laborsard). _x000D_
 Justifica-se, com o intuito de garantir maior visibilidade e segurança para os pedestres, além de proporcionar uma redução significativa na velocidade dos veículos, especialmente em locais de maior concentração de circulação de pessoas, contribuindo diretamente para a redução de acidentes no trânsito.</t>
   </si>
   <si>
     <t>1697</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1697/ind_43-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1697/ind_43-25.docx</t>
   </si>
   <si>
     <t>Sugerir a alteração do sentido do trânsito das ruas Paulo Jahn e Blumenau, com a implementação do sentido único. A proposta é que a Rua Paulo Jahn tenha sentido único no trecho entre a Rua Marechal Castelo Branco e a Avenida dos Imigrantes, enquanto a Rua Blumenau passaria a ter sentido único no trecho entre a Avenida dos Imigrantes e a Rua Marechal Castelo Branco._x000D_
 Justifica-se, tendo em vista que a implantação do sentido único nas vias, trará melhor ordenamento e fluidez do trânsito, haja vista a grande movimentação de veículos, garantindo assim, maior segurança aos que transitam nas vias em questão.</t>
   </si>
   <si>
     <t>1698</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1698/ind_44-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1698/ind_44-25.docx</t>
   </si>
   <si>
     <t>Sugerir construção de abrigo de passageiros, com o recuo para a entrada do ônibus, no ponto de ônibus localizado na Rua 03 de outubro ao lado do imóvel nº 2685 (residência de Edilson Muller)._x000D_
 Justifica-se, pois o abrigo ofertará um espaço adequado, confortável e protegido de condições climáticas adversas, especialmente aos idosos, crianças e pessoas com mobilidade reduzida, que poderão usufruir de um local adequado para embarque e desembarque com mais segurança.</t>
   </si>
   <si>
     <t>1699</t>
   </si>
   <si>
-    <t>Adilson Kluck, Guerino Ferreira</t>
-[...2 lines deleted...]
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1699/ind_45-25.docx</t>
+    <t>Adilson Kluck - Licenciado, Nene</t>
+  </si>
+  <si>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1699/ind_45-25.docx</t>
   </si>
   <si>
     <t>Sugerir análise de viabilidade a fim de verificar com os laboratórios de análises clínicas credenciados, que prestam serviços ao Município, a possibilidade de deslocamento até a unidade de saúde do Bairro Schroeder I, com o objetivo de realizar a coleta de material para exames de forma mais acessível aos moradores da localidade._x000D_
 Justifica-se, visto a crescente demanda por serviços de saúde e a necessidade de otimização para melhor atendimento à população, facilitando o acesso dos pacientes aos exames laboratoriais, consequentemente, facilitando a vida dessas pessoas que residem no bairro e precisam se locomover até o centro para realização desses procedimentos. A medida também contribuirá para uma maior agilidade nos processos de diagnóstico e tratamento.</t>
   </si>
   <si>
     <t>1700</t>
   </si>
   <si>
-    <t>Guerino Ferreira</t>
-[...2 lines deleted...]
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1700/ind_46-25.docx</t>
+    <t>Nene</t>
+  </si>
+  <si>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1700/ind_46-25.docx</t>
   </si>
   <si>
     <t>Sugerir a construção de cancha de bocha, junto ao Ginásio de Esportes dos Imigrantes, localizado no Bairro Schroeder I._x000D_
 Justifica-se, pois a inclusão de mais uma modalidade esportiva ao espaço do Ginásio contribuiria significativamente para otimizar a utilização do espaço, promovendo não apenas a prática esportiva, mas também a saúde, o bem-estar e a interação social. O investimento em infraestrutura esportiva é fundamental para a inclusão de diversos públicos, incentivando a prática de atividades físicas e favorecendo a realização de eventos que envolvam a comunidade de forma ampla e acessível.</t>
   </si>
   <si>
     <t>1701</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1701/ind_47-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1701/ind_47-25.docx</t>
   </si>
   <si>
     <t>Sugerir ao Executivo que interceda junto aos órgãos competentes, para a disponibilização de uma torre/antena para sinal de telefonia móvel no Bairro Schroeder I._x000D_
 Justifica-se, visto que a medida visa melhorar significativamente o acesso à rede móvel e proporcionar mais segurança e comodidade para os moradores da localidade. A instalação de uma torre de telefonia móvel atenderá às necessidades básicas de comunicação dos cidadãos, promovendo mais inclusão digital e contribuindo para o desenvolvimento e a qualidade de vida da população local.</t>
   </si>
   <si>
     <t>1704</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1704/ind_48-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1704/ind_48-25.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção de calçada na Rua Santa Catarina, especificamente em trechos onde se observa a presença de desníveis e pavers deslocados._x000D_
 Justifica-se, visto que a situação prejudica a mobilidade dos pedestres, principalmente as pessoas que possuem alguma dificuldade de locomoção, representando risco de acidentes. A correção da calçada, garantirá maior segurança e conforto, além de contribuir para a preservação da infraestrutura urbana.</t>
   </si>
   <si>
     <t>1705</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1705/ind_49-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1705/ind_49-25.docx</t>
   </si>
   <si>
     <t>Sugerir ao Executivo a análise de alternativas junto ao setor privado, com o objetivo de manter no Município uma farmácia em funcionamento 24h._x000D_
 Justifica-se, pois atualmente o município dispõe de diversas farmácias com horário de atendimento até às 21 horas, o que limita o acesso de parte da população à medicação necessária durante o período noturno. Importante destacar que, com o Pronto Atendimento (PA) disponível 24 horas, muitos pacientes necessitam de medicamentos fora do horário das farmácias. Portanto, é fundamental promover um diálogo entre a gestão municipal e os representantes do setor farmacêutico local, com o objetivo de buscar soluções e alternativas que possibilitem a adaptação das farmácias à demanda de atendimento 24 horas. O objetivo é proporcionar maior comodidade e segurança à população, garantindo acesso aos medicamentos essenciais em qualquer hora do dia ou da noite, especialmente em momentos críticos de saúde.</t>
   </si>
   <si>
     <t>1706</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1706/ind_50-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1706/ind_50-25.docx</t>
   </si>
   <si>
     <t>Sugerir ao Executivo a inclusão no calendário municipal de eventos e nos sites de divulgação oficiais da Prefeitura Municipal, o evento anual promovido pelo grupo Cia Teatral Mana, denominado Paixão de Cristo._x000D_
 Justifica-se, visto se tratar de um evento tradicional que reúne grande número de público e proporciona momentos de reflexão, cultura e lazer à população local e visitantes. A inclusão deste evento no calendário oficial de eventos do município contribuirá para o fortalecimento e reafirmação da fé cristã, além de valorizar a arte e a cultura. Ademais, a divulgação nos canais oficiais da Prefeitura Municipal, como sites e redes sociais, possibilitam um maior alcance.</t>
   </si>
   <si>
     <t>1707</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1707/ind_51-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1707/ind_51-25.docx</t>
   </si>
   <si>
     <t>Sugerir análise de viabilidade para manutenção, com execução de patrolamento na rua sem nome, lateral da Rua Jerônimo Tomaselli, ao lado do imóvel nº 1113. _x000D_
 Justifica-se, com o objetivo de contribuir para a melhoria da infraestrutura urbana, proporcionando mais conforto e segurança aos moradores e usuários da via. A obra deverá se iniciar da residência de Waldemar Lange até a residência de Léonel Eurich.</t>
   </si>
   <si>
     <t>1708</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1708/ind_52-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1708/ind_52-25.docx</t>
   </si>
   <si>
     <t>Sugerir a repintura das faixas de pedestres e das linhas de tráfego nas ruas Presidente Costa e Silva e Carlos Zerbin._x000D_
 Justifica-se, com o objetivo de melhorar a segurança viária e proporcionar maior visibilidade, principalmente para os motoristas que transitam nessas vias, garantindo o correto direcionamento do fluxo de veículos. A falta de visibilidade das faixas dificulta a identificação do local de travessia, colocando em risco a integridade dos alunos nos horários de entrada e saída da escola, bem como de outros pedestres.</t>
   </si>
   <si>
     <t>1709</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1709/ind_53-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1709/ind_53-25.docx</t>
   </si>
   <si>
     <t>Sugerir a denominação do Campeonato Municipal de Voleibol Adulto Feminino, de Taça Bianca Gervin Jacob._x000D_
 Justifica-se, considerando que Bianca foi uma pessoa admirável, cuja vida e trajetória merecem ser celebradas. Moradora de Schroeder, sempre demonstrou grande entusiasmo pelo esporte, sendo uma praticante dedicada do voleibol, o que refletia em seu espírito de superação e resiliência. Sua paixão pelo esporte foi uma verdadeira fonte de inspiração para muitos, especialmente para seus filhos. Determinada, reuniu amigas e formou uma equipe de voleibol, promovendo treinamentos no ginásio da Escola Luiz Delfino. Sua iniciativa logo se expandiu, atraindo um número crescente de mulheres e resultando na criação do Campeonato Municipal de Voleibol Feminino. Bianca enfrentou com coragem e perseverança a dura batalha contra o câncer, tornando-se um exemplo de força e determinação para todos ao seu redor.</t>
   </si>
   <si>
     <t>1710</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1710/ind_54-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1710/ind_54-25.docx</t>
   </si>
   <si>
     <t>Sugerir a repintura da ciclofaixa localizada na Rua Duque de Caxias._x000D_
 Justifica-se, com a finalidade de garantir sinalização clara e eficaz para os usuários da via. Devido ao desgaste natural da pintura, é necessário realizar retoques, uma vez que a deterioração da sinalização compromete a visibilidade e a orientação adequada dos motoristas e ciclistas. Esse desgaste pode aumentar o risco de acidentes e causar complicações no trânsito, colocando em risco a segurança de todos.</t>
   </si>
   <si>
     <t>1711</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1711/ind_55-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1711/ind_55-25.docx</t>
   </si>
   <si>
     <t>Sugerir análise técnica para implementação de drenagem de água pluvial na Rua Marechal Castelo Branco, em frente ao imóvel nº 3905 (Secretaria Municipal de Educação)._x000D_
 Justifica-se, visto que no local ocorre acúmulo significativo de água e sujeira, sendo fundamental a implementação de medidas para facilitar o escoamento de água. A drenagem visa evitar alagamentos que comprometem tanto circulação de pedestres, visto se tratar de um local de grande movimento devido a empresas, estabelecimentos públicos e comércio, quanto o conforto e a segurança dos cidadãos que utilizam de um ponto de transporte coletivo nas imediações.</t>
   </si>
   <si>
     <t>1717</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1717/ind_56-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1717/ind_56-25.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção do portão de entrada do Cemitério Municipal da Paz, com a devida substituição do portão, que se encontra em condições precárias de funcionamento. Além disso, também a substituição da placa informativa fixada no portão, que apresenta deterioração significativa._x000D_
 Justifica-se, uma vez que há relatos de problemas com o portão ao longo de vários anos, o que compromete a acessibilidade ao local. Além disso, a placa informativa está com os avisos apagados, dificultando a orientação aos visitantes. Portanto, a manutenção se faz essencial para garantir a segurança, a funcionalidade e a boa aparência do cemitério, que deve ser tratado com o devido zelo.</t>
   </si>
   <si>
     <t>1718</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1718/ind_57-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1718/ind_57-25.docx</t>
   </si>
   <si>
     <t>Sugerir a intensificação da manutenção da Rua Wolkmar Gustav Berchtold, para que a execução de patrolamento seja realizado com maior frequência._x000D_
 Justifica-se, com o intuito de oferecer boas condições de trafegabilidade, e facilitar aos moradores o acesso às suas residências.</t>
   </si>
   <si>
     <t>1719</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1719/ind_58-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1719/ind_58-25.docx</t>
   </si>
   <si>
     <t>Sugerir a adoção de medidas cabíveis para a execução de manutenção na Rua 3 de Outubro, nas imediações do imóvel nº 5863. No local, há um buraco e a tubulação encontra-se danificada. _x000D_
 Justifica-se, pelo fato de que, durante a instalação de um poste pela Celesc, foram realizadas perfurações que ocasionaram o dano à tubulação e deixaram o pavimento aberto, criando o buraco. Tal situação representa um risco de acidentes e requer uma intervenção urgente para garantir a segurança da população.</t>
   </si>
   <si>
     <t>1720</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1720/ind_59-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1720/ind_59-25.docx</t>
   </si>
   <si>
     <t>Sugerir a revisão do Plano Municipal de Educação (Lei nº 2109/2015), o qual possui vigência até o mês de junho deste ano._x000D_
 Justifica-se, considerando a necessidade urgente de revisão e atualização das metas e objetivos do referido plano, visando avanços da qualidade educacional em nosso Município. Algumas áreas essenciais que devem ser reavaliadas e contempladas na revisão do Plano, são os avanços tecnológicos nas escolas, o ensino especializado para alunos com Transtorno do Espectro Autista (TEA) e outras necessidades especiais, o apoio psicológico para alunos e profissionais da educação e o apoio à orientação educacional, adequando a estrutura de trabalho, afim de garantir que o acompanhamento e a orientação sejam eficazes para todos os estudantes. Assim, o objetivo é garantir que as metas e objetivos estejam alinhados com a realidade atual.</t>
   </si>
   <si>
     <t>1721</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1721/ind_60-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1721/ind_60-25.docx</t>
   </si>
   <si>
     <t>Sugerir implantação de sinalização de trânsito para proibição de estacionamento ao longo do trecho de 150 metros da Rua Joinville, especificamente em frente ao imóvel nº 251 (Grupo Angerô Têxtil), com a pintura em amarelo do meio-fio._x000D_
 Justifica-se, pois quando há veículos estacionados no referido trecho, o espaço disponível para manobra de caminhões é significativamente reduzido, prejudicando o fluxo de veículos e gerando risco de acidentes devido à dificuldade na realização das manobras. Com a demarcação de proibição para estacionar, será possível garantir que o espaço necessário para a movimentação de veículos pesados seja preservado, promovendo maior segurança, agilidade no trânsito e evitando potenciais engarrafamentos ou acidentes.</t>
   </si>
   <si>
     <t>1722</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1722/ind_61-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1722/ind_61-25.docx</t>
   </si>
   <si>
     <t>Sugerir que o Executivo, por meio da Defesa Civil, que realize a verificação e a limpeza da vala localizada nos fundos das ruas Goiás, Bahia, Alagoas, 31 de Março e Rio Grande do Sul, visando a melhoria da drenagem de águas pluviais e a prevenção de alagamentos nas residências nas imediações._x000D_
 Justifica-se visto que adoção de medidas corretivas que assegurem a drenagem eficiente das águas pluviais, prevenirá alagamentos e conseguintemente danos materiais aos moradores. O objetivo é proporcionar um ambiente mais seguro e saudável para a comunidade local.</t>
   </si>
   <si>
     <t>1723</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1723/ind_62-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1723/ind_62-25.docx</t>
   </si>
   <si>
     <t>Sugerir análise de viabilidade para implementar e organizar o agendamento do transporte de pacientes para consultas e exames em outras cidades, por meio de aplicativos de mensagens instantâneas._x000D_
 Justifica-se, visto que a utilização de aplicativos de mensagens instantâneas, amplamente acessíveis à população, pode se revelar uma solução eficiente para otimizar o processo de agendamento do transporte. A integração dessa tecnologia permitiria o envio automático de confirmações de agendamento, horários de saída e chegada, além de lembretes sobre os compromissos, garantindo maior organização, transparência e eficiência no processo de transporte de pacientes.</t>
   </si>
   <si>
     <t>1724</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1724/ind_63-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1724/ind_63-25.docx</t>
   </si>
   <si>
     <t>Sugerir a contratação de profissional de Educação Física para acompanhamento dos grupos de HiperDia no Município._x000D_
 Justifica-se tendo em vista que a presença de um profissional de Educação Física é essencial para garantir a segurança e a eficácia das atividades, promovendo melhoria na condição física dos pacientes. Além disso, o profissional contribuirá para a expansão e aprimoramento da qualidade dos serviços oferecidos, favorecendo o desenvolvimento físico e motor dos participantes, com especial atenção aos idosos.</t>
   </si>
   <si>
     <t>1725</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1725/ind_64-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1725/ind_64-25.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção do espelho convexo, localizado na saída da Rua Princesa Isabel, em direção à Rua Marechal Castelo Branco, para que o mesmo seja substituído._x000D_
 Justifica-se, visto que o espelho convexo desempenha um papel crucial na segurança viária, proporcionando aos motoristas melhor visibilidade, especialmente em locais de visão limitada, como no caso do local mencionado. No entanto, o espelho atualmente instalado encontra-se quebrado, o que compromete a visualização e coloca em risco a segurança dos condutores e pedestres que transitam pela área.</t>
   </si>
   <si>
     <t>1726</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1726/ind_65-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1726/ind_65-25.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de sinalização de trânsito no Município, com a implementação de placas especialmente em relação a identificação e indicação dos prédios públicos (como dos postos de saúde, CRAS, UPA), indicando os atrativos turísticos, sinalização indicando os bairros e pontos de informações relevantes._x000D_
 Justifica-se, visto que a sinalização proposta contribuiria não só para a segurança e praticidade no deslocamento, mas também para a melhoria da localização, tanto para os moradores quanto para os visitantes. Além disso, pode ajudar a otimizar a organização do espaço público.</t>
   </si>
   <si>
     <t>1727</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1727/ind_66-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1727/ind_66-25.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de placa de trânsito junto ao semáforo da Rua Marechal Castelo Branco, indicando os sentidos das pistas._x000D_
 Justifica-se, considerando que é uma via de grande circulação e que o semáforo tem gerado confusão entre os motoristas quanto ao correto sentido a ser seguido em cada pista. Embora existam marcações no chão, muitos motoristas não as observam corretamente, o que tem contribuído para o aumento de acidentes e situações de risco no local. Esse descuido com a sinalização horizontal pode ser minimizado com a instalação das placas verticais, que são mais visíveis e claras, facilitando a compreensão das direções a serem seguidas.</t>
   </si>
   <si>
     <t>1728</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1728/ind_67-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1728/ind_67-25.docx</t>
   </si>
   <si>
     <t>Sugerir a retirada de materiais (pés de bambu, troncos de árvores e demais sedimentos) acumulados embaixo da Ponte Trindade._x000D_
 Justifica-se, visto que a obstrução pode gerar um efeito acumulativo, com o acúmulo de mais sedimentos ao longo do tempo, o que pode prejudicar a integridade das cabeceiras da ponte e resultar em danos estruturais, podendo comprometer a durabilidade da obra, além de prejudicar o meio ambiente. Portanto, esta medida preventiva, que sugere a retirada dos materiais acumulados, visa a preservação da estrutura da ponte, a segurança das pessoas que transitam na área e a conservação do leito do rio, evitando maiores danos ambientais e estruturais no futuro.</t>
   </si>
   <si>
     <t>1729</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1729/ind_68-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1729/ind_68-25.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de academia ao ar livre em imóvel pertencente ao Município, localizado na Rua Marechal Castelo Branco, nº 7934 (fundos do posto de saúde), no Bairro Bracinho. _x000D_
 Justifica-se, visto que a implantação de uma academia ao ar livre no local sugerido atenderia a uma necessidade urgente da população local, oferecendo aos moradores a oportunidade de praticar atividades físicas ao ar livre, melhorando a qualidade de vida e promovendo a saúde da comunidade. O local mencionado, possui um amplo espaço ao lado do parque infantil, onde há uma área disponível e apropriada para a instalação de uma academia ao ar livre.</t>
   </si>
   <si>
     <t>1730</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1730/ind_69-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1730/ind_69-25.docx</t>
   </si>
   <si>
     <t>Sugerir a revitalização do acostamento e da ciclofaixa, na Rua Marechal Castelo Branco, entre os imóveis nº 6507 a 7075 (entrada da Rua Germano Oberthir)._x000D_
 Justifica-se, pois no referido trecho, o acostamento e a ciclofaixa estão danificados em ambos os lados da via, comprometendo a circulação segura de pedestres e ciclistas. Em especial, a ciclofaixa encontra-se completamente intransitável, representando um risco iminente à segurança dos cidadãos.</t>
   </si>
   <si>
     <t>1736</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1736/ind_70-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1736/ind_70-25.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção da Estrada nº 1003 (área rural do Bairro Rio Hern), com execução de alargamento._x000D_
 Justifica-se, pois a via apresenta uma largura insuficiente para comportar adequadamente o tráfego intenso de veículos pesados, além de dificultar a circulação de pedestres e ciclistas de forma segura. O objetivo é proporcionar mais segurança e conforto aos motoristas e demais usuários da estrada, reduzindo os riscos de acidentes.</t>
   </si>
   <si>
     <t>1737</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1737/ind_71-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1737/ind_71-25.docx</t>
   </si>
   <si>
     <t>Sugerir análise de viabilidade para a instalação de ponto de ônibus com abrigo para passageiros na Rua Barão do Rio Branco, nas imediações do imóvel nº 2078, esquina com a Rua Itália (loteamento Zils) e outro, nas proximidades do imóvel nº 1712, da esquina com a Rua 15 de Outubro._x000D_
 Justifica-se, pelo fato de que, no lado direito da via, no sentido centro/bairro, não há ponto de ônibus, obrigando os passageiros, especialmente estudantes e pessoas com mobilidade reduzida, a aguardarem a chegada do ônibus em condições climáticas desfavoráveis, como exposição à chuva ou ao sol intenso.</t>
   </si>
   <si>
     <t>1738</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1738/ind_72-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1738/ind_72-25.docx</t>
   </si>
   <si>
     <t>Sugerir a remoção de pedras de grande porte, presentes na estrada Tifa Eichenberg, no bairro Rancho Bom, tanto as pedras que estão no meio da via, quando as que se encontram ao final da subida._x000D_
 Justifica-se, visto que a presença dessas pedras ao longo da via, representam um obstáculo significativo para o tráfego de veículos e motocicletas, causando prejuízos e transtornos, especialmente aos motoristas de veículos de pequeno porte, que frequentemente têm o fundo do veículo danificado ao passar pelas pedras. Além disso, os motociclistas estão expostos a um risco elevado de queda, o que pode resultar em acidentes graves.</t>
   </si>
   <si>
     <t>1739</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1739/ind_73-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1739/ind_73-25.docx</t>
   </si>
   <si>
     <t>Sugerir a avaliação e implementação de uma solução para minimizar a poeira no trecho da Avenida dos Imigrantes, utilizado frequentemente por caminhões no transporte de macadame para o depósito localizado nas imediações do Ginásio de Esportes Alfredo Pasold._x000D_
 Justifica-se, considerando que essa área abrange, residências, escola, o Procon e a Biblioteca Municipal, a intensa circulação de veículos tem gerado um aumento significativo de poeira, o que causa desconforto, sujeira e problemas respiratórios para os frequentadores dos locais mencionados e moradores da região.</t>
   </si>
   <si>
     <t>1740</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1740/ind_74-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1740/ind_74-25.docx</t>
   </si>
   <si>
     <t>Sugerir a realização de estudo e projeto de viabilidade, a fim de implementar melhorias no acesso do veículo fúnebre, pela via lateral do cemitério da Paz, em frente ao imóvel que abriga o escritório do cemitério._x000D_
 Justifica-se, visto que atualmente o veículo enfrenta dificuldades para acessar a parte vertical do cemitério, em função dos desníveis no solo. O ideal seria a concretagem do espaço, juntamente com a implementação de um sistema de drenagem eficiente para água pluvial. Dessa forma, seria possível evitar o escoamento excessivo de água, minimizando o acúmulo de sujeira e reduzindo os custos com manutenção, além de prevenir danos causados pela água</t>
   </si>
   <si>
     <t>1741</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1741/ind_75-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1741/ind_75-25.docx</t>
   </si>
   <si>
     <t>Sugerir a adoção de medidas cabíveis para que sejam observadas as disposições da Lei nº 2120/2015, com o intuito de realizar a remoção das árvores localizadas em um trecho da Rua Moises Rabello, as quais estão situadas no espaço destinado à calçada._x000D_
 Justifica-se, visto a necessidade de remoção das referidas árvores devido à proximidade com a rede elétrica e os riscos em situações de ventos fortes. A sugestão visa garantir a segurança dos munícipes, a integridade das redes de energia e a preservação das residências localizadas nas proximidades, em conformidade com a legislação vigente e com as boas práticas de manejo urbano sustentável.</t>
   </si>
   <si>
     <t>1753</t>
   </si>
   <si>
     <t>Sugerir a manutenção do guarda-corpo da Ponte Alberto Walter Obenaus, localizada na Travessa Amandus Muller, que liga os bairros Rancho Bom e Braço do Sul._x000D_
 Justifica-se, devido ao estado do guarda-corpo, que está solto e inclinado, oferecendo risco à segurança dos frequentadores do local, especialmente tendo em vista que o local é amplamente visitado por banhistas e pessoas que transitam pela área.</t>
   </si>
   <si>
     <t>1754</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1754/ind_77-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1754/ind_77-25.docx</t>
   </si>
   <si>
     <t>Sugerir a verificação da viabilidade e disponibilidade de incluir a Rua Luan Carlos Pommerening no roteiro do caminhão pipa. _x000D_
 Justifica-se, visto que no local, há uma empresa de grande porte no setor de metais (Comércio de Metais Farias Reciclagem), e a quantidade de poeira gerada pelos caminhões da empresa ao trafegarem pela via, tem comprometido a qualidade de vida dos moradores, além de representar um risco à saúde, especialmente no que se refere a doenças respiratórias.</t>
   </si>
   <si>
     <t>1755</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1755/ind_78-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1755/ind_78-25.docx</t>
   </si>
   <si>
     <t>Sugerir a revitalização do pavimento asfáltico da entrada da Rua Luan Carlos Pommerening, no acesso à Rua Marechal Castelo Branco._x000D_
 Justifica-se, devido ao estado de deterioração do trecho, que apresenta buracos. A manutenção é essencial para melhorar a fluidez do tráfego de veículos, ciclistas e pedestres, principalmente em dias de chuva, quando a água acumulada nas imperfeições do asfalto acaba respingando nas pessoas, afetando especialmente as que aguardam a chegada do ônibus em um ponto de ônibus localizado nas proximidades.</t>
   </si>
   <si>
     <t>1756</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1756/ind_79-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1756/ind_79-25.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de guarda-corpo e a manutenção das laterais da ponte localizada na Estrada nº 1018 (Estrada Braço do Sul), em frente ao imóvel nº 5663 (após a Chácara da Angerô)._x000D_
 Justifica-se, com o objetivo de proteger os pedestres, especialmente crianças, e evitar a queda acidental para o leito do rio. Além disso, é essencial a manutenção das laterais da ponte, garantindo sua estrutura e integridade, além da implementação de contenção adequada para aumentar a segurança no local.</t>
   </si>
   <si>
     <t>1757</t>
   </si>
   <si>
-    <t>Ana Claudia Locilha de Oliveira, Ronan Paulo Minatti</t>
-[...2 lines deleted...]
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1757/ind_80-25.docx</t>
+    <t>Ana Leon, Minatti</t>
+  </si>
+  <si>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1757/ind_80-25.docx</t>
   </si>
   <si>
     <t>Sugerir a execução de pavimentação da Rua Olívio Schiochet._x000D_
 Justifica-se, visto que os moradores enfrentam sérios problemas relacionados à falta de pavimentação, o que resulta em poeira excessiva no período seco, além de buracos e lama durante períodos de chuvas fortes. Essas condições comprometem não apenas a mobilidade, mas também a segurança da população.</t>
   </si>
   <si>
     <t>1758</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1758/ind_81-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1758/ind_81-25.docx</t>
   </si>
   <si>
     <t>Sugerir a execução de pavimentação em piso de concreto intertravado (paver) da Rua 21 de Abril. _x000D_
 Justifica-se, uma vez que os moradores almejam essa melhoria, que contribuirá para melhor trafegabilidade e segurança, além de contribuir para melhor qualidade de vida, pois os moradores não precisarão mais enfrentar o excesso de poeira, lama e buracos, e demais problemas provenientes de rua sem pavimentação.</t>
   </si>
   <si>
     <t>1759</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1759/ind_82-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1759/ind_82-25.docx</t>
   </si>
   <si>
     <t>Sugerir ao Executivo a organização e a realização da 3ª edição do Festival de Rock “Schroeders Rock”, com bandas locais e regionais. _x000D_
 Justifica-se, com objetivo de proporcionar entretenimento aos munícipes, ao mesmo tempo em que busca reconhecer e valorizar as bandas locais e da região. Ao disponibilizar um espaço para a divulgação de seus trabalhos, incentiva o surgimento de novos talentos, dando-lhes visibilidade. Ressalta-se, ainda, o grande sucesso das edições anteriores, tanto nas apresentações das bandas quanto na alta adesão do público, consolidando-se como um evento familiar que oferece diversão e entretenimento de forma saudável e ordeira. Além disso, possui um importante cunho social, com a arrecadação de alimentos destinados à doação.</t>
   </si>
   <si>
     <t>1760</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1760/ind_83-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1760/ind_83-25.docx</t>
   </si>
   <si>
     <t>Sugerir a adoção de medidas eficazes para amenizar os problemas relacionados ao excesso de poeira em vias públicas não pavimentadas._x000D_
 Justifica-se, com o intuito de implementar medidas a fim de minimizar os impactos do excesso de poeira em ruas não pavimentadas, visando melhorar a saúde pública, o conforto e a qualidade de vida da população local.</t>
   </si>
   <si>
     <t>1761</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1761/ind_84-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1761/ind_84-25.docx</t>
   </si>
   <si>
     <t>Sugerir a adoção das medidas necessárias com o objetivo de manter contato com a empresa responsável pelo loteamento Jardim de Heidelberg, situado na Rua Marechal Castelo Branco, em frente ao imóvel nº 2371, para que seja realizada a devida manutenção da calçada e dos banners fixados na cerca do imóvel._x000D_
 Justifica-se, pois a falta de conservação da área que abrigará o loteamento está gerando impactos negativos na convivência urbana e na estética do local. A calçada está tomada pelo mato, e os banners publicitários da empresa estão se soltando, o que prejudica não apenas a estética, mas também a acessibilidade e a segurança dos pedestres que transitam pelo local.</t>
   </si>
   <si>
     <t>1762</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1762/ind_85-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1762/ind_85-25.docx</t>
   </si>
   <si>
     <t>Sugerir ao Executivo a análise de alternativas em parceria com o setor privado, para a implementação do "Circuito de Atendimento ao Idoso" nas academias do Município, propondo um programa de atividades físicas nas academias com acompanhamento profissional._x000D_
 Justifica-se, visando melhorar a qualidade de vida da população idosa, promover um envelhecimento saudável e ativo, fomentando a inclusão social, além de contribuir para a melhoria da saúde pública. A iniciativa consiste em reunir proprietários e gestores de academias para discutir a viabilidade de disponibilizar vagas a preços acessíveis para idosos, com a orientação de profissionais qualificados. As atividades deverão ocorrer, preferencialmente, em horários de menor movimento, a fim de evitar aglomerações e proporcionar maior conforto e segurança aos participantes. Este modelo trará benefícios tanto para os idosos, ao oferecer um ambiente mais adequado às suas necessidades, quanto para os estabelecimentos, que poderão atrair novos</t>
   </si>
   <si>
     <t>1763</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1763/ind_86-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1763/ind_86-25.docx</t>
   </si>
   <si>
     <t>Sugerir a realização de uma análise técnica e a adoção de providências necessárias para a correção da inclinação de um poste localizado na Rua Otto Elert, nas proximidades do imóvel nº 840. _x000D_
 Justifica-se, pois o referido poste apresenta uma curvatura acentuada, que tem se intensificado ao longo do tempo. Além disso, o poste não possui qualquer sistema de ancoragem e sustentação, o que pode comprometer sua estabilidade e segurança, podendo representar risco para a população local e para os veículos que transitam na via.</t>
   </si>
   <si>
     <t>1764</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1764/ind_87-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1764/ind_87-25.docx</t>
   </si>
   <si>
     <t>Sugerir a adoção de medidas cabíveis para a execução urgente da poda ou corte das árvores localizadas na calçada da Rua Otto Elert. _x000D_
 Justifica-se, pelo fato de que essas árvores formam um túnel sobre a rede elétrica, ocasionando danos frequentes à infraestrutura e deixando os moradores da região sem fornecimento de energia. Tal situação tem se repetido de maneira recorrente, comprometendo a segurança e o bem-estar da comunidade.</t>
   </si>
   <si>
     <t>1765</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1765/ind_88-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1765/ind_88-25.docx</t>
   </si>
   <si>
     <t>Sugerir a limpeza de valas no bairro Itoupava-Açú, especificamente no trecho que abrange o loteamento Miranda até o imóvel nº 1812, na Rua 23 de Março (Mercado Franco)._x000D_
 Justifica-se, visto que as valas mencionadas estão assoreadas, com muita vegetação, o que tem causado prejuízos aos moradores da Rua 13 de Março, ocasionando infestação de animais sinantrópicos e peçonhentos, como cobras, aranhas, baratas e mosquitos. Os moradores reivindicam soluções urgentes.</t>
   </si>
   <si>
     <t>1766</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1766/ind_89-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1766/ind_89-25.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de espelho convexo no cruzamento das ruas 3 de Outubro e Guilherme Zastrow. _x000D_
 Justifica-se, pelo fato de que os motoristas que saem da Rua Guilherme Zastrow não dispõem de visibilidade suficiente do tráfego na Rua 3 de Outubro, o que gera insegurança e aumenta a probabilidade de acidentes, especialmente durante os horários de pico, em virtude das entradas e saídas dos alunos das escolas nas proximidades.</t>
   </si>
   <si>
     <t>1771</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1771/ind_90-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1771/ind_90-25.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção dos pontos de ônibus de modelo antigo existentes no Município, especialmente o localizado na Estrada nº 1000 (Estrada Duas Mamas), na entrada da Tifa Rio Camarada, próximo ao Mercado Iasmin, com nivelamento do solo e a colocação de material britado no solo._x000D_
 Justifica-se, pois em dias de chuva, a falta de uma cobertura adequada no solo gera acúmulo de lama, dificultando a permanência dos usuários. Além disso, a inclinação do terreno compromete o acesso ao abrigo, especialmente para pessoas com mobilidade reduzida.</t>
   </si>
   <si>
     <t>1772</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1772/ind_91-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1772/ind_91-25.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de tela de proteção nas duas laterais da ponte localizada na Estrada nº 1000 (Estrada Duas Mamas), na entrada da Tifa Rio Camarada, próximo ao Mercado Iasmin._x000D_
 Justifica-se, pela existência de barranco no término do guarda-corpo da ponte, o que representa um risco, especialmente considerando que muitas crianças transitam pelo local a caminho da E. M. Castro Alves. A instalação de tela de proteção é uma medida simples, eficaz e de baixo custo, que pode evitar acidentes graves e garantir maior segurança para a população que transita no local.</t>
   </si>
   <si>
     <t>1773</t>
   </si>
   <si>
     <t>Sugerir a adoção de medidas cabíveis para ampliar os horários de agendamento para o cadastramento de documentos de identidade no município de Schroeder._x000D_
 Justifica-se, considerando as dificuldades enfrentadas pelos cidadãos para realizar o cadastramento de documentos de identidade, especialmente no que se refere à escassez de horários disponíveis para agendamento no site do Instituto Geral de Perícias (IGP). Em diversas ocasiões, os cidadãos não conseguem agendar uma data para realizar o procedimento, o que é agravado para a população mais vulnerável e menos favorecida, que muitas vezes não dispõe de recursos relacionados a locomoção ou acesso à internet para realizar o agendamento.</t>
   </si>
   <si>
     <t>1774</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1774/ind_93-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1774/ind_93-25.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção da Travessa Amandus Muller, com execução de alargamento e ensaibramento. _x000D_
 Justifica-se, com o intuito de oferecer boas condições de trafegabilidade, visto se tratar de uma via que liga os bairros Rancho Bom e Braço do Sul, facilitando assim, o acesso ao comércio, indústria e às residências existentes nas proximidades.</t>
   </si>
   <si>
     <t>1775</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1775/ind_94-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1775/ind_94-25.docx</t>
   </si>
   <si>
     <t>Sugerir análise de viabilidade para o fechamento das valas inativas localizadas na Rua 17 de Fevereiro, nas imediações dos imóveis nº 648 e 649, conhecidas como "antigo valo da sociedade"._x000D_
 Justifica-se, tendo em vista que, apesar de as referidas valas estarem inativas, elas continuam a apresentar problemas de esgoto a céu aberto, o que representa um risco iminente à saúde da população, além de contribuir para a proliferação de doenças e o mau cheiro na região. Além disso, essa situação afeta negativamente a qualidade de vida dos moradores e prejudica a infraestrutura urbana da localidade.</t>
   </si>
   <si>
     <t>1776</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1776/ind_95-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1776/ind_95-25.docx</t>
   </si>
   <si>
     <t>Sugerir a limpeza da vala localizada na esquina das ruas Guilherme Bauer e Afonso Zils. _x000D_
 Justifica-se, visto que a referida vala tem apresentado problemas de drenagem, uma vez que a água pluvial fica represada e, em decorrência disso, acaba retornando pela tubulação, o que causa alagamentos e prejuízos aos moradores. A manutenção, além de evitar danos materiais, também contribuirá para a saúde pública e o bem-estar da população local.</t>
   </si>
   <si>
     <t>1777</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1777/ind_96-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1777/ind_96-25.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de guarda-corpo (Guard Rail) na Estrada nº 1008 (Estrada Bracinho), nas imediações do imóvel nº 10440._x000D_
 Justifica-se, por se tratar de um local em que há uma curva acentuada, onde já ocorreram diversos acidentes graves, representando risco significativo para a segurança dos usuários da via. A mureta de proteção atuará como uma barreira física, evitando quedas e colisões, minimizando o impacto e impedindo que o veículo ultrapasse os limites da via.</t>
   </si>
   <si>
     <t>1791</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1791/ind_98-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1791/ind_98-25.docx</t>
   </si>
   <si>
     <t>Sugerir análise com o intuito de verificar a possibilidade de instalação de faixa para travessia de pedestres na Rua Paulo Jahn, em frente ao imóvel nº 325 (Biblioteca Municipal Cruz e Souza)._x000D_
 Justifica-se, devido a expressiva movimentação de pedestres e veículos no local. Tal medida visa proporcionar maior segurança aos cidadãos que frequentam a biblioteca, e alunos que se deslocam diariamente para as unidades de ensino próximas, especialmente em horários de maior movimento.</t>
   </si>
   <si>
     <t>1792</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1792/ind_98-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1792/ind_98-25.docx</t>
   </si>
   <si>
     <t>Sugerir a análise e a adoção das medidas necessárias para a concessão do título de utilidade pública à Associação de Lutas e Artes Marciais Samura._x000D_
 Justifica-se, visto que a Associação de Lutas e Artes Marciais Samura tem se destacado na promoção da prática esportiva, inclusão social e educação. Sua atuação contribui significativamente para o desenvolvimento físico, psicológico e social de crianças, adolescentes e adultos, criando um ambiente de formação e crescimento pessoal, com o intuito de promover saúde, cidadania e respeito. Considerando sua relevância, torna-se essencial que a Associação seja reconhecida como de utilidade pública municipal, o que permitirá o acesso a benefícios fiscais e a expansão de parcerias com o poder público e outras instituições, fortalecendo, assim, suas atividades.</t>
   </si>
   <si>
     <t>1793</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1793/ind_99-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1793/ind_99-25.docx</t>
   </si>
   <si>
     <t>Sugerir análise de viabilidade para a organização e realização do concurso de jardins no Município, envolvendo os setores de turismo e cultura, com categorias de classificação empresarial, comercial, escolar e residencial._x000D_
 Justifica-se, com o objetivo de incentivar a organização e o embelezamento do município por meio da jardinagem. O concurso cria uma expectativa na comunidade, estimulando o desejo de ter o jardim mais bem cuidado, promovendo assim, uma movimentação social voltada ao cuidado com o ambiente e à valorização daqueles que demonstram talento e dedicação na arte da jardinagem.</t>
   </si>
   <si>
     <t>1794</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1794/ind_100-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1794/ind_100-25.docx</t>
   </si>
   <si>
     <t>Sugerir a organização e realização do concurso de decoração natalina, nas categorias residencial e empresarial._x000D_
 Justifica-se, visto que a decoração e as luzes trazem o encanto do espírito do Natal, além de contribuir para atrair o turismo para o Município. O período natalino já é naturalmente propício ao aumento da movimentação na cidade, e a realização desse concurso incentivará ainda mais a participação da comunidade. Essa iniciativa estimulará o embelezamento dos espaços, tornando o ambiente mais festivo e iluminado, celebrando o brilho e a magia do Natal.</t>
   </si>
   <si>
     <t>1795</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1795/ind_101-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1795/ind_101-25.docx</t>
   </si>
   <si>
     <t>Sugerir a alteração das preferenciais de trânsito das ruas Florianópolis e Jorge Lacerda, de forma que a Rua Jorge Lacerda se torne a via preferencial e a Rua Florianópolis seja tratada como uma via secundária. Caso não seja possível, que seja então intensificada a sinalização com a instalação de placas de “Pare”._x000D_
 Justifica-se, com o intuito de que a modificação otimize a fluidez do tráfego, reduzindo a probabilidade de acidentes e garantindo a segurança dos motoristas e pedestres que circulam por essas ruas.</t>
   </si>
   <si>
     <t>1796</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1796/ind_102-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1796/ind_102-25.docx</t>
   </si>
   <si>
     <t>Sugerir a implantação de faixa de pedestres na Rua Marechal Castelo Branco, nas imediações do imóvel nº 6.507 (Obenaus Artefatos de Cimento), próximo ao Cemitério Bom Pastor._x000D_
 Justifica-se, tendo em vista que a ausência de uma faixa de pedestres neste ponto torna a travessia de pedestres perigosa, especialmente em horários de pico, quando o tráfego de veículos é intenso e a visibilidade dos pedestres pode ser reduzida. Além disso, a falta de sinalização apropriada dificulta a travessia segura para os usuários do transporte coletivo, que muitas vezes precisam atravessar a rua para acessar o ponto de ônibus ou seguir para outros destinos.</t>
   </si>
   <si>
     <t>1797</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1797/ind_103-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1797/ind_103-25.docx</t>
   </si>
   <si>
     <t>Sugerir a realização de análise de viabilidade para o desenvolvimento de projeto para a pavimentação da Rua 17 de Fevereiro._x000D_
 Justifica-se, visto que os moradores almejam a melhoria, pois trará benefícios à segurança no trânsito, ao conforto e à acessibilidade de quem utiliza essa via diariamente. Além disso, contribuiria para a valorização dos imóveis da região e a melhoria da infraestrutura urbana</t>
   </si>
   <si>
     <t>1798</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1798/ind_104-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1798/ind_104-25.docx</t>
   </si>
   <si>
     <t>Sugerir a limpeza de vala localizada na Rua Paraná, a qual atravessa a referida via e faz lateral com o novo loteamento ali existente._x000D_
 Justifica-se, visto que a vala mencionada está assoreada, com muita vegetação, ocasionando infestação de animais sinantrópicos e peçonhentos, como cobras, aranhas, baratas e mosquitos. Além disso, durante os períodos de chuva, a obstrução da vala causa alagamentos em residências e estabelecimentos comerciais nas proximidades.</t>
   </si>
   <si>
     <t>1800</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1800/ind_105-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1800/ind_105-25.docx</t>
   </si>
   <si>
     <t>Sugerir a execução de pavimentação em concreto da Rua Ivo José Ribeiro. _x000D_
 Justifica-se, por se tratar de uma via íngreme, com ocorrência frequente de danos devido às chuvas. Os moradores prezam pela melhoria, pois contribuirá para melhor trafegabilidade e segurança, além de contribuir para melhor qualidade de vida. Importante destacar que já existe um protocolo com abaixo-assinado junto ao Executivo desde 2021 (protocolo nº 2.612/2021).</t>
   </si>
   <si>
     <t>1801</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1801/ind_106-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1801/ind_106-25.docx</t>
   </si>
   <si>
     <t>Sugerir a adoção de medidas cabíveis para a execução de poda das árvores localizadas no final da Rua Santa Catarina, esquina com a rua Werner Kitzberger. _x000D_
 Justifica-se, pelo fato de que essas árvores estão encostando na rede elétrica, podendo resultar em danos à infraestrutura e ocasionar a interrupção no fornecimento de energia para os moradores.</t>
   </si>
   <si>
     <t>1802</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1802/ind_107-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1802/ind_107-25.docx</t>
   </si>
   <si>
     <t>Sugerir ao Executivo que seja realizado estudos a fim de buscar alternativas para melhorar a visibilidade dos motoristas que saem da rua Antônio Marcos Cisério em direção à Rua 23 de Março. Ou ainda avaliar a eficácia e a possível readequação do espelho convexo existente, para melhorar a visibilidade._x000D_
 Justifica-se que, embora o espelho convexo tenha sido instalado para melhorar a visibilidade no local, tem sido observado que em determinadas condições, ainda não é suficiente para garantir a segurança dos motoristas e pedestres que transitam pela região. O estudo sugerido visa verificar se o espelho está adequadamente posicionado, redimensionado ou se seria necessária a instalação de outros dispositivos para otimizar a visibilidade e, assim, reduzir riscos de acidentes.</t>
   </si>
   <si>
     <t>1803</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1803/ind_108-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1803/ind_108-25.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção das ruas Paulo Lindner, Alberto Krause e Rudiberto Laube, com a execução de patrolamento das vias. _x000D_
 Justifica-se, com o intuito de oferecer boas condições de trafegabilidade, e facilitar aos moradores o acesso às suas residências.</t>
   </si>
   <si>
     <t>1804</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1804/ind_109-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1804/ind_109-25.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de placa de “Pare” na esquina da Rua Marechal Hermes com a Avenida dos Imigrantes. _x000D_
 Justifica-se, pela necessidade de orientar os motoristas que circulam pela Rua Marechal Hermes, uma vez que a preferência de passagem é dada ao tráfego da via principal, a Avenida dos Imigrantes. Sem a sinalização adequada, há um risco elevado de acidentes, especialmente durante os horários de pico, quando o fluxo de veículos é maior.</t>
   </si>
   <si>
     <t>1805</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1805/ind_110-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1805/ind_110-25.docx</t>
   </si>
   <si>
     <t>Sugerir a adoção de medidas para a instalação de lixeiras e placas indicativas e orientativas nas margens do Rio Braço São José, no local conhecido como Prainha de Schroeder, com o objetivo de melhorar as condições de uso da área e promover a preservação do meio ambiente. _x000D_
 Justifica-se, pois a Prainha de Schroeder tem se tornado um ponto turístico cada vez mais visitado, especialmente durante o período de verão, atraindo não apenas os munícipes, mas também muitos turistas, devido a beleza natural do local e suas condições propícias para o lazer. A instalação de lixeiras apropriadas e a colocação de placas informativas sobre as normas de comportamento e respeito ao meio ambiente são medidas essenciais para garantir a preservação do local e o conforto de todos. As placas devem conter orientações claras sobre o que pode e o que não pode ser feito na área, como a proibição de som alto e a necessidade de descarte adequado de lixo.</t>
   </si>
   <si>
     <t>1810</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1810/ind_111-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1810/ind_111-25.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção do acostamento da Rua Rio de Janeiro, no trecho abaixo do viaduto, com execução de limpeza, nivelamento do solo e aplicação de pó de brita. Posteriormente, quando viável, seja realizada a cobertura asfáltica._x000D_
 Justifica-se, pela atual situação do local, que se encontra intransitável, forçando pedestres e ciclistas a desviarem para a pista de rolamento. Tal condição tem gerado acidentes e situações de risco. Diante disso, a manutenção urgente do acostamento é necessária para a proteção de todos que utilizam a via.</t>
   </si>
   <si>
     <t>1811</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1811/ind_112-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1811/ind_112-25.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de iluminação pública na Rua Mário Bagatolli, no trecho adjacente ao viaduto, entrada da Vila Paraíso._x000D_
 Justifica-se, visto que a falta de iluminação nesse trecho tem gerado situações de risco no período noturno, o que compromete a segurança das pessoas que transitam pelo local. A instalação de iluminação pública irá atender a uma demanda da comunidade e contribuirá para a melhoria das condições de segurança, além de promover mais conforto e tranquilidade para os cidadãos.</t>
   </si>
   <si>
     <t>1812</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1812/ind_113-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1812/ind_113-25.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção do acostamento localizado na esquina das ruas Barão do Rio Branco e Alberto Zanella._x000D_
 Justifica-se, pois o local apresenta um buraco considerável, que tem causado sérios transtornos para os pedestres, incluindo crianças e idosos, que são forçados a desviar dessa área, muitas vezes invadindo a pista de rolamento. Tal situação expõe essas pessoas a risco iminente de acidentes, especialmente as necessitam acessar o ponto de ônibus próximo, uma vez que o tráfego de veículos nesse ponto é frequente e o desvio para a via aumenta a probabilidade de colisões.</t>
   </si>
   <si>
     <t>1813</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1813/ind_114-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1813/ind_114-25.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção Rua Reinoldo Pommerening, com execução de macadamização.  _x000D_
 Justifica-se, visto que a referida via apresenta problemas especialmente em dias de chuva, quando o excesso de lama, dificulta o tráfego de pedestres e veículos. Assim, a manutenção melhorará a trafegabilidade e facilitará o acesso às residências.</t>
   </si>
   <si>
     <t>1820</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1820/ind_115-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1820/ind_115-25.docx</t>
   </si>
   <si>
     <t>Sugerir a continuidade da instalação de iluminação pública na Rua da Canela, em um trecho de aproximadamente 600 metros. _x000D_
 Justifica-se, com o objetivo de promover a segurança, melhorar a qualidade de vida e o bem-estar dos moradores, uma vez que a falta de iluminação adequada tem gerado situações de insegurança. Além disso, tem dificultado o tráfego de pedestres e veículos durante o período noturno, especialmente para os moradores que precisam circular à noite ao retornar de suas jornadas de trabalho.</t>
   </si>
   <si>
     <t>1821</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1821/ind_116-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1821/ind_116-25.docx</t>
   </si>
   <si>
     <t>Sugerir a limpeza de vala localizada no acesso à Rua Capanema._x000D_
 Justifica-se, uma vez que a mesma está completamente assoreada, o que tem causado danos à via e, consequentemente, comprometido a trafegabilidade.</t>
   </si>
   <si>
     <t>1822</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1822/ind_117-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1822/ind_117-25.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de faixa elevada para travessia de pedestres na Rua Leopoldo Fiedler, nas imediações do imóvel nº 325 (CRAS)._x000D_
 Justifica-se, visto que a instalação dessa faixa elevada contribuirá com a redução da velocidade dos veículos e garantirá maior segurança para os pedestres no momento da travessia. A alta velocidade com que os veículos transitam pela via tem gerado preocupações constantes entre os moradores, a medida proposta visa mitigar riscos de acidentes, promovendo um ambiente mais seguro para a travessia.</t>
   </si>
   <si>
     <t>1823</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1823/ind_118-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1823/ind_118-25.docx</t>
   </si>
   <si>
     <t>Sugerir que se faça a verificação de limpeza da calçada, das bocas de lobo e do acostamento da Rua Marechal Castelo Branco, trecho compreendido entre o imóvel nº 2190 (Igreja Católica São Vendelino) até as imediações do imóvel nº 5685 (Papelaria Miglas)._x000D_
 Justifica-se, com o objetivo de proporcionar melhores condições para os pedestres e ciclistas, deixando o trecho adequado para a prática de atividades como caminhadas, pedaladas e para garantir o adequado escoamento de água pluvial. A sujeira acumulada e a obstrução das bocas de lobo prejudicam o escoamento eficiente da água da chuva, o que pode gerar alagamentos e danos à infraestrutura urbana.</t>
   </si>
   <si>
     <t>1824</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1824/ind_119-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1824/ind_119-25.docx</t>
   </si>
   <si>
     <t>Sugerir a tomada de medidas cabíveis para instalação de tubos na vala localizada na Rua Germano Muller, especificamente na parte final da via, lado esquerdo, após a última residência._x000D_
 Justifica-se, visto que a vala aberta, representa um perigo constante para as crianças do bairro, que, em seus momentos de lazer, podem se aproximar do local e correr o risco de afogamento. Além disso, o acúmulo de água favorece a proliferação de insetos, como mosquitos, e atrai animais que comprometem a saúde e segurança dos moradores. Trata-se ainda de uma questão de saúde pública, pois o mau cheiro proveniente da vala contribui para a formação de um ambiente insalubre, afetando a qualidade de vida da comunidade.</t>
   </si>
   <si>
     <t>1825</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1825/ind_120-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1825/ind_120-25.docx</t>
   </si>
   <si>
     <t>Sugerir a limpeza e desobstrução do córrego localizado na Rua Presidente Costa e Silva, Bairro Rio Hern._x000D_
 Justifica-se, pois o córrego encontra-se obstruído por vegetação densa, o que tem dificultado o fluxo adequado da água. Essa situação tem causado sérios problemas para a comunidade local, especialmente em períodos de fortes chuvas. A obstrução do córrego compromete a drenagem da água, elevando o risco de alagamentos, que podem afetar tanto as residências quanto a via. Além disso, a vegetação acumulada proporciona um ambiente propício para a proliferação de animais peçonhentos, colocando em risco a saúde e segurança da população.</t>
   </si>
   <si>
     <t>1826</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1826/ind_121-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1826/ind_121-25.docx</t>
   </si>
   <si>
     <t>Sugerir a realização de estudos e a verificação, por parte da Defesa Civil e do setor de Engenharia, das condições da base de sustentação da Ponte Alberto Walter Obenaus, localizada na Travessa Amandus Muller, a qual a base se encontra exposta. Bem como, seja planejada e executada uma obra de contenção de apoio ao redor da base da ponte._x000D_
 Justifica-se, pois a referida ponte apresenta sinais de exposição e desgaste que podem comprometer sua estabilidade. Em virtude disso, é preciso que seja realizada uma avaliação técnica detalhada da estrutura da ponte, verificando possíveis falhas ou situações que possam colocar em risco a segurança dos usuários e da própria construção. Além disso, o intuito da contenção, é evitar que as enxurradas e o impacto das chuvas fortes causem danos estruturais, visando proteger a ponte contra os efeitos da erosão e das intempéries, evitando desabamentos e outros tipos de danos que possam afetar o tráfego e colocar em risco a vida dos cidadãos.</t>
   </si>
   <si>
     <t>1827</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1827/ind_122-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1827/ind_122-25.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de iluminação pública na Rua João Correia._x000D_
 Justifica-se, considerando que a falta de iluminação tem causado insegurança aos pedestres e motoristas que transitam pela via durante o período noturno. A instalação de iluminação pública adequada é uma medida fundamental para garantir a segurança, a mobilidade e o conforto da população;</t>
   </si>
   <si>
     <t>1828</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1828/ind_123-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1828/ind_123-25.docx</t>
   </si>
   <si>
     <t>Sugerir a adoção de medidas cabíveis, para que seja mantido o contato com a empresa responsável pelo aterro em execução nas proximidades da esquina das ruas Guaramirim e João Lombardi, a fim de viabilizar a limpeza do acostamento._x000D_
 Justifica-se, visto que o barro no acostamento tem causado transtornos para os moradores e usuários da via, gerado dificuldades de tráfego e comprometido a segurança dos pedestres. Assim, é fundamental que seja feita a devida cobrança à empresa prestadora do serviço, a fim de que providências sejam tomadas para a manutenção e a limpeza.</t>
   </si>
   <si>
     <t>1829</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1829/ind_124-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1829/ind_124-25.docx</t>
   </si>
   <si>
     <t>Sugerir a realização de análise de viabilidade para a implementação de uma horta comunitária no bairro Rio Hern, em um imóvel de propriedade do Município, que anteriormente já era utilizado para essa mesma finalidade._x000D_
 Justifica-se, pois a horta oferece aos moradores a possibilidade de cultivar alimentos saudáveis, reduzindo custos e promovendo hábitos alimentares mais saudáveis. Além disso, elas incentivam a convivência social e a cooperação entre os moradores.</t>
   </si>
   <si>
     <t>1830</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1830/ind_125-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1830/ind_125-25.docx</t>
   </si>
   <si>
     <t>Sugerir a adoção das medidas necessárias para a remoção dos veículos abandonados na Rua Dom Pedro, em conformidade com a Lei nº 2.679._x000D_
 Justifica-se, tendo em vista que na referida via, existem veículos estacionados no acostamento por um longo período, configurando abandono. Essa situação tem gerado diversos transtornos, uma vez que dificulta o tráfego de veículos e pedestres, além de representar riscos à segurança pública, já que pode se tornar um ponto propício ao vandalismo e atividades criminosas. Adicionalmente, esses veículos acumulam lixo e favorecem a proliferação de focos de água parada, o que representa risco à saúde pública. Diante disso, é imprescindível que a situação seja verificada e as providências cabíveis sejam tomadas.</t>
   </si>
   <si>
     <t>1831</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1831/ind_126-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1831/ind_126-25.docx</t>
   </si>
   <si>
     <t>Sugerir análise de viabilidade para a instalação de dois espelhos convexos, no entroncamento das ruas Ponte Pênsil e Marechal Castelo Branco, especificamente no ponto de saída da Rua Ponte Pênsil, em direção à Rua Marechal Castelo Branco, para que os veículos tenham visibilidade tanto no sentido à direita quanto à esquerda._x000D_
 Justifica-se, visto que o espelho convexo desempenha um papel crucial na segurança viária, proporcionando aos motoristas melhor visibilidade, especialmente em locais de visão limitada, como no caso do local mencionado, que possui um ponto de ônibus nas imediações que obstrui a visão.</t>
   </si>
   <si>
     <t>1832</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1832/ind_127-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1832/ind_127-25.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de um espelho convexo no entroncamento das ruas Alemanha e Marechal Castelo Branco, especificamente no ponto de saída da Rua Alemanha, em direção à Rua Marechal Castelo Branco. _x000D_
 Justifica-se, devido à difícil visibilidade que os motoristas enfrentam nesse ponto de interseção. No local mencionado, é notável que os condutores não conseguem observar com clareza a movimentação de veículos que trafegam pela Rua Marechal Castelo Branco.</t>
   </si>
   <si>
     <t>1843</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1843/ind_128-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1843/ind_128-25.docx</t>
   </si>
   <si>
     <t>Sugerir a realização de análise técnica, com o intuito de buscar alternativas para melhorias da iluminação pública da Travessa Amandus Muller, a fim de avaliar e corrigir eventuais deficiências na iluminação._x000D_
 Justifica-se, visto que a falta de iluminação adequada prejudica o deslocamento seguro de pessoas durante o período noturno na referida via. Esse problema aumenta o risco de acidentes, favorece a ocorrência de delitos e gera sensação de insegurança para os usuários da via.</t>
   </si>
   <si>
     <t>1844</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1844/ind_129-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1844/ind_129-25.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção da Estrada nº 1000 (Estrada Duas Mamas), com execução de limpeza das laterais da via e alargamento._x000D_
 Justifica-se, visto que a medida garantirá maior fluidez no trânsito, proporcionando melhores condições de trafegabilidade para todos os veículos, além de ampliar a visibilidade e a segurança para os usuários da via.</t>
   </si>
   <si>
     <t>1856</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1856/ind_130-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1856/ind_130-25.docx</t>
   </si>
   <si>
     <t>Sugerir estudo de viabilidade para implementação de uma rotatória na Rua Marechal Castelo Branco, no local atualmente ocupado pela Praça Germano Gustavo Ristau._x000D_
 Justifica-se, com o objetivo de reduzir a velocidade dos veículos que trafegam na Marechal Castelo Branco, melhorar o fluxo do trânsito, aumentar a segurança viária e facilitar o acesso dos veículos provenientes das ruas Pedro Hang e Germano Gustavo Ristau em direção à Marechal Castelo Branco.</t>
   </si>
   <si>
     <t>1857</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1857/ind_131-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1857/ind_131-25.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção da tampa de boca de lobo localizada na Rua Gustavo Streit, no acesso à Rua Germano Jahn._x000D_
 Justifica-se, visto que a tampa está quebrada, deixando o bueiro exposto. Tal condição representa risco à segurança de pedestres e animais que transitam pelo local, podendo causar acidentes e lesões.</t>
   </si>
   <si>
     <t>1858</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1858/ind_132-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1858/ind_132-25.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção do guarda-corpo da ponte situada na Rua Gustavo Streit, próxima à entrada da Rua Germano Jahn._x000D_
 Justifica-se, pois o reparo do guarda-corpo, garantirá maior segurança à população, evitando possíveis quedas e outros acidentes.</t>
   </si>
   <si>
     <t>1859</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1859/ind_133-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1859/ind_133-25.docx</t>
   </si>
   <si>
     <t>Sugerir a adoção de medidas cabíveis para a execução de poda de um bambuzal, localizado na Rua Gustavo Streit, próximo ao acesso à Travessa Amandus Muller._x000D_
 Justifica-se, visto que especialmente em dias de chuva, a referida vegetação fica excessivamente arcada sobre a via pública, ocasionando problemas para motoristas, ciclistas e pedestres que trafegam pelo local. Os ramos e troncos que se projetam sobre a rua, podem, em caso de queda, ocasionar acidentes graves, uma vez que, além de obstruírem a passagem, podem afetar a visibilidade dos condutores e prejudicar a segurança das pessoas.</t>
   </si>
   <si>
     <t>1860</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1860/ind_134-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1860/ind_134-25.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção do guarda-corpo da Ponte Ricardo Voigt, localizada na Estrada nº 1000 (Estrada Duas Mamas), imediações do imóvel nº 4850 (próximo à Chácara Paoletto e à Vila dos Parma)._x000D_
 Justifica-se, visto que a proteção lateral da referida ponte se encontra parcialmente danificada, o que representa risco à segurança de ciclistas e pedestres que transitam pela via. A situação tem gerado preocupação entre os moradores da região, que utilizam a estrada frequentemente para deslocamento e atividades cotidianas.</t>
   </si>
   <si>
     <t>1861</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1861/ind_135-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1861/ind_135-25.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção do guarda-corpo da ponte localizada na Estrada nº 1000 (Estrada Duas Mamas), após a Sociedade Rio Camarada (sentido Schroeder/Joinville)._x000D_
 Justifica-se, com o objetivo de garantir a segurança dos cidadãos que transitam diariamente pela referida ponte. O guarda-corpo apresenta visível estado de deterioração, com ferragem exposta, o que representa um risco considerável de acidentes. Ressalta-se ainda que a região possui grande circulação de pessoas, em razão da proximidade de escola, igreja e da Sociedade Rio Camarada.</t>
   </si>
   <si>
     <t>1866</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>Cancelada</t>
   </si>
   <si>
     <t>1867</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1867/ind_137-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1867/ind_137-25.docx</t>
   </si>
   <si>
     <t>Sugerir a realização de análise de viabilidade para avaliar a possibilidade de estender o benefício de insalubridade aos professores e auxiliares de sala que atuam nos Centros de Educação Infantil Municipal (CEIMs), considerando as especificidades das condições de trabalho desses servidores._x000D_
 Justifica-se, visto que esses profissionais lidam diariamente com grupos de alunos mais suscetível a doenças contagiosas. Além disso, o contato frequente e próximo com os alunos, em ambientes coletivos e compartilhados, pode representar um fator adicional de exposição a agentes que impactam a saúde. Diante desse contexto, o benefício seria uma forma de reconhecer e valorizar o esforço e dedicação desses profissionais, que, além de exercerem a função educativa, também desempenham papel fundamental no desenvolvimento e bem-estar das crianças atendidas nas unidades educacionais municipais.</t>
   </si>
   <si>
     <t>1868</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1868/ind_138-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1868/ind_138-25.docx</t>
   </si>
   <si>
     <t>Sugerir a adequação de proposta para pavimentação do Trecho 2, da Rua Jerônimo Tomaselli._x000D_
 Justifica-se, pois o referido trecho é de grande importância para a mobilidade urbana e rural, por se tratar de uma via que interliga o Bairro Tomaselli à localidade de Duas Mamas. Trata-se de uma estrada com tráfego intenso, utilizada diariamente por pais que levam seus filhos à escola, além de ser rota de transporte escolar, de trabalhadores e veículos que realizam o escoamento da produção rural. A pavimentação é uma necessidade para garantir melhores condições de tráfego, reduzir os impactos da poeira na saúde dos moradores e usuários da via, e proporcionar mais segurança e qualidade de vida à população.</t>
   </si>
   <si>
     <t>1869</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1869/ind_139-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1869/ind_139-25.docx</t>
   </si>
   <si>
     <t>Sugerir estudo de viabilidade para instituir um programa municipal de coleta seletiva de resíduos recicláveis, nos moldes do Programa Recicla Jaraguá, desenvolvido na cidade de Jaraguá do sul, o qual dentre outras ações, disponibiliza embalagens na cor verde para facilitar a distinção de materiais recicláveis no momento da coleta._x000D_
 Justifica-se, com o objetivo incentivar a separação e o descarte consciente de materiais recicláveis.  A experiência de Jaraguá do Sul tem demonstrado resultados positivos, tanto na ampliação dos índices de reciclagem quanto na educação ambiental da população. A disponibilização de sacos verdes padronizados contribui significativamente para a identificação dos resíduos recicláveis, como papel, plástico, vidro e metal, otimizando a coleta e triagem, reduzindo o volume de resíduos enviados aos aterros sanitários e promovendo maior sustentabilidade.</t>
   </si>
   <si>
     <t>1870</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1870/ind_140-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1870/ind_140-25.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção e troca de tampas de bocas de lobo existentes na Rua Marechal Castelo Branco, entre os imóveis nº 9.000 a 9.122._x000D_
 Justifica-se, tendo em vista que as tapas dos bueiros estão quebradas e com ferragens expostas. Assim, a manutenção visa garantir a segurança das pessoas que transitam diariamente pela via. As bocas de lobo danificadas, representam risco iminente de acidentes, quedas e danos a veículos, além de comprometerem a drenagem adequada em períodos de chuva.</t>
   </si>
   <si>
     <t>1871</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1871/ind_141-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1871/ind_141-25.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção da tampa da boca de lobo situada na Marechal Castelo Branco, no Bairro Bracinho, em frente à Comunidade Nossa Senhora Aparecida._x000D_
 Justifica-se, com o objetivo de prevenir acidentes e garantir a segurança das pessoas que transitam pelo local. A tampa apresenta sinais de deterioração, o que compromete não apenas a integridade da estrutura, mas também a eficiência do sistema de drenagem, especialmente em períodos de chuva, podendo ocasionar transtornos à população local.</t>
   </si>
   <si>
     <t>1879</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1879/ind_142-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1879/ind_142-25.docx</t>
   </si>
   <si>
     <t>Sugerir análise de viabilidade para implementação de programa de higiene bucal no ambiente escolar, com foco em ações educativas e práticas voltadas à escovação dental, aplicação periódica de flúor e uso do fio dental._x000D_
 Justifica-se, visto que a higiene bucal é parte fundamental da saúde e do bem-estar das crianças. A adoção de hábitos saudáveis desde a infância contribui significativamente para a prevenção de doenças bucais, como cáries e gengivites. Além dos benefícios diretos à saúde, espera-se a redução do número de faltas escolares por motivos odontológicos, a melhoria da qualidade de vida dos estudantes, o fortalecimento do apoio às famílias no cuidado com a saúde infantil e a promoção da equidade no acesso a ações preventivas de saúde bucal.</t>
   </si>
   <si>
     <t>1880</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1880/ind_143-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1880/ind_143-25.docx</t>
   </si>
   <si>
     <t>Sugerir análise de viabilidade para aquisição de um aparelho de raio-X ortodôntico panorâmico (ortopantomógrafo), para o atendimento odontológico na rede pública de saúde do Município._x000D_
 Justifica-se, com objetivo ampliar e qualificar o atendimento odontológico dos pacientes que buscam atendimento nas unidades de saúde do Município. O aparelho de radiografia panorâmico é uma ferramenta essencial para o diagnóstico eficaz e preciso de diversas condições bucais, facilitando o planejamento de tratamentos e reduzindo o tempo de espera dos pacientes.</t>
   </si>
   <si>
     <t>1881</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1881/ind_144-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1881/ind_144-25.docx</t>
   </si>
   <si>
     <t>Sugerir análise de viabilidade para pintura de uma faixa de pedestres na Rua Marechal Castelo Branco, nas imediações do imóvel nº 5685 (Papelaria Miglas). _x000D_
 Justifica-se, com o intuito de garantir a segurança dos pedestres, em especial de alunos que circulam diariamente entre as escolas próximas e suas residências. A ausência da sinalização aumenta significativamente o risco de acidentes, sobretudo nos horários de maior fluxo de veículos.</t>
   </si>
   <si>
     <t>1882</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1882/ind_145-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1882/ind_145-25.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção e troca de tampa de bocas de lobo existentes na Rua 3 de Outubro, sendo uma localizada nas imediações do imóvel nº 1725, outra em frente ao imóvel nº 1816 e ainda uma ao lado do imóvel nº 2817 (Recreativa Braço do Sul)._x000D_
 Justifica-se, visto que as referidas tampas de bueiro se encontram visivelmente deterioradas, algumas com ferragens expostas, representando risco às pessoas que transitam pela via. Além disso, o mau estado de conservação pode comprometer o correto escoamento das águas pluviais, agravando problemas de alagamento.</t>
   </si>
   <si>
     <t>1883</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1883/ind_146-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1883/ind_146-25.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de boca de lobo na Rua Alphons Maria Schmalz, nas imediações do imóvel nº 877._x000D_
 Justifica-se, visto a necessidade de melhorias na drenagem do local, uma vez que, em períodos de chuva, a via sofre sérios danos, exigindo constantes reparos e retrabalho por parte do poder público. Essa situação resulta em desperdício de recursos e compromete a durabilidade das intervenções realizadas. A instalação de uma boca de lobo representa uma solução eficaz, contribuindo significativamente para o escoamento adequado da água pluvial e para a preservação e durabilidade da via.</t>
   </si>
   <si>
     <t>1884</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1884/ind_147-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1884/ind_147-25.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção de tampa de boca de lobo localizada na Rua Gustavo Streit, após o Mercado Rancho Bom, ao lado do imóvel em que há pastagem, especificamente no trecho asfaltado após o 5º poste da rua._x000D_
 Justifica-se, visto que a tampa está danificada, oferecendo riscos às pessoas que transitam pelo local, especialmente crianças que utilizam o trajeto diariamente para se dirigirem à escola, o que aumenta a possibilidade de ocorrência de acidentes.</t>
   </si>
   <si>
     <t>1885</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1885/ind_148-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1885/ind_148-25.docx</t>
   </si>
   <si>
     <t>Sugerir a implantação no semáforo da Rua Marechal Castelo Branco de dispositivo com indicação de seta lateral (semáforo direcional) para acesso à Rua Barão do Rio Branco, para a faixa que direciona o fluxo sentido bairro._x000D_
 Justifica-se, em razão do fluxo de veículos no referido trecho, que conta com duas faixas de rolamento, uma no sentido principal e outra faixa destinada ao acesso ao bairro. Entretanto, a ausência de semáforo com seta direcional tem causado dificuldades para os condutores que desejam realizar a conversão à direita, sentido bairro, gerando risco de acidentes e confusão no trânsito local. A implantação do sinaleiro com seta lateral (semáforo direcional) trará maior fluidez e segurança ao trânsito, organizando melhor o fluxo de veículos e proporcionando maior tranquilidade aos motoristas e pedestres.</t>
   </si>
   <si>
     <t>1886</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1886/ind_149-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1886/ind_149-25.docx</t>
   </si>
   <si>
     <t>Sugerir análise de viabilidade visando à implantação de uma escolinha de voleibol de areia nas dependências da Escola Municipal Professor Santos Tomaselli, com foco em atividades aos sábados._x000D_
 Justifica-se, com o objetivo de incentivar a prática esportiva, aproveitando o espaço físico disponível na escola, com o objetivo de oferecer uma alternativa saudável e educativa de lazer, além de promover a continuidade de atividades extracurriculares e o desenvolvimento esportivo. A prática do voleibol de areia contribui para a formação dos alunos, promovendo saúde, disciplina, trabalho em equipe e inclusão social.</t>
   </si>
   <si>
     <t>1890</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1890/ind_150-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1890/ind_150-25.docx</t>
   </si>
   <si>
     <t>Sugerir ao Poder Executivo a implementação de políticas públicas preventivas voltadas à população em situação de vulnerabilidade social, com o objetivo de evitar o surgimento de pessoas em situação de rua no município._x000D_
 Justifica-se, pois embora o Município não registre casos de pessoas em situação de rua, é fundamental que o Poder Público adote uma postura proativa, estruturando ações preventivas que atendam às necessidades da população vulnerável. A experiência de diversos municípios demonstra que o surgimento de pessoas em situação de rua é resultado de uma combinação de fatores complexos, como pobreza extrema, violência doméstica, desemprego, dependência química, transtornos mentais, falta de acesso à saúde e isolamento social. Nesse sentido, é essencial que o município desenvolva políticas públicas integradas, com foco na promoção da saúde mental, no enfrentamento da dependência química, na ampliação das oportunidades de emprego e renda, e na oferta de serviços de acolhimento...</t>
   </si>
   <si>
     <t>1891</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1891/ind_151-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1891/ind_151-25.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de placa de sinalização de trânsito na Rua 3 de Outubro, nas proximidades do imóvel nº 6285 (residência do Sr. Vilson Grossklaks), alertando sobre a presença e o trânsito frequente de tratores e máquinas agrícolas._x000D_
 Justifica-se, com o objetivo aumentar a segurança viária no referido trecho da via, onde há circulação constante de veículos agrícolas, especialmente tratores. Visto que veículos comuns não têm respeitado a presença desses maquinários ao atravessarem a via, gerando riscos de acidentes.</t>
   </si>
   <si>
     <t>1892</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1892/ind_152-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1892/ind_152-25.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de placa de sinalização de trânsito indicativa na Rua Joinville, logo após a APAE, próximo ao entroncamento com a Rua Jerônimo Tomaselli, informando o acesso aos bairros Tomaselli e Rancho Bom._x000D_
 Justifica-se, pela necessidade de melhor orientar os motoristas, especialmente aqueles que não conhecem a região, facilitando a identificação e o acesso aos referidos bairros. A implantação da sinalização contribuirá para a melhoria da mobilidade urbana, segurança viária, organização e fluidez do tráfego.</t>
   </si>
   <si>
     <t>1893</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1893/ind_153-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1893/ind_153-25.docx</t>
   </si>
   <si>
     <t>Sugerir a doção de medidas cabíveis para que seja mantido contato com a empresa responsável pela pavimentação da Rua Alagoas, visando à realização de manutenção na calçada, nas imediações do imóvel de nº 193._x000D_
 Justifica-se, tendo em vista que a calçada mencionada apresenta necessidade de reparos, pois compromete a segurança e a mobilidade dos pedestres que por ali transitam. Considerando que a obra de pavimentação ainda se encontra no prazo de garantia, é imprescindível que a empresa executora seja acionada para que realize os devidos reparos.</t>
   </si>
   <si>
     <t>1894</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1894/ind_154-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1894/ind_154-25.docx</t>
   </si>
   <si>
     <t>Sugerir a adoção de medidas cabíveis junto à empresa responsável pela pavimentação da Rua Rio Grande do Sul, a fim de que seja realizada manutenção do acostamento após a residência de nº 100, bem como da calçada, após o imóvel de nº 143. _x000D_
 Justifica-se, pois o acostamento encontra-se afundado, o que causa acúmulo de água das chuvas, gerando transtornos aos moradores. Além disso, a calçada apresenta desníveis que dificultam o trânsito de pedestres, especialmente pessoas com mobilidade reduzida, e também prejudicam o acesso de veículos às residências da via mencionada. Assim, é necessário que providência sejam tomadas para garantir a segurança, acessibilidade e melhor qualidade de vida aos moradores.</t>
   </si>
   <si>
     <t>1895</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1895/ind_155-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1895/ind_155-25.docx</t>
   </si>
   <si>
     <t>Sugerir manutenção da boca de lobo localizada na Rua Marechal Castelo Branco, nas imediações do imóvel nº 1278, com a elevação da grade de escoamento de água._x000D_
 Justifica-se a intervenção devido ao afundamento da grade de proteção, o que tem contribuído para alagamentos, danos à pavimentação e aumento do risco à segurança dos motoristas. A elevação da grade de escoamento proporcionará melhorias significativas para a comunidade, assegurando o escoamento adequado da água pluvial e promovendo maior segurança viária.</t>
   </si>
   <si>
     <t>1904</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1904/ind_156-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1904/ind_156-25.docx</t>
   </si>
   <si>
     <t>Sugerir a adoção de medidas necessárias a fim de providenciar o acesso adequado para pessoas com deficiência, especialmente pessoas em cadeira de rodas, no ponto de ônibus localizado na Rua Rio de Janeiro, em frente ao imóvel nº 575, incluindo rampa com inclinação adequada, piso tátil e demais adaptações conforme as normas técnicas de acessibilidade. Adicionalmente, seja realizada uma revisão em todos os pontos de ônibus do Município, com o objetivo de garantir que estejam acessíveis a todas as pessoas, especialmente aquelas com deficiência ou mobilidade reduzida._x000D_
 Justifica-se, visto que a inexistência de estrutura adequada nos pontos de parada de ônibus, compromete a mobilidade, a segurança e a autonomia de muitos cidadãos que dependem do transporte coletivo, em especial pessoas com deficiência e idosos. Tornar os espaços públicos acessíveis é uma medida essencial para promover a inclusão e assegurar os direitos de todos.</t>
   </si>
   <si>
     <t>1908</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1908/ind_157-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1908/ind_157-25.docx</t>
   </si>
   <si>
     <t>Sugerir a revitalização da ciclofaixa localizada na Rua Marechal Castelo Branco, no trecho compreendido entre os imóveis de nº 4376 (Residencial Gneipel) e nº 6507, com a realização de nova pintura e demarcação adequada._x000D_
 Justifica-se, pois no referido trecho, a ciclofaixa está danificada, com a pintura apagada comprometendo a visibilidade e a segurança dos ciclistas que utilizam o local para o seu deslocamento. A falta de demarcação adequada aumenta o risco de acidentes, além de prejudicar a fluidez do tráfego.</t>
   </si>
   <si>
     <t>1912</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1912/ind_158-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1912/ind_158-25.docx</t>
   </si>
   <si>
     <t>Sugerir a verificação e manutenção da tubulação da rede de água pluvial, localizada na Rua Marechal Castelo Branco, em frente ao imóvel nº 4184 (antiga sede da empresa Transpantanal)._x000D_
 Justifica-se, pela ocorrência de erosão no local, o que tem comprometido a integridade da área. A erosão expôs parte da rede de drenagem pluvial e, adicionalmente, deixou visível um encanamento que contém fiação elétrica. Este fato constitui um risco potencial de acidentes, tanto devido ao afundamento do solo, que pode provocar quedas e danos materiais, quanto ao perigo de contato com a fiação exposta, que representa uma grave ameaça à segurança das pessoas que transitam pelo local.</t>
   </si>
   <si>
     <t>1913</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1913/ind_159-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1913/ind_159-25.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de espelho convexo na Rua Marechal Castelo Branco, em frente à saída do estacionamento do imóvel nº 3905 (Secretaria Municipal da Educação - SEMED)._x000D_
 Justifica-se pela dificuldade de visibilidade enfrentada pelos motoristas ao saírem do estacionamento da SEMED, especialmente em relação aos veículos que trafegam pela via à esquerda. A visibilidade limitada é agravada pela presença de uma placa de identificação de uma instituição financeira, que prejudica a visão da via, forçando os motoristas a avançarem com os veículos sobre a ciclofaixa para obter uma visão mais clara. A situação representa um risco significativo à segurança de motoristas, ciclistas e pedestres, especialmente considerando o fluxo constante de veículos na área. A instalação do espelho convexo contribuiria para melhorar a segurança no local, proporcionando melhor visibilidade e, consequentemente, reduzindo os riscos de acidentes.</t>
   </si>
   <si>
     <t>1914</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>Sugerir a manutenção das placas indicativas de nome das ruas do Município, com execução de limpeza e substituição das danificadas._x000D_
 Justifica-se, pois as placas se encontram deterioradas, algumas delas totalmente desgastadas pelo tempo, enquanto outras já caíram ou estão sujas, o que dificulta a leitura dos nomes das ruas. Essa situação tem gerado transtornos para a população, especialmente para os motoristas e visitantes que encontram dificuldades para se orientar, o que pode comprometer a segurança e o fluxo adequado de tráfego. Além disso, a falta de sinalização clara e visível também impacta na organização da cidade, prejudicando serviços essenciais como a entrega de correspondências, a localização de estabelecimentos comerciais e a identificação de endereços para emergências.</t>
   </si>
   <si>
     <t>1915</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
     <t>Sugerir ao Executivo a realização de análise de viabilidade para a implementação de um aplicativo móvel que permita o acesso direto da população para o registro ágil e simplificado de falhas no serviço de distribuição de água potável, como vazamentos, necessidades de manutenção, solicitação de 2ª via e guia de quitação para comprovante. O aplicativo incluiria informações detalhadas sobre a rede de distribuição e possibilitaria ao cidadão indicar, de forma prática, os locais com problemas._x000D_
 Justifica-se, pelo fato de que atualmente, as solicitações são realizadas por meio de protocolo ou aplicativo de mensagens instantâneas, e embora o setor já disponha de um painel de controle da distribuição, a comunicação com a população ainda pode ser aprimorada. A utilização de um aplicativo tornaria o processo mais eficiente, ágil e direto. Com ele, seria possível melhorar a interação entre o setor de abastecimento e os cidadãos, agilizar o atendimento e a execução de ações corretivas...</t>
   </si>
   <si>
     <t>1916</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
     <t>Sugerir estudo a viabilidade de implantação de uma Pista de Pump Track em área pública do município, preferencialmente em local com potencial para atividades esportivas e de lazer._x000D_
 Justifica-se, visto que a referida pista é uma estrutura destinada à prática de esportes com bicicletas, skates, patinetes e outros equipamentos com rodas, que utiliza o movimento do corpo (sem necessidade de pedalar ou empurrar com o pé) para impulsionar o usuário pela pista. Seu design inovador permite o uso por pessoas de diferentes idades e níveis de habilidade, promovendo a inclusão, a prática de atividade física e a socialização. A instalação de uma Pista Pump Track trará diversos benefícios à comunidade, como: estímulo à prática esportiva e à melhoria da saúde física e mental; inclusão de crianças, jovens e adultos no esporte; ocupação saudável e segura do espaço público; combate ao sedentarismo; fomento ao turismo local e valorização de áreas urbanas.</t>
   </si>
   <si>
     <t>1921</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1921/ind_163-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1921/ind_163-25.docx</t>
   </si>
   <si>
     <t>Sugerir a limpeza da sarjeta (calha de escoamento de água pluvial) da Rua 23 de Março, no bairro Itoupava-Açú._x000D_
 Justifica-se, com o objetivo de melhorar o escoamento da água da chuva, evitando alagamentos, acúmulo de lixo e proliferação de insetos, além de contribuir para a preservação da via e maior segurança das pessoas que transitam pelo local. A limpeza preventiva é essencial para garantir o bom funcionamento da drenagem, especialmente em épocas de chuva intensa.</t>
   </si>
   <si>
     <t>1922</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1922/ind_164-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1922/ind_164-25.docx</t>
   </si>
   <si>
     <t>Sugerir realização de análise de viabilidade a fim de incluir a participação de intérpretes de Libras (Língua Brasileira de Sinais) nos eventos promovidos ou apoiados pelo Município que possuam grande público, especialmente os de caráter cultural, esportivo, educativo ou institucional. _x000D_
 Justifica-se, visto que a presença de intérpretes de Libras em eventos públicos é uma medida fundamental para garantir a participação plena das pessoas com deficiência auditiva, conforme estabelecido na Lei Brasileira de Inclusão da Pessoa com Deficiência (Lei nº 13.146/2015) e nas normas correlatas de acessibilidade. Tal medida demonstra o compromisso do Município com a promoção da cidadania, da igualdade de direitos e da construção de uma sociedade mais justa e inclusiva.</t>
   </si>
   <si>
     <t>1923</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1923/ind_165-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1923/ind_165-25.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção e troca de tampa de bocas de lobo localizadas na Rua 3 de Outubro, nos seguintes pontos: nas imediações do imóvel nº 2.650, em frente ao imóvel nº 2.778, junto ao imóvel nº 3.000 e em frente ao imóvel nº 3.405._x000D_
 Justifica-se, tendo em vista que as tampas dos bueiros se encontram deterioradas, algumas com ferragens expostas, o que representa risco iminente de acidentes. Adicionalmente, o mau estado de conservação compromete o funcionamento do sistema de drenagem urbana, podendo resultar em entupimentos, acúmulo de resíduos e agravamento de alagamentos em períodos de chuva intensa.</t>
   </si>
   <si>
     <t>1926</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1926/ind_166-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1926/ind_166-25.docx</t>
   </si>
   <si>
     <t>Sugerir a disponibilização de um QR Code no portal de entrada do município de Schroeder, com o objetivo de proporcionar aos visitantes acesso rápido e prático às principais informações de interesse turístico e utilitário do Município._x000D_
 Justifica-se, com o objetivo de modernizar e aprimorar a recepção aos visitantes que chegam ao Município. A implantação de um QR Code em local de destaque no portal de entrada da cidade permitirá que turistas e viajantes, ao escaneá-lo com seus smartphones, sejam redirecionados a uma plataforma digital que pode conter os pontos turísticos do município; localização de mercados, farmácias, restaurantes e lojas; informações sobre unidades de saúde e outros serviços essenciais; sugestões de roteiros, trilhas, eventos e atrativos locais; outros pontos de interesse para aproveitar ao máximo a estadia em Schroeder. Além de contribuir com a valorização do turismo local, a iniciativa também pode fomentar o comércio e a economia do Município ao facilitar o acesso..</t>
   </si>
   <si>
     <t>1927</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1927/ind_167-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1927/ind_167-25.docx</t>
   </si>
   <si>
     <t>Sugerir análise de viabilidade para a identificação e sinalização das edificações antigas do Município, com o objetivo de preservar e divulgar o patrimônio histórico e cultural local._x000D_
 Justifica-se, visto que o Município possui um rico acervo histórico materializado em construções antigas, como casas, estabelecimentos comerciais e templos religiosos, que guardam em suas estruturas parte significativa da memória da cidade. Infelizmente, muitas dessas edificações passam despercebidas, tanto pela população quanto pelos visitantes, por falta de identificação adequada. As placas informativas podem conter nome (se houver), data da construção, descrição histórica e código QR Code. Além de contribuir para a valorização do nosso patrimônio histórico, a medida impulsiona o turismo, oferecendo uma experiência mais rica aos visitantes, ao mesmo tempo em que promove o sentimento de pertencimento e identidade na população local.</t>
   </si>
   <si>
     <t>1928</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1928/ind_168-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1928/ind_168-25.docx</t>
   </si>
   <si>
     <t>Sugerir a implantação de faixas para a travessia de pedestres na Rua Alberto Zanella, nas imediações dos imóveis nºs 132, 616 e 845 (próximo à entrada da Rua José Ivo Ribeiro)._x000D_
 Justifica-se em decorrência da expressiva circulação de pessoas nos locais mencionados, devido à proximidade com pontos de ônibus. A pintura das faixas contribuirá para a segurança dos pedestres, permitindo uma travessia ordenada e visível aos motoristas, além de organizar melhor o tráfego na região. A proposta visa atender às necessidades de segurança e mobilidade urbana da população, oferecendo melhores condições para a circulação segura dos pedestres.</t>
   </si>
   <si>
     <t>1929</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1929/ind_169-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1929/ind_169-25.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de um espelho convexo no entroncamento das ruas Antônio Zoz e Marechal Castelo Branco. _x000D_
 Justifica-se, pois os motoristas que saem da Rua Antônio Zoz enfrentam dificuldades de visibilidade devido à uma curva acentuada. Isso aumenta o risco de acidentes, uma vez que dificulta a visualização de veículos que se aproximam pela Rua Marechal Castelo Branco. A instalação do espelho convexo permitirá que os motoristas tenham uma visão mais ampla da via, proporcionando uma condição mais segura para a manobra de saída.</t>
   </si>
   <si>
     <t>1930</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1930/ind_170-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1930/ind_170-25.docx</t>
   </si>
   <si>
     <t>Sugerir análise de viabilidade visando à construção de uma sala específica para a fanfarra da Escola Municipal Prof. Santos Tomaselli, atendendo à demanda dos alunos e comunidade escolar._x000D_
 Justifica-se, visto que a fanfarra contribui significativamente para o desenvolvimento cultural, artístico e disciplinar dos estudantes. Além de promover o espírito de equipe, a prática musical proporciona benefícios à concentração, à coordenação motora e ao desempenho escolar como um todo. No entanto, a ausência de um espaço físico adequado para os ensaios e armazenamento dos instrumentos compromete a continuidade e a qualidade das atividades.</t>
   </si>
   <si>
     <t>1931</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1931/ind_171-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1931/ind_171-25.docx</t>
   </si>
   <si>
     <t>Sugerir reparos e a troca da tampa de boca de lobo situada na Rua Ricardo Gorl, em frente ao imóvel de número 566._x000D_
 Justifica-se, visto que a boca de lobo está danificada, representando riscos à segurança das pessoas que transitam pela via. A situação pode ocasionar acidentes e danos materiais, além de comprometer a eficiência da drenagem pluvial. A manutenção adequada é fundamental para garantir a segurança viária e a preservação da infraestrutura urbana.</t>
   </si>
   <si>
     <t>1932</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1932/ind_172-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1932/ind_172-25.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção do meio-fio na Rua Alberto Zanella, localizado nas imediações do imóvel nº 1407 (Aquauni Saúde)._x000D_
 Justifica-se, visto que o meio-fio nesse trecho está quebrado e deslocado de sua posição original, o que compromete tanto a estética urbana quanto a segurança das pessoas que transitam pela via. A irregularidade também pode prejudicar o escoamento de água pluvial, favorecendo o acúmulo de sujeira e água, o que pode agravar a degradação do pavimento asfáltico.</t>
   </si>
   <si>
     <t>1942</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>1943</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1943/ind_174-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1943/ind_174-25.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de placa de parada obrigatória (placa de “PARE”), no cruzamento das ruas Rua Alphons Maria Schmalz e Carlos Eggert, em frete ao imóvel 117 (sorveteria Q Legal)._x000D_
 Justifica-se, pois o referido cruzamento tem sido palco de vários acidentes de trânsito, em razão da falta de sinalização adequada. A sinalização contribui diretamente para a prevenção de acidentes e proporciona maior segurança aos moradores e frequentadores daquela região.</t>
   </si>
   <si>
     <t>1944</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1944/ind_175-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1944/ind_175-25.docx</t>
   </si>
   <si>
     <t>Sugerir providências para instalação de tampões nos canos abertos da Rua 31 de Março, no registro de escape localizado no interior do tubo azul._x000D_
 Justifica-se, pois tal medida visa evitar acidentes e proteger a segurança dos cidadãos que transitam pela via, além de preservar a integridade física de grupos mais vulneráveis, como crianças e idosos, que podem se machucar colocando o pé nessa abertura.</t>
   </si>
   <si>
     <t>1945</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1945/ind_176-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1945/ind_176-25.docx</t>
   </si>
   <si>
     <t>Sugerir a limpeza das grades de escoamento de água, das bocas de lobo localizadas na Rua Gustavo Streit, nos números 547, 705 e 719. As referidas grades encontram-se obstruídas por areia. Justifica-se, visto que a obstrução dos referidos bueiros tem prejudicado o adequado escoamento da água pluvial, causando transtornos especialmente em períodos de chuvas fortes, podendo causar alagamentos, comprometendo a segurança e a mobilidade urbana.</t>
   </si>
   <si>
     <t>1946</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1946/ind_177-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1946/ind_177-25.docx</t>
   </si>
   <si>
     <t>Sugerir análise de viabilidade para implementação de um sistema que facilite o acesso direto do munícipe com a administração municipal, por meio da plataforma Reclame Aqui, integrada com Inteligência Artificial, visando agilizar o atendimento ao munícipe. Justifica-se, com o objetivo de facilitar o acesso do munícipe aos serviços públicos, em uma plataforma onde os cidadãos poderão registrar dúvidas, sugestões ou até mesmo reclamações. E ainda, garantir respostas rápidas e precisas, através do uso de Inteligência Artificial, o sistema poderá fornecer respostas imediatas às dúvidas e solicitações mais frequentes, garantindo agilidade no atendimento e ajudando a gestão pública. O uso da Inteligência Artificial permitirá ainda que o sistema aprenda com as interações dos cidadãos, melhorando suas respostas ao longo do tempo e oferecendo uma experiência personalizada e de maior qualidade.</t>
   </si>
   <si>
     <t>1947</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1947/ind_178-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1947/ind_178-25.docx</t>
   </si>
   <si>
     <t>Sugerir análise de viabilidade para a inclusão de psicólogos nas escolas municipais, como medida de promoção da saúde mental de alunos e profissionais da educação._x000D_
 Justifica-se, pois a implementação de medidas que assegurem a presença constante de psicólogos é essencial para promover o bem-estar emocional e psicológico dos alunos e de toda a comunidade escolar. A Lei nº 13.935/2019, que regulamenta os serviços de psicologia e serviço social nas redes públicas de educação básica, representa um avanço significativo. Contudo, ainda existem desafios, como a falta de recursos para garantir esses profissionais em todas as instituições de ensino. A saúde mental dos estudantes deve ser uma prioridade no sistema educacional. A presença desses profissionais não só apoia o bem-estar emocional dos alunos, mas também contribui para a construção de um ambiente escolar mais inclusivo, saudável e propício ao aprendizado. A implementação dessa iniciativa é fundamental ...</t>
   </si>
   <si>
     <t>1948</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1948/ind_179-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1948/ind_179-25.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção da Rua João Correia, com a remoção de detritos como pedras e barro acumulados ao longo do acostamento da via._x000D_
 Justifica-se, uma vez que a via em questão recebe periodicamente serviços de patrolamento. Contudo, esse serviço acaba resultando no acúmulo de materiais como pedras soltas, terra e barro nas laterais da pista. Esses detritos têm comprometido a estrutura da mureta de proteção, que vem cedendo em razão da pressão exercida por esse material. A manutenção adequada da estrutura existente é essencial para garantir a segurança dos moradores e demais usuários da via.</t>
   </si>
   <si>
     <t>1949</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1949/ind_180-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1949/ind_180-25.docx</t>
   </si>
   <si>
     <t>Sugerir a remoção de um tubo de dois metros de diâmetro, depositado no riacho localizado na Rua Rio de Janeiro, em frente ao imóvel nº 3577._x000D_
 Justifica-se, pelo fato de que o tubo em questão não apresenta utilidade no local indicado e está obstruindo o fluxo natural da água, prejudicando o curso do córrego. A remoção desse material contribuirá para a melhoria do escoamento da água e para a preservação ambiental da área.</t>
   </si>
   <si>
     <t>1950</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1950/ind_181-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1950/ind_181-25.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção de bocas de lobo existentes na Rua Marechal Castelo Branco, uma no entroncamento com a Rua Marechal Hermes (em frente ao imóvel nº 2300, Marechal Veículos), necessitando de desobstrução e outra no trecho entre o imóvel nº 2477 (Nauber Máquinas) e esquina com a Rua 7 de Setembro, a qual está quebrada._x000D_
 Justifica-se, como uma medida de garantir o bom funcionamento do sistema de drenagem. A falta de manutenção adequada nas bocas de lobo pode ocasionar alagamentos, mau cheiro e até acidentes, especialmente em períodos de chuva intensa.</t>
   </si>
   <si>
     <t>1951</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1951/ind_182-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1951/ind_182-25.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção de duas bocas de lobo localizadas na Rua Guilherme Zerbin, esquina com a Rua Leopoldo Fiedler, as mesmas estão obstruídas._x000D_
 Justifica-se, com o objetivo de melhorar o escoamento da água pluvial, visto que a obstrução pode ocasionar alagamentos, transtornos à população e danos ao pavimento asfáltico.</t>
   </si>
   <si>
     <t>1952</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1952/ind_183-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1952/ind_183-25.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção de boca de lobo localizada na Rua Barão do Rio Branco, entre os imóveis nº 1525 e 1607, tendo em vista que a mesma se encontra obstruída._x000D_
 Justifica-se, visto que a obstrução compromete o adequado escoamento de água o que pode provocar alagamentos, proliferação de insetos e riscos à saúde pública. Além disso, tal situação prejudica a mobilidade urbana e a segurança dos pedestres e motoristas que transitam pelo local.</t>
   </si>
   <si>
     <t>1953</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1953/ind_184-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1953/ind_184-25.docx</t>
   </si>
   <si>
     <t>Sugerir ao Poder Executivo a análise de viabilidade para a criação de campanha de conscientização sobre a importância da conservação da cidade limpa, além de propor incentivos para a população colaborar no combate ao lixo urbano e na melhoria da qualidade de vida da comunidade._x000D_
 Justifica-se, visto que em diversas vias do município, a presença de lixo urbano tem se tornado um problema crescente, prejudicando tanto a estética da cidade quanto a saúde pública. A maioria das ruas está tomada por resíduos como garrafas PET, vidros, isopor de marmitas, sacolas plásticas, entre outros. Esse cenário não só gera um ambiente visualmente desagradável, mas também oferece condições para a proliferação de insetos e outros vetores de doenças, comprometendo a saúde da população. Além disso, o acúmulo de lixo nas vias e bueiros impede o fluxo adequado da água da chuva, ocasionando alagamentos, obstrução de sistemas de drenagem e o aumento de enchentes, afetando diretamente a infraestrutura urbana e...</t>
   </si>
   <si>
     <t>1954</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1954/ind_185-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1954/ind_185-25.docx</t>
   </si>
   <si>
     <t>Sugerir a limpeza de vala localizada no entroncamento das ruas Paulo Lindner e Rua Brusque._x000D_
 Justifica-se, visto que a referida vala se encontra obstruída, o que tem causado acúmulo de água e proliferação de insetos, além de representar risco à saúde pública e segurança das pessoas que transitam pelo local. A limpeza se faz necessária para garantir o escoamento adequado da água e a preservação da qualidade de vida dos moradores.</t>
   </si>
   <si>
     <t>1955</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1955/ind_186-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1955/ind_186-25.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção da Tifa Araribá, com execução de alargamento de via, especialmente em um trecho da rua próximo a Latoaria Lange (Irio Lange). _x000D_
 Justifica-se com o intuito de oferecer boas condições de trafegabilidade, facilitar aos moradores o acesso às suas residências. Será necessário provavelmente, a remoção de uma parte do barranco no local mencionado, visando a prevenção de acidentes e a melhoria da segurança viária.</t>
   </si>
   <si>
     <t>1956</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1956/ind_187-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1956/ind_187-25.docx</t>
   </si>
   <si>
     <t>Sugerir a pintura do meio-fio da Rua Ponte Pênsil, no trecho de 5 metros antes do cruzamento com a Rua Marechal Castelo Branco, para demarcação com a cor amarela, reforçando a proibição de estacionamento. Bem como, seja analisada a possibilidade em permitir o estacionamento apenas em um lado da via, preferencialmente do lado esquerdo, no sentido de entrada da via._x000D_
 Justifica-se, considerando a necessidade de melhorar a fluidez do tráfego e a segurança na via, bem como a importância de garantir a observância das normas de trânsito. Essa medida visa reforçar a proibição de estacionamento, sinalizando claramente aos motoristas a necessidade de manter a área livre para o trânsito de veículos, principalmente em pontos críticos de cruzamento, onde o estacionamento indevido pode gerar transtornos e comprometer a segurança de pedestres e motoristas. A regulamentação do estacionamento em apenas um dos lados da via também contribuirá para melhorar a mobilidade urbana e facilitar a passagem de...</t>
   </si>
   <si>
     <t>1957</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1957/ind_188-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1957/ind_188-25.docx</t>
   </si>
   <si>
     <t>Sugerir a análise de viabilidade para a implantação efetiva da Diretoria de Trânsito no Município, com a nomeação do cargo de Diretor de Trânsito, já previsto na estrutura administrativa municipal, mas até o momento não ocupado._x000D_
 Justifica-se, visto que a nomeação desse cargo é essencial para viabilizar a execução de ações estratégicas e pareceres técnicos voltados à melhoria da mobilidade urbana e à promoção da segurança viária. A atuação do Diretor de Trânsito contribuirá diretamente para o ordenamento e o bom funcionamento do sistema viário municipal, promovendo avanços contínuos na gestão do trânsito e no bem-estar da população.</t>
   </si>
   <si>
     <t>1963</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1963/ind_189-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1963/ind_189-25.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de câmeras de segurança, a colocação de placas informativas sobre a presença do monitoramento e ainda a disponibilização de mais lixeiras na praça com quadra poliesportiva Bianca Gervin Jacob, situada no loteamento Alfablu, localizada na Rua Hilda Brach Bauer, s/n.º, que está prestes a ser inaugurada._x000D_
 Justifica-se, a fim de garantir o bom uso do espaço e a segurança dos frequentadores, é fundamental que sejam instaladas câmeras de monitoramento. Além disso, a colocação de lixeiras em quantidade suficiente irá contribuir para a limpeza e conservação do local, incentivando os usuários a manterem o espaço limpo e agradável para todos. Tais medidas são simples, mas essenciais para preservar o patrimônio público, promover a segurança e incentivar o uso consciente da nova quadra pela população.</t>
   </si>
   <si>
     <t>1965</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
     <t>Sugerir a realização de manutenção do pavimento asfáltico em dois pontos da Rua Marechal Castelo Branco, sendo o primeiro nas imediações do acesso à Rua Benhamino Conzatti, especificamente no acostamento em frente ao imóvel nº 6438 (Igreja Internacional da Graça de Deus), e o segundo na ciclofaixa em frente ao imóvel nº 6507 (Obenaus Artefatos de Cimento)._x000D_
 Justifica-se, pela presença de buracos nos trechos mencionados, os quais comprometem a segurança dos usuários da via, incluindo motoristas, ciclistas e pedestres. A recuperação do pavimento nesses pontos é essencial para melhorar a mobilidade urbana e reduzir o risco de acidentes.</t>
   </si>
   <si>
     <t>1966</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1966/ind_191-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1966/ind_191-25.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção de duas bocas de lobo localizada na Rua Marechal Castelo Branco, ao lado do ponto de ônibus, nas imediações do imóvel nº 5555 (Floricultura Coruja), sendo que uma delas, necessita de elevação da grade de escoamento de água._x000D_
 Justifica-se, visto que a manutenção das bocas de lobo e a elevação da grade de escoamento de água são medidas necessárias para garantir a eficiência do sistema de drenagem da área, proporcionando ainda maior segurança às pessoas que transitam pelo local, prevenindo a ocorrência de acidentes com pedestres e ciclistas, em decorrência da acentuada depressão do bueiro, além de evitar transtornos como alagamentos.</t>
   </si>
   <si>
     <t>1967</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1967/ind_192-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1967/ind_192-25.docx</t>
   </si>
   <si>
     <t>Sugerir a implantação de um Concurso de Hortas Escolares nas unidades de ensino do Município._x000D_
 Justifica-se, pois a criação do Concurso de Hortas Escolares representa uma excelente oportunidade para promover a conscientização ambiental, estimular a alimentação saudável e engajar os alunos nas questões sociais e ecológicas. A medida contribuirá de forma significativa para a educação dos estudantes e para a construção de uma sociedade mais consciente e sustentável.</t>
   </si>
   <si>
     <t>1968</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1968/ind_193-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1968/ind_193-25.docx</t>
   </si>
   <si>
     <t>Sugerir análise de viabilidade para a reativação da antiga unidade escolar Vali Jurck Voigt, com a utilização do local para promoção de cursos de capacitação e qualificação oferecidos pelo setor público, além de programas educacionais voltados às escolas rurais, visando valorizar a história da unidade, incentivando a comunidade a zelar pelo local._x000D_
 Justifica-se, visto que a reativação deste espaço escolar será uma ação de impacto positivo na educação, na cultura e na qualidade de vida da população. Além disso, contribuirá para o desenvolvimento de programas que incentivem o estudo e o aprendizado contínuo, com o aproveitamento da infraestrutura já existente, evitando o desperdício de recursos.</t>
   </si>
   <si>
     <t>1971</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>1972</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>Sugerir a manutenção de boca de lobo na Rua Otto Volles, nas imediações do imóvel nº 80._x000D_
 Justifica-se, visto que o bueiro se encontra danificado, comprometendo o adequado escoamento de água pluvial. O reparo contribuirá para a prevenção de possíveis acidentes e para o bom funcionamento do sistema de drenagem urbana.</t>
   </si>
   <si>
     <t>1973</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1973/ind_196-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1973/ind_196-25.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção do acostamento da Rua Dom Pedro, nas imediações do imóvel nº 1530._x000D_
 Justifica-se, tendo em vista que o pavimento de concreto intertravado (paver) encontra-se solto próximo ao meio fio, oferecendo riscos à segurança das pessoas que circulam pela via. Assim, o intuito de garantir a segurança e o bem-estar da população.</t>
   </si>
   <si>
     <t>1974</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1974/ind_197-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1974/ind_197-25.docx</t>
   </si>
   <si>
     <t>Sugerir o desassoreamento da galeria e a limpeza da vala localizada na Estrada Bracinho, nas imediações do imóvel nº 10136, entre o terreno do Sr. Ingo Doge e da Sra. Evelina Doge._x000D_
 A galeria existente no local encontra-se assoreada, e a vala que desemboca no rio está tomada por entulhos e vegetação, comprometendo o fluxo normal da água, necessitando de limpeza em toda a sua extensão. A situação pode provocar alagamentos e danos às propriedades próximas, principalmente em períodos de chuvas intensas.</t>
   </si>
   <si>
     <t>1975</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1975/ind_198-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1975/ind_198-25.docx</t>
   </si>
   <si>
     <t>Sugerir análise de viabilidade para implantação de aulas de Língua Brasileira de Sinais (Libras) como disciplina curricular para todas as turmas da rede municipal de ensino, não se restringindo apenas às salas onde haja alunos comunicantes em Libras._x000D_
 Justifica-se, visto que a inclusão de Libras como disciplina obrigatória contribui não apenas para o aprendizado da língua por alunos surdos, mas também amplia o acesso e a integração social, permitindo que toda a comunidade escolar desenvolva competências comunicativas com pessoas surdas, promovendo maior empatia, respeito à diversidade e inclusão social. Vale ressaltar que Libras é reconhecida como meio legal de comunicação e expressão pela Lei nº 10.436/2002, e que sua difusão desde os primeiros anos escolares é uma importante ferramenta para a quebra de barreiras na comunicação e para o fortalecimento de uma sociedade mais acessível. A medida visa ainda preparar os alunos para uma convivência cidadã mais inclusiva, possibilitando...</t>
   </si>
   <si>
     <t>1976</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1976/ind_199-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1976/ind_199-25.docx</t>
   </si>
   <si>
     <t>Sugerir a análise de viabilidade para disponibilizar à comunidade local o campo de grama situado na área da antiga Unidade Escolar Vali Jurck Voigt, com o objetivo de fomentar a prática de atividades esportivas e de lazer no espaço._x000D_
 Justifica-se pela necessidade de dar uma destinação útil a esse espaço público, promovendo o esporte, o convívio social e o bem-estar da população local. A utilização regular da área pela comunidade também tende a contribuir para sua conservação, inibindo o abandono e atos de vandalismo. A iniciativa poderá ser estruturada com base em horários definidos, regras de uso e eventuais parcerias, assegurando a organização e a manutenção adequada do local.</t>
   </si>
   <si>
     <t>1985</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1985/ind_200-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1985/ind_200-25.docx</t>
   </si>
   <si>
     <t>Sugerir a atualização dos dados do sistema de geoprocessamento utilizado pelo Município, com especial atenção à localização dos endereços nos bairros Rancho Bom, Duas Mamas e Itoupava-Açú. Reforça-se também a necessidade de avaliar a viabilidade de integrar esse sistema com ferramentas de visualização e navegação online, como o Google Maps, a fim de garantir a atualização contínua e precisa dessas informações. Além disso, é fundamental que seja analisada a possibilidade de oficializar bairros, a nomeação das ruas e numeração dos imóveis das localidades já mencionadas._x000D_
 Justifica-se, devido às dificuldades enfrentadas por sistemas de navegação, como o Google Maps, na sinalização correta de endereços em algumas áreas, especialmente nos bairros mencionados. Essa imprecisão tem gerado transtornos tanto nas entregas de correspondências quanto nas compras online, impactando a eficiência do serviço prestado à população. A atualização e integração dos dados contribuirão significativamente...</t>
   </si>
   <si>
     <t>1986</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1986/ind_201-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1986/ind_201-25.docx</t>
   </si>
   <si>
     <t>Sugerir análise de viabilidade para a instalação de um parque infantil no imóvel anteriormente utilizado pela Associação NAMIRD, localizado no bairro Duas Mamas. Além disso, seja verificada a possibilidade de reativação da referida associação, em diálogo com a comunidade local, entidades e poderes executivo e legislativo, visando o aproveitamento do espaço para atividades comunitárias._x000D_
 Justifica-se, visto que o imóvel em questão, anteriormente utilizado pela Associação NAMIRD, não está sendo utilizado atualmente, representando uma oportunidade para revitalização e aproveitamento comunitário. A instalação de um parque infantil contribuirá para o bem-estar das crianças, ao passo que a reativação da associação poderá fortalecer os vínculos sociais e promover ações colaborativas entre moradores e entidades.</t>
   </si>
   <si>
     <t>1987</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1987/ind_202-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1987/ind_202-25.docx</t>
   </si>
   <si>
     <t>Sugerir a implantação de uma área de lazer no Bairro Centro Leste, com infraestrutura adequada e parque infantil._x000D_
 Justifica-se, pois a criação de um espaço de lazer com um parque é de grande importância para a comunidade, beneficiando não apenas as crianças, mas também as famílias, que terão acesso a um ambiente seguro, acessível e propício para momentos de lazer e convivência. Além disso, a implementação de um parque infantil é fundamental para a segurança das crianças, ao oferecer uma área adequada para a brincadeira e evitar que elas se aventurem em locais perigosos, como ruas movimentadas. Esse tipo de infraestrutura é essencial para promover o bem-estar coletivo e fortalecer a interação social na localidade.</t>
   </si>
   <si>
     <t>1988</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
     <t>Sugerir análise de viabilidade para oferta de atividades esportivas nas escolas municipais durante os períodos não letivos._x000D_
 Justifica-se, com o objetivo de disponibilizar a quadra de esportes das escolas, para uso dos alunos durante o período de férias escolares, promovendo a prática de atividades que favoreçam a saúde, o bem-estar, a integração social e a valorização do esporte. O intuito é elaborar um cronograma que contemple todos os bairros, de forma inclusiva e organizada. Além disso, pode ser considerada a participação dos bolsistas universitários beneficiados com auxílio financeiro da prefeitura, os quais poderiam colaborar com a organização dos horários e das atividades no local. Alternativamente, o espaço também poderia ser disponibilizado para entidades interessadas em desenvolver ações esportivas ou recreativas, neste caso, ficando a cargo destas a estruturação e coordenação das atividades.</t>
   </si>
   <si>
     <t>1989</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1989/ind_204-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1989/ind_204-25.docx</t>
   </si>
   <si>
     <t>Sugerir a implementação de medidas cabíveis para a pavimentação do trecho final da Rua Duque de Caxias, após o entroncamento com a Rua Santa Catarina, em um trecho de aproximadamente 123 metros._x000D_
 Justifica-se, com o objetivo de atender a uma demanda dos moradores e usuários da via, considerando que o referido trecho possui grande movimento, com tráfego constante de caminhões, especialmente veículos que transportam banana. O fluxo intenso de veículos pesados tem contribuído para o desgaste da via, gerando poeira, buracos e desconforto aos moradores. Importante destacar que as ruas laterais, 21 de Abril e 17 de Fevereiro, já contam com previsão de pavimentação. Diante disso, este trecho final da Rua Duque de Caxias permaneceria como um ponto isolado sem pavimento. A pavimentação sugerida proporcionará mais segurança, conforto e qualidade de vida aos moradores e pessoas que utilizam a via.</t>
   </si>
   <si>
     <t>1999</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1999/ind_205-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1999/ind_205-25.docx</t>
   </si>
   <si>
     <t>Sugerir a disponibilização de uma banca avaliadora, para os próximos editais de processo seletivo para o cargo de professor intérprete de libras, com objetivo de analisar a proficiência dos profissionais que serão contratados, para que possuam a fluência mínima necessária para o exercício da função._x000D_
 Justifica-se, com o objetivo de garantir que os profissionais contratados tenham o domínio mínimo exigido para realizar uma interpretação precisa e eficaz, promovendo uma educação inclusiva e de qualidade para os alunos surdos, além de assegurar que os intérpretes estejam preparados para atender às necessidades comunicativas dos estudantes, sem comprometer a compreensão e o processo de aprendizagem, visto que o intérprete de Libras é um profissional essencial no apoio a alunos surdos, atuando como professor bilíngue nas séries iniciais e na educação infantil. Ele é responsável por ensinar Libras, mediar, traduzir e interpretar entre a Língua Brasileira de Sinais e a língua portuguesa...</t>
   </si>
   <si>
     <t>2001</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2001/ind_206-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2001/ind_206-25.docx</t>
   </si>
   <si>
     <t>Sugerir a execução de reparos ou remoção dos tubos danificados, localizados ao lado da Praça com a Quadra Poliesportiva Bianca Gervin Jacob, situada no Loteamento Alfablu, na Rua Hilda Brach Bauer._x000D_
 Justifica-se, uma vez que os tubos quebrados estão expostos, representando uma ameaça à segurança dos usuários. Há risco de acidentes, como quedas e ferimentos, especialmente considerando a proximidade com a quadra poliesportiva e o uso frequente do local pela população, em especial por crianças. Diante disso, é fundamental a adoção de medidas para eliminar ou reduzir esses riscos. Caso os tubos não tenham mais utilidade ou não possam ser reparados de forma segura, recomenda-se sua remoção.</t>
   </si>
   <si>
     <t>2002</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2002/ind_207-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2002/ind_207-25.docx</t>
   </si>
   <si>
     <t>Sugerir a realização de serviços de reparo e conservação do asfalto da Rua Marechal Castelo Branco, em frente ao imóvel nº 8382 (Escola Municipal Frida Hein Krause)._x000D_
 Justifica-se, pois o pavimento apresentas diversos buracos, prejudicando tanto o trânsito de veículos quanto a segurança dos pedestres, em especial dos alunos que frequentam a instituição de ensino.  O estado atual da via representa risco significativo de acidentes, principalmente em horários de fluxo intenso de crianças e adolescentes que se deslocam para a escola.</t>
   </si>
   <si>
     <t>2003</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2003/ind_208-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2003/ind_208-25.docx</t>
   </si>
   <si>
     <t>Sugerir a realização de reparos no fosso de escoamento de esgoto localizado no Loteamento Verde Vale, o qual devido aos danos ocasionados por um trator do setor de agricultura, encontra-se inoperante há vários meses._x000D_
 Justifica-se, pois a ausência do conserto tem causado riscos à saúde pública, considerando o grande acúmulo de água estagnada, que pode resultar na proliferação de insetos transmissores de doenças. Além de prejudicar o bom funcionamento do sistema de esgoto do local.</t>
   </si>
   <si>
     <t>2004</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2004/ind_209-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2004/ind_209-25.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de uma placa de sinalização na bifurcação da Estrada Rancho Bom, com as seguintes orientações e referências: sentido a direita indicar “Estrada Rancho Bom” e a esquerda “Estrada Rancho Bom (em direção à Figueira Centenária)”._x000D_
 Justifica-se, com o objetivo de facilitar a identificação do local, especialmente para os motoristas e visitantes, para que não tenham dificuldades em reconhecer a direção correta. Ajudará na entrega de correspondências, visto que muitas entregas são prejudicadas pela falta de sinalização apropriada. E ainda, aumentará a segurança viária, minimizando as chances de enganos e evitando possíveis acidentes devido à falta de clareza na sinalização.</t>
   </si>
   <si>
     <t>2005</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2005/ind_210-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2005/ind_210-25.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de tubulação em uma vala, localizada ao lado da Rua Jerônimo Tomaselli._x000D_
 Justifica-se, com o objetivo de atender à necessidade de melhoria da infraestrutura urbana no referido local. A vala existente representa risco aos moradores de residências próximas, especialmente ao imóvel de nº 995. Além do perigo de acidentes, a exposição constante à água parada pode gerar problemas sanitários e ambientais, agravando a qualidade de vida dos moradores.</t>
   </si>
   <si>
     <t>2006</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2006/ind_211-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2006/ind_211-25.docx</t>
   </si>
   <si>
     <t>Sugerir análise de viabilidade para execução de projeto para pavimentação da Estrada Rio Hern (área rural)._x000D_
 Justifica-se, pois a ausência de pavimentação tem causado transtornos à população, como poeira excessiva em períodos de seca e dificuldade de tráfego em dias chuvosos. A pavimentação trará mais conforto, segurança e qualidade de vida, além de contribuir com a saúde pública, ao reduzir problemas respiratórios causados pela poeira. Também beneficiará a logística da produção agrícola da localidade.</t>
   </si>
   <si>
     <t>2007</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2007/ind_212-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2007/ind_212-25.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de bicicletário na praça com quadra poliesportiva Bianca Gervin Jacob, situada no loteamento Alfablu, localizada na Rua Hilda Brach Bauer, s/n.º._x000D_
 Justifica-se, com o objetivo de disponibilizar um local adequado, seguro e acessível para deixar as bicicletas, permitindo que o gramado e os outros espaços da praça sejam aproveitados de maneira plena por todos os usuários, visto que atualmente frequentadores estão deixando as bicicletas no gramado, obstruindo o espaço que poderia ser melhor aproveitado pelas pessoas que desejam descansar, socializar ou praticar atividades ao ar livre.</t>
   </si>
   <si>
     <t>2015</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2015/ind_213-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2015/ind_213-25.docx</t>
   </si>
   <si>
     <t>Sugerir a tomada de providências necessárias para a renovação da pintura da sinalização horizontal de trânsito de todas as ruas do Município, incluindo as faixas de pedestres, a fim de garantir a segurança e a acessibilidade de todos. _x000D_
 Justifica-se, pois a referida sinalização desempenha um papel essencial na organização do tráfego e na segurança de pedestres, motoristas e ciclistas. No entanto, a pintura dessas sinalizações sofre desgaste natural devido ao tráfego constante de veículos, condições climáticas e ao tempo de uso. Quando a sinalização perde sua visibilidade, os riscos de acidentes aumentam significativamente, comprometendo a segurança de todos que utilizam as vias públicas.</t>
   </si>
   <si>
     <t>2016</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2016/ind_214-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2016/ind_214-25.docx</t>
   </si>
   <si>
     <t>Sugerir análise de viabilidade para inclusão da Estrada Rio Hern no Programa Estrada Boa Rural._x000D_
 Justifica-se, devido a importância de garantir a melhoria da infraestrutura viária, promovendo o acesso mais seguro e eficiente a serviços essenciais, como saúde, educação e comércio, além de facilitar o transporte de produtos agrícolas e industriais, bem como de melhorar a infraestrutura para o desenvolvimento do turismo na área. Com a inserção da via no programa, é possível avaliar aspectos técnicos e econômicos que podem resultar na implementação de obras de pavimentação, sinalização e manutenção periódica, o que, por sua vez, contribuiria diretamente para o aumento da qualidade de vida da população.</t>
   </si>
   <si>
     <t>2017</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2017/ind_215-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2017/ind_215-25.docx</t>
   </si>
   <si>
     <t>Sugerir a implantação de bicicletário nas dependências do Ginásio de Esporte Alfredo Pasold._x000D_
 Justifica-se, pois muitas crianças e jovens utilizam o local para a prática de atividades esportivas e recreativas. Muitos desses frequentadores optam pela bicicleta como meio de locomoção, seja por conveniência, questões econômicas ou por serem usuários habituais. No entanto, a falta de um bicicletário adequado representa uma limitação, pois ficam sem um local seguro e adequado para deixarem suas bicicletas durante o tempo em que permanecem no ginásio.</t>
   </si>
   <si>
     <t>2018</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2018/ind_216-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2018/ind_216-25.docx</t>
   </si>
   <si>
     <t>Sugerir a análise de viabilidade para implantação de passarela para pedestres e ciclistas na ponte localizada na Rua Gustavo Streit, Bairro Rancho Bom, ao lado da rua lateral Germano Jahn. A adição de mais galerias funcionaria também como uma passarela, contribuindo para organizar melhor a travessia no local._x000D_
 Justifica-se, pois a referida ponte, não dispõe de estrutura adequada para o tráfego seguro de pedestres e ciclistas, que são obrigados a circular sobre a via de rolamento junto aos veículos. Tal situação causa risco à segurança e compromete diretamente a mobilidade urbana, principalmente para pessoas com mobilidade reduzida, idosos, crianças e trabalhadores que utilizam essa via diariamente. Além disso, é rota integrante do trajeto de cicloturismo, o que reforça ainda mais a necessidade de uma infraestrutura adequada para promover o uso seguro e sustentável da bicicleta na cidade.</t>
   </si>
   <si>
     <t>2019</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2019/ind_217-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2019/ind_217-25.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção da calçada localizada na Rua 15 de Novembro, em dois pontos: um em frente ao imóvel nº 248 e outro em frente ao imóvel nº 296._x000D_
 Justifica-se a solicitação pelo fato de que o piso de concreto intertravado (paver) apresenta afundamento, situação que pode representar risco de acidentes para pedestres e ciclistas, comprometendo a segurança e a acessibilidade no local.</t>
   </si>
   <si>
     <t>2020</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2020/ind_218-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2020/ind_218-25.docx</t>
   </si>
   <si>
     <t>Sugerir análise de viabilidade para o fechamento das laterais dos espaços utilizados pelos pacientes enquanto aguardam a abertura das unidades de saúde._x000D_
 Justifica-se, com o objetivo de proteger os usuários da exposição prolongada ao frio, especialmente durante os meses de temperaturas mais baixas. Muitos munícipes precisam se deslocar ainda na madrugada para garantir atendimento, permanecendo por longos períodos em ambientes abertos e sujeitos às intempéries. A adoção dessa iniciativa contribuiria significativamente para oferecer mais conforto, segurança aos cidadãos que utilizam os serviços públicos de saúde.</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2021/ind_219-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2021/ind_219-25.docx</t>
   </si>
   <si>
     <t>Sugerir a execução de limpeza e desassoreamento da vala que atravessa a Rua Leopoldo Prust e desemboca na Rua 3 de Outubro._x000D_
 Justifica-se, pois o assoreamento dificulta o escoamento da água pluvial, o que pode provocar alagamentos, principalmente em dias de chuva intensa. A situação causa transtornos aos moradores, representando riscos à saúde, devido à água parada e acúmulo de detritos.</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2022/ind_220-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2022/ind_220-25.docx</t>
   </si>
   <si>
     <t>Sugerir a implantação de ciclofaixa na Rua Dom Pedro. _x000D_
 Justifica-se, considerando a necessidade de promover maior segurança e acessibilidade para os ciclistas que utilizam essa via diariamente. Atualmente, ambos os lados da Rua Dom Pedro permanecem ocupados por veículos estacionados, o que impossibilita o trânsito seguro de bicicletas e coloca em risco a integridade física dos ciclistas, especialmente crianças que se deslocam de bicicleta para as escolas da região. A medida garantirá melhor mobilidade urbana, segurança no trânsito e a promoção de hábitos saudáveis de locomoção.</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>Sugerir análise de viabilidade para revitalizar a sinalização das ciclofaixas existentes no município, com a pintura total da área da ciclofaixa em vermelho e a linha delimitadora em branco. _x000D_
 Justifica-se, com o objetivo proporcionar mais segurança e visibilidade para os usuários das ciclofaixas, garantindo melhor sinalização horizontal e a delimitação dos espaços destinados ao tráfego de bicicletas. A pintura total da área da ciclofaixa, juntamente com a demarcação em branco, contribui para a organização do trânsito, a redução de acidentes e o incentivo ao uso de meios de transporte sustentáveis.</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2024/ind_222-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2024/ind_222-25.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção de boca de lobo localizada na Estrada Duas Mamas, nas imediações do imóvel nº 4200, com realização de reforço do asfalto ao redor de uma grade de proteção e limpeza._x000D_
 Justifica-se, pois a referida boca de lobo apresenta risco à segurança dos pedestres e veículos, pois a grade está solta e inclina quando alguém passa sobre ela, podendo causar acidentes. Além disso, a situação pode agravar-se com o tempo devido à erosão do asfalto e obstrução do bueiro, principalmente em períodos chuvosos. A intervenção se faz necessária para prevenir danos maiores e garantir a segurança da população local.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2025/ind_223-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2025/ind_223-25.docx</t>
   </si>
   <si>
     <t>Sugerir a recolocação da grade da boca de lobo e a manutenção do pavimento asfáltico do acostamento da Estrada Duas Mamas, nas proximidades do imóvel nº 4200, próximo à Igreja Divino Espírito Santo._x000D_
 Justifica-se, visto que a manutenção do acostamento e a recolocação da grade da boca de lobo são necessárias para garantir a segurança de pedestres e motoristas que trafegam pela via. O pavimento danificado pode causar acidentes, especialmente em dias de chuva, enquanto a má fixação da grade da boca de lobo representa risco de queda e obstrução da drenagem. A realização dos reparos contribuirá para a preservação da via, a fluidez do tráfego e à integridade física dos usuários da estrada.</t>
   </si>
   <si>
     <t>2026</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2026/ind_224-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2026/ind_224-25.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de sinalização de trânsito na Estrada Duas Mamas, no trajeto da Escola Municipal Castro Alves, com placas sinalizando área escolar, bem como o limite de velocidade máxima permitida de 40km._x000D_
 Justifica-se, em razão da intensa circulação de alunos, pais e funcionários nas imediações da unidade escolar, o que demanda atenção especial quanto à segurança no trânsito. No entanto, tem sido recorrente o registro de excesso de velocidade por parte de diversos condutores que trafegam pela via, colocando em risco a integridade física dos pedestres, especialmente das crianças. A iniciativa visa prevenir acidentes e promover um ambiente mais seguro para todos os usuários da via.</t>
   </si>
   <si>
     <t>2027</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2027/ind_225-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2027/ind_225-25.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção da calçada na Rua Walter Ginow e da boca de lobo, localizados nas imediações do imóvel nº 35._x000D_
 Justifica-se, pois a calçada mencionada apresenta desnível considerável, o que compromete a mobilidade dos pedestres e aumenta o risco de acidentes, especialmente para pessoas idosas ou com mobilidade reduzida. Além disso, a boca de lobo encontra-se com a tampa elevada no lado da calçada, criando um ponto perigoso para tropeços e quedas. Tais condições representam risco iminente à segurança dos munícipes e demandam intervenção urgente para nivelamento da calçada e reparo adequado da tampa do bueiro.</t>
   </si>
   <si>
     <t>2037</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2037/ind_226-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2037/ind_226-25.docx</t>
   </si>
   <si>
     <t>Sugerir a análise de viabilidade para a instalação de câmeras de vigilância na rotatória situada na confluência das ruas Barão do Rio Branco, Joinville e Cândido Tomaselli._x000D_
 Justifica-se, pois a presença de câmeras de vigilância ajudaria no monitoramento constante da área, podendo inibir ações criminosas, como furto, roubo e vandalismo. Além disso, a visibilidade proporcionada pelas câmeras desestimula potenciais infratores, reforçando a sensação de segurança para motoristas, pedestres e moradores da região, especialmente para mulheres que transitam diariamente em direção a uma empresa próxima, seu local de trabalho.</t>
   </si>
   <si>
     <t>2039</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>2040</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2040/ind_228-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2040/ind_228-25.docx</t>
   </si>
   <si>
     <t>Sugerir a análise de viabilidade para a adoção de medidas necessárias visando a regularização do trecho da Rua Dom Pedro, que vem sendo utilizado como via pública, embora seja propriedade particular._x000D_
 Justifica-se, pois a regularização deste trecho da Rua Dom Pedro é fundamental para assegurar a segurança dos usuários, o bom fluxo do tráfego e o atendimento às necessidades de infraestrutura do município. Trata-se de uma área que, embora já seja utilizada como via pública, ainda está sob a propriedade privada, o que impede ações de melhoria e manutenção de maneira eficaz e contínua. Assim, que seja iniciada tratativas com o proprietário da área para discutir possíveis soluções, como a permuta de imóvel ou negociação de compra e venda, visando atender ao interesse público.</t>
   </si>
   <si>
     <t>2041</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2041/ind_229-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2041/ind_229-25.docx</t>
   </si>
   <si>
     <t>Sugerir a adoção de medidas voltadas à redução da velocidade dos veículos que trafegam pela Avenida dos Imigrantes, em frente ao imóvel nº 2440, Escola Municipal Professor Emílio da Silva, com a instalação de placas de sinalização com limite de velocidade compatível com a área escolar e, se possível, a implantação de redutor de velocidade._x000D_
 Justifica-se, pela recorrente circulação de veículos em alta velocidade no local, especialmente nos horários de entrada e saída dos alunos, o que representa um risco iminente à segurança de estudantes, pais, funcionários e demais pedestres que transitam na região. A falta de sinalização adequada e de mecanismos de controle de velocidade agrava a situação, aumentando a probabilidade de acidentes.</t>
   </si>
   <si>
     <t>2042</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2042/ind_230-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2042/ind_230-25.docx</t>
   </si>
   <si>
     <t>Sugerir a troca da tampa da boca de lobo localizada na Rua Paraná, em frente ao imóvel nº 95._x000D_
 Justifica-se, uma vez que a tampa do referido bueiro está danificada, representando risco de acidentes para as pessoas que transitam pelo local.</t>
   </si>
   <si>
     <t>2043</t>
   </si>
   <si>
     <t>231</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2043/ind_231-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2043/ind_231-25.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção do telhado do ponto de ônibus localizado na Estrada Bracinho, nas imediações do imóvel nº 9960 e acesso à Tifa Gneipel._x000D_
 Justifica-se, visto que o referido ponto de ônibus se encontra com o telhado danificado, comprometendo a proteção dos usuários contra as intempéries, especialmente em dias de chuva. A manutenção é necessária para garantir segurança, conforto e acessibilidade à população que utiliza o transporte público na região.</t>
   </si>
   <si>
     <t>2044</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2044/ind_232-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2044/ind_232-25.docx</t>
   </si>
   <si>
     <t>Sugerir a implantação de quadra esportiva de areia, para a prática de futebol e voleibol, em imóvel pertencente ao Município, localizado na Rua Gustavo Streit, junto ao parque infantil e academia ao ar livre, anexos à unidade de saúde do Bairro Tomaselli._x000D_
 Justifica-se, com o objetivo de incentivar a prática de atividades físicas e esportivas, promovendo a saúde, o bem-estar e a integração comunitária. Além disso, ao estar situada próxima ao parque infantil, à academia ao ar livre e à unidade de saúde, a quadra contribuirá para a criação de um espaço público multifuncional, seguro e acessível para pessoas de todas as idades.</t>
   </si>
   <si>
     <t>2047</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
-    <t>Ana Claudia Locilha de Oliveira, Adilson Kluck, Adriano Dias Furtado, Guerino Ferreira, Kauana Peschke Lange, Marcos Zils, Ronan Paulo Minatti, Rosamira Karsten, Scheila Emilene Engelmann Ewald</t>
+    <t>Ana Leon, Adilson Kluck - Licenciado, Adriano Furtado, Kauana Peschke Lange, Marcos Zils, Minatti, Muka, Nene, Scheila da Farmácia</t>
   </si>
   <si>
     <t>Sugerir a criação de uma comissão para análise e revisão do Plano Diretor Municipal, considerando as atuais e recorrentes demandas da população._x000D_
 Justifica-se, visto que o Plano Diretor é o principal instrumento da política de desenvolvimento urbano do município. A revisão periódica é essencial para garantir que as diretrizes urbanísticas estejam alinhadas com o crescimento, as necessidades e os anseios atuais da população. Nos últimos anos, têm sido recorrentes as manifestações da população relacionadas à infraestrutura urbana, mobilidade, uso e ocupação do solo, meio ambiente, habitação, desenvolvimento econômico e demais aspectos que impactam diretamente a qualidade de vida no município, assim, torna-se evidente a necessidade de reavaliar o atual Plano Diretor Municipal.</t>
   </si>
   <si>
     <t>2048</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2048/ind_234-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2048/ind_234-25.docx</t>
   </si>
   <si>
     <t>Sugerir a realização de estudo técnico e posterior implantação de medidas visando a redução da velocidade dos veículos que trafegam pela Rua 23 de Março, especialmente no ponto de saída da Rua Antônio Marcos Cisério._x000D_
 Justifica-se, pois os motoristas que utilizam a Rua Antônio Marcos Cisério encontram dificuldade para ingressar na Rua 23 de Março, devido à baixa visibilidade no local do cruzamento. Mesmo com a instalação de espelho convexo, a situação não foi solucionada, pois os veículos que passam pela Rua 23 de Março frequentemente circulam em alta velocidade, aumentando o risco de acidentes. A análise técnica e a adoção de medidas adequadas, como redutores de velocidade, reforço de sinalização ou outra solução eficaz, são fundamentais para garantir segurança aos motoristas e pedestres que utilizam o local.</t>
   </si>
   <si>
     <t>2049</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2049/ind_235-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2049/ind_235-25.docx</t>
   </si>
   <si>
     <t>Sugerir análise de viabilidade para inclusão de caixa d’água ou interligação ao sistema existente no projeto de ampliação do Centro de Educação Infantil Primeiro Passos._x000D_
 Justifica-se, pois atualmente, os banheiros da sala dos professores estão ligados diretamente à rede de abastecimento de água, sem qualquer tipo de reservatório. Essa condição tem causado transtornos, especialmente em períodos de interrupção no fornecimento de água, dificultando a utilização adequada dos sanitários por parte dos profissionais da educação.</t>
   </si>
   <si>
     <t>2050</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2050/ind_236-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2050/ind_236-25.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção da Rua 25 de Julho, com execução de alargamento, ensaibramento e instalação de tubulação para escoamento de água pluvial, nas imediações do imóvel nº 1155 (residência de Arlindo e família Dreiguer)._x000D_
 Justifica-se, visando atender a uma demanda da comunidade local, considerando que o caminhão de coleta de lixo enfrenta dificuldades para realizar manobrar para dar a volta com o veículo no trecho citado. Atualmente, os coletores precisam solicitar ao proprietário da residência que abra o portão para que o caminhão consiga manobrar adequadamente, o que evidencia a necessidade de alargamento e infraestrutura adequada da via. A instalação de tubulação para drenagem também é fundamental para garantir a durabilidade do serviço de ensaibramento e evitar alagamentos ou acúmulo de água que podem prejudicar o tráfego no local.</t>
   </si>
   <si>
     <t>2060</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2060/ind_237-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2060/ind_237-25.docx</t>
   </si>
   <si>
     <t>Sugerir avaliação e análise de viabilidade para a implantação de sinalização de trânsito que proíba o estacionamento de veículos no lado esquerdo da Rua Nelci Engelmann, no trecho inicial da via, próximo à curva acentuada._x000D_
 Justifica-se, considerando que no trecho mencionado, os veículos em circulação são obrigados a desviar dos automóveis estacionados, invadindo a faixa contrária. Essa manobra torna-se ainda mais perigosa devido à existência de uma curva no local, que compromete a visibilidade e aumenta significativamente o risco de acidentes. O estacionamento de veículos nesse ponto dificulta a realização de manobras seguras, além de diminuir a largura útil da via, o que prejudica a fluidez do tráfego e pode gerar situações de conflito.</t>
   </si>
   <si>
     <t>2061</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2061/ind_238-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2061/ind_238-25.docx</t>
   </si>
   <si>
     <t>Sugerir construção de uma quadra de futebol de areia no Loteamento Volles, localizado no Bairro Rio Hern, aproveitando o terreno onde já está instalado o parque infantil._x000D_
 Justifica-se, visto que o local é adequado para abrigar um conjunto de infraestrutura de lazer e recreação. A presença do parque infantil já atrai famílias e crianças ao espaço, e a instalação da quadra de areia irá complementar e ampliar as possibilidades de uso pela comunidade, promovendo maior integração entre faixas etárias e incentivando a prática esportiva. Além disso, a criação de novos espaços de lazer e esporte em bairros como o Rio Hern atende diretamente às necessidades da população local, fomentando a convivência comunitária, a qualidade de vida e a valorização do espaço público.</t>
   </si>
   <si>
     <t>2062</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2062/ind_239-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2062/ind_239-25.docx</t>
   </si>
   <si>
     <t>Sugerir a implantação de faixa de pedestres na Rua Marechal Castelo Branco, nas imediações do imóvel nº 4670 (Cofiso Auto Center)._x000D_
 Justifica-se a execução da pintura da faixa de pedestres, tendo em vista a necessidade de melhorar a segurança da travessia naquele trecho. O local apresenta intensa movimentação de veículos e pedestres, principalmente devido à presença de estabelecimentos comerciais nas imediações. Muitos pedestres atravessam a via diariamente sem o suporte de sinalização horizontal adequada, o que aumenta o risco de acidentes e compromete a fluidez do tráfego.</t>
   </si>
   <si>
     <t>2068</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2068/ind_240-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2068/ind_240-25.docx</t>
   </si>
   <si>
     <t>Sugerir a substituição da grade de proteção da boca de lobo localizada na Rua Cândido Tomaselli, nas proximidades do imóvel nº 759._x000D_
 Justifica-se, com o objetivo de garantir a segurança de ciclistas que trafegam pela referida via, uma vez que a grade atualmente instalada apresenta risco de acidentes. O modelo em questão possui o alinhamento das hastes metálicas em linha única, com espaçamento de aproximadamente 5 centímetros, o que possibilita o encaixe do pneu da bicicleta na abertura, resultando em quedas e possíveis lesões aos usuários. O adequado seria um modelo com a grade cruzada ou menor espaçamento, impedindo esse tipo de ocorrência.</t>
   </si>
   <si>
     <t>2069</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2069/ind_241-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2069/ind_241-25.docx</t>
   </si>
   <si>
     <t>Sugerir a realização de limpeza e desassoreamento do rio localizado no final da Rua Barão do Rio Branco e início da Rua Cândido Tomaselli, sob a Ponte Aventura Tomaselli. Justifica-se, pelo fato de que a área de saída do fluxo de água sob a ponte encontra-se obstruída por grande acúmulo de areia e sedimentos, o que compromete o escoamento adequado da água e aumenta o risco de alagamentos e danos à via pública. Considerando que o período de chuvas intensas de verão se aproxima, é necessário a realização dessa manutenção preventiva, a fim de evitar transtornos à população, prejuízos materiais e impactos ambientais.</t>
   </si>
   <si>
     <t>2070</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2070/ind_242-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2070/ind_242-25.docx</t>
   </si>
   <si>
     <t>Sugerir a análise da necessidade e possível remoção dos postes de madeira existentes no parque infantil localizado na Rua Ricardo Gorl, considerando sua atual utilidade. Também que seja verificada a viabilidade para a instalação de iluminação pública nesse local, além da execução de serviços de limpeza e jardinagem. Igualmente, que esses mesmos serviços, sejam estendidos ao parque infantil situado na Rua Emílio Reck._x000D_
 Justifica-se, com o objetivo de ofertar maior segurança, oferecendo um ambiente agradável, limpo e bem cuidado, o que contribui para o bem-estar dos frequentadores. A implementação dessas ações busca não apenas melhorar a infraestrutura e a segurança dos parques infantis, mas também proporcionar um ambiente mais acolhedor e agradável para a população.</t>
   </si>
   <si>
     <t>2074</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2074/ind_243-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2074/ind_243-25.docx</t>
   </si>
   <si>
     <t>Sugerir a adoção de medidas eficazes para solucionar a infestação de mosquitos no Bairro Centro Norte, em especial nas ruas Cristina Bauer, Eugênio Albrecht e Palmiro Gneipel, áreas que têm registrado um grande aumento na proliferação de mosquitos._x000D_
 Justifica-se, pois, nos últimos meses, os moradores da região têm enfrentado uma infestação crescente de mosquitos, gerando desconforto e insegurança para as famílias. O aumento significativo dos focos pode representar sérios riscos à saúde pública, especialmente se os insetos forem vetores de doenças. Diante disso, torna-se necessária uma intervenção urgente para controle e prevenção.</t>
   </si>
   <si>
     <t>2078</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2078/ind_244-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2078/ind_244-25.docx</t>
   </si>
   <si>
     <t>Sugerir a pavimentação da Rua Jacó Alvise, localizada no Bairro Tomaselli._x000D_
 Justifica-se, uma vez que os moradores almejam essa melhoria, que contribuirá para melhor trafegabilidade e segurança, além de contribuir para melhor qualidade de vida, pois os moradores não precisarão mais enfrentar o excesso de poeira, lama e buracos, e demais problemas provenientes de rua sem pavimentação.</t>
   </si>
   <si>
     <t>2079</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2079/ind_245-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2079/ind_245-25.docx</t>
   </si>
   <si>
     <t>Sugerir a execução de limpeza em um terreno localizado na Rua Alberto Zanella, nas proximidades do imóvel nº 1407, o qual está sendo utilizado para descarte de resíduos e entulhos. Bem como, sejam estudadas e implementadas medidas para coibir o descarte irregular de lixo no local, como a instalação de câmeras de monitoramento e instalação de placas de advertência._x000D_
 Justifica-se, uma vez que o descarte irregular de resíduos no local vem causando transtornos à vizinhança, além de representar riscos à saúde pública e ao meio ambiente. O acúmulo de materiais favorece a proliferação de vetores de doenças, como insetos e roedores, comprometendo diretamente a qualidade de vida da população. Diante disso, recomenda-se a limpeza e adoção de medidas eficazes para coibir essa prática indevida no local mencionado.</t>
   </si>
   <si>
     <t>2080</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2080/ind_246-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2080/ind_246-25.docx</t>
   </si>
   <si>
     <t>Sugerir a pavimentação da Rua Guaíba, no bairro Rio Hern._x000D_
 Justifica-se, pois trará benefícios significativos para a mobilidade urbana. A pavimentação da via contribuirá para trafegabilidade mais segura e eficiente, além de proporcionar melhor qualidade de vida à população local, que deixará de enfrentar os transtornos causados pelo excesso de poeira, lama, buracos e outros problemas comuns em ruas sem pavimentação.</t>
   </si>
   <si>
     <t>2081</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2081/ind_247-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2081/ind_247-25.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de câmeras de segurança no Parque Infantil Municipal "Ayrton Senna", localizado na Rua Paulo Jahn._x000D_
 Justifica-se, pela necessidade de aumentar a segurança e a proteção dos frequentadores, especialmente considerando a atual instalação das “Casinhas do Artesanato” no local. O monitoramento por câmeras contribui para a prevenção de atos de vandalismo, uso inadequado do espaço público e possíveis situações de risco, promovendo um ambiente mais seguro e acolhedor para a comunidade.</t>
   </si>
   <si>
     <t>2082</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2082/ind_248-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2082/ind_248-25.docx</t>
   </si>
   <si>
     <t>Sugerir a realização de estudo de viabilidade para a regularização do prolongamento da Rua Jorge Lacerda._x000D_
 Justifica-se, com o objetivo atender às demandas da comunidade local, que vem enfrentando dificuldades de mobilidade. A ausência de regularização traz impactos na vida dos moradores, como dificuldades nos recebimentos de correspondências e encomendas, bem como limita investimentos em infraestrutura urbana e serviços públicos.</t>
   </si>
   <si>
     <t>2083</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2083/ind_249-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2083/ind_249-25.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de lixeira ao lado do ponto de ônibus, localizado na Marechal Castelo Branco, no cruzamento com a rua Luan Carlos Pommerenig._x000D_
 Justifica-se, com o objetivo de manter a limpeza urbana e contribuir para a preservação do espaço público. A presença de uma lixeira no local proporcionará um descarte adequado de lixo, contribuindo para a organização e higiene da área.</t>
   </si>
   <si>
     <t>2084</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>Sugerir a lavação  da Rua Marechal Castelo Branco, no Bairro Bracinho, em virtude das obras de instalação da rede de água._x000D_
 Justifica-se, pois os serviços realizados pelo setor de águas, têm gerado grande quantidade de poeira, especialmente em dias secos, causando transtornos à população, como dificuldades respiratórias, sujeira constante nas residências e comércios, além de prejudicar a mobilidade e o bem-estar dos moradores. A lavagem da via com caminhão-pipa ou outro método apropriado amenizaria esses impactos, trazendo alívio aos moradores até a conclusão total das obras.</t>
   </si>
   <si>
     <t>2087</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2087/ind_251-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2087/ind_251-25.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de câmera de videomonitoramento na Rua 3 de Outubro, em frente ao imóvel nº 299 (Escola de Educação Básica Luiz Delfino)._x000D_
 Justifica-se, pois contribuirá significativamente para a segurança de alunos, professores, funcionários e pais, especialmente nos horários de entrada e saída da escola, quando há maior fluxo de pessoas. Além disso, as câmeras de segurança atuarão como instrumento de prevenção a práticas ilícitas, auxiliarão na fiscalização do trânsito e na proteção do patrimônio público, promovendo mais segurança e tranquilidade para toda a comunidade escolar.</t>
   </si>
   <si>
     <t>2088</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2088/ind_252-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2088/ind_252-25.docx</t>
   </si>
   <si>
     <t>Sugerir a análise de viabilidade para a implementação de um programa de capacitação voltado aos produtores rurais, com foco em noções básicas de primeiros socorros, a ser conduzido por profissionais do Corpo de Bombeiros._x000D_
 Justifica-se, considerando que as atividades no meio rural muitas vezes envolvem atividades de riscos, como o uso de maquinários pesados, ferramentas cortantes, manuseio de animais de grande porte, exposição a agrotóxicos e a ocorrência de acidentes em locais de difícil acesso aos serviços de emergência. Diante desse cenário, é fundamental que os produtores rurais tenham conhecimentos básicos de primeiros socorros, pois essa formação pode ser decisiva para preservar vidas até a chegada do atendimento especializado. Além de promover mais segurança e autonomia no manejo de situações emergenciais, a iniciativa também busca fortalecer o vínculo entre o poder público e as comunidades rurais, incentivando a prevenção de acidentes e valorizando o trabalhador do campo.</t>
   </si>
   <si>
     <t>2089</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2089/ind_253-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2089/ind_253-25.docx</t>
   </si>
   <si>
     <t>Sugerir a realização de vistoria técnica na iluminação pública do Loteamento Alfablu, com o objetivo de substituir as lâmpadas atualmente instaladas por luminárias com tecnologia LED._x000D_
 Justifica-se, com o objetivo de atender a uma demanda da comunidade do Loteamento, que vem relatando precariedade na qualidade da iluminação pública local. As lâmpadas atualmente em funcionamento emitem uma luz fosca, o que compromete a visibilidade durante o período noturno, gerando sensação de insegurança e dificultando o tráfego de pedestres e veículos. A necessidade de melhoria na iluminação torna-se necessária com a recente implantação de uma área de lazer no loteamento, aumentando a circulação de pessoas. Dessa forma, a substituição das lâmpadas convencionais por luminárias de LED trará diversos benefícios, como maior eficiência energética e economia, melhor qualidade da iluminação, contribuindo para a segurança dos moradores, além de maior durabilidade, menor necessidade de manutenção e redução...</t>
   </si>
   <si>
     <t>2090</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>Sugerir a implantação de calçamento, no local destinado a circulação de pedestres (passeio público), nas laterais do ponto de ônibus localizado em frente ao imóvel nº 4548 (Clínica Fisiocorpus), na Rua Marechal Castelo Branco._x000D_
 Justifica-se, visto que atualmente não há calçada no local, o que gera transtornos à população, especialmente nos dias de chuva, quando a área ao redor do ponto de ônibus fica tomada por lama e água empoçada. Essa situação compromete a segurança e a acessibilidade dos usuários do transporte público, além de afetar negativamente a mobilidade de pedestres. A colocação de calçamento nesse trecho trará mais conforto, segurança aos cidadãos que utilizam o ponto de ônibus, além de contribuir para a melhoria da infraestrutura urbana e do aspecto visual da via.</t>
   </si>
   <si>
     <t>2091</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2091/ind_255-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2091/ind_255-25.docx</t>
   </si>
   <si>
     <t>Sugerir a implantação, nas escolas da rede municipal de ensino, do projeto “Caixa de Escuta”, de forma física ou virtual, com o objetivo de oferecer aos alunos um espaço reservado, sigiloso e acessível para que possam expressar, por escrito, seus sentimentos, pensamentos, dúvidas, angústias ou sugestões relacionadas à vivência escolar e pessoal._x000D_
 Justifica-se, pois a proposta visa fortalecer o vínculo entre estudantes e a equipe pedagógica, oferecendo um canal seguro para que as crianças e adolescentes possam expressar aquilo que sentem, mas têm dificuldade em verbalizar diretamente. O conteúdo coletado por meio da Caixa de Escuta será acessado exclusivamente por professores, coordenadores e direção escolar, de maneira responsável e ética, respeitando o sigilo e a confidencialidade das informações. Os dados poderão ser utilizados para identificar precocemente situações de vulnerabilidade emocional, refletir sobre práticas pedagógicas mais acolhedoras, promover ações de escuta ativa e...</t>
   </si>
   <si>
     <t>2092</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2092/ind_256-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2092/ind_256-25.docx</t>
   </si>
   <si>
     <t>Sugerir a adoção de medidas que garantam maior celeridade na recomposição do pavimento asfáltico nas vias públicas onde forem realizadas manutenções relacionadas a vazamentos de água, especialmente nas de maior fluxo. Caso a recomposição imediata não seja possível, é fundamental que o local seja devidamente sinalizado, indicando de forma visível a presença do buraco._x000D_
 Justifica-se, pois após intervenções para manutenção de vazamentos de água na rede de abastecimento, as vias frequentemente permanecem com aberturas e buracos por longos períodos, o que causa transtornos aos motoristas, motociclistas, ciclistas e pedestres, além de comprometer a fluidez do trânsito e a segurança viária. A recomposição em prazo reduzido ou a sinalização é essencial para evitar acidentes, reduzir danos a veículos e melhorar o aspecto urbano, principalmente nas ruas com grande fluxo de pessoas e veículos.</t>
   </si>
   <si>
     <t>2093</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2093/ind_257-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2093/ind_257-25.docx</t>
   </si>
   <si>
     <t>Sugerir a adoção das medidas necessárias para dar continuidade à padronização das calçadas da Rua Marechal Castelo Branco._x000D_
 Justifica-se, visto que a padronização das calçadas é uma ação essencial para garantir a mobilidade urbana e a acessibilidade de todos os cidadãos, além de promover a uniformização estética e a organização do espaço urbano, contribuindo para uma cidade mais segura, inclusiva e agradável. Trechos da Avenida Marechal Castelo Branco já receberam melhorias, porém ainda há pontos com calçadas irregulares, desniveladas ou obstruídas.</t>
   </si>
   <si>
     <t>2094</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2094/ind_258-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2094/ind_258-25.docx</t>
   </si>
   <si>
     <t>Sugerir a elaboração e execução de projeto para a pavimentação da Rua 15 de Outubro, situada no Bairro Centro Leste._x000D_
 Justifica-se, com o objetivo de atender à reivindicação dos moradores da referida via, que enfrentam dificuldades em razão das más condições de tráfego, especialmente em períodos chuvosos, quando o acúmulo de lama e buracos prejudica a mobilidade e a segurança de pedestres e veículos. A pavimentação contribuirá significativamente para a melhoria da infraestrutura urbana, aumento da qualidade de vida dos moradores e facilitará o acesso de serviços públicos essenciais.</t>
   </si>
   <si>
     <t>2095</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2095/ind_259-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2095/ind_259-25.docx</t>
   </si>
   <si>
     <t>Sugerir a elaboração e execução de projeto de pavimentação da Rua João Arnaldo Moritz, trecho 2, localizada no Centro._x000D_
 Justifica-se, com o objetivo atender às reivindicações dos moradores e usuários da via, que enfrentam dificuldades de trafegabilidade, especialmente em dias chuvosos, devido às más condições do leito da rua. A pavimentação deste trecho trará melhorias significativas na mobilidade urbana, valorização dos imóveis e qualidade de vida da população local, além de contribuir para o embelezamento e desenvolvimento do bairro central.</t>
   </si>
   <si>
     <t>2096</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2096/ind_260-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2096/ind_260-25.docx</t>
   </si>
   <si>
     <t>Sugerir execução de pavimentação da Rua Timbó, situada no Centro._x000D_
 Justifica-se, visto que a referida via possui grande importância para a mobilidade urbana, pois é umas das vias de ligação à Avenida dos Imigrantes e também dá acesso à subestação de energia, sendo utilizada diariamente por moradores, trabalhadores e veículos de serviço. A pavimentação contribuirá significativamente para a melhoria da infraestrutura urbana, aumento da qualidade de vida dos moradores e facilitará o acesso de serviços públicos essenciais.</t>
   </si>
   <si>
     <t>2097</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2097/ind_261-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2097/ind_261-25.docx</t>
   </si>
   <si>
     <t>Sugerir execução de pavimentação da Rua Rodolfo Vierbrantz, bairro Centro Norte. _x000D_
 Justifica-se, com objetivo atender às reivindicações dos moradores e usuários da via mencionada, que relatam grande quantidade de poeira, especialmente em períodos secos, o que causa desconforto e prejudica a saúde da população local, principalmente crianças e idosos. Além disso, os buracos e irregularidades no leito da rua dificultam o tráfego de veículos e pedestres, comprometendo a segurança e a mobilidade urbana.</t>
   </si>
   <si>
     <t>2098</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2098/ind_262-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2098/ind_262-25.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de uma rotatória na Rua Marechal Castelo Branco, no acesso à Ponte Trindade. _x000D_
 Justifica-se, pelo fato de que muitos motoristas que trafegam da Ponte Trindade em direção à Rua Marechal Castelo Branco não respeitam a parada obrigatória na interseção, o que tem gerado riscos significativos de acidentes. A implantação da rotatória visa organizar e otimizar o fluxo de veículos no local, promovendo maior segurança viária para todos.</t>
   </si>
   <si>
     <t>2104</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2104/ind_263-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2104/ind_263-25.docx</t>
   </si>
   <si>
     <t>Sugerir a realização de mutirões semestrais de conscientização e limpeza das sarjetas de ruas, com foco na prevenção de doenças e melhoria da qualidade ambiental._x000D_
 Justifica-se, com o objetivo de que o setor de Saneamento e Meio Ambiente, em parceria com a Defesa Civil, o Poder Executivo, Legislativo e a sociedade civil, desenvolvam uma estratégia conjunta para a realização de mutirões de limpeza e campanhas educativas. A proposta é promover, a cada seis meses, ações de conscientização sobre a importância da manutenção da cidade limpa, destacando os riscos associados ao descarte irregular de lixo e incentivando a população a adotar práticas responsáveis e conscientes. Além disso, é fundamental realizar a coleta e remoção dos resíduos acumulados nas beiras de ruas e em outros pontos críticos do município. Essa ação não só melhorará a limpeza e organização urbana, como também contribuirá para a redução dos focos de proliferação de mosquitos, promovendo uma cidade mais...</t>
   </si>
   <si>
     <t>2106</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2106/ind_264-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2106/ind_264-25.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de um espelho convexo na Rua Rio de Janeiro, especificamente defronte à entrada da Rua Vigando Winter._x000D_
 Justifica-se, devido à falta de visibilidade nesse cruzamento, o que aumenta o risco de acidentes. O espelho convexo ajudará a melhorar a visibilidade, permitindo que os motoristas visualizem com antecedência veículos que se aproximam, aumentando a segurança e a fluidez no trânsito.</t>
   </si>
   <si>
     <t>2107</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2107/ind_265-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2107/ind_265-25.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de sinalização de trânsito horizontal e vertical, incluindo placa de parada obrigatória (placa de "PARE") e pintura de faixa de "PARE", nos seguintes locais: na Rua Heins Germano Fischer, lado direito, com acesso à Rua Júlio Bauer; na Rua Hilda Brach Bauer, lado direito, com acesso à Rua Heins Germano Fischer; e na Rua Júlio Bauer, com acesso à Rua Heins Germano Fischer._x000D_
 Justifica-se, visando garantir maior segurança viária e organização do trânsito, proporcionando aos condutores a correta sinalização de pare e definição do fluxo de veículos, prevenindo acidentes e promovendo um tráfego mais seguro e ordenado. A sinalização adequada nestes pontos estratégicos é essencial para a segurança de motoristas, ciclistas e pedestres, permitindo a orientação correta dos condutores e contribuindo para um trânsito mais fluido e seguro no bairro.</t>
   </si>
   <si>
     <t>2108</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2108/ind_266-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2108/ind_266-25.docx</t>
   </si>
   <si>
     <t>Sugerir a realização de varrição com a varredeira mecanizada, na Estrada Duas Mamas em frente ao imóvel nº 3000 (Escola Municipal Castro Alves), bem como a pintura de sinalização horizontal na cor amarela, indicando proibição de estacionamento no ponto de ônibus existente nesse local._x000D_
 Justifica-se, com o objetivo de garantir a limpeza e segurança da área, devido ao grande fluxo de pedestres e veículos. Além disso, a pintura da sinalização horizontal em amarelo, visando a proibição de estacionamento no ponto de ônibus visa melhorar a segurança no local, evitando a obstrução do espaço destinado ao embarque e desembarque de alunos, o que pode causar riscos de acidentes.</t>
   </si>
   <si>
     <t>2109</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2109/ind_267-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2109/ind_267-25.docx</t>
   </si>
   <si>
     <t>Sugerir a realização de limpeza e desassoreamento de vala, localizada na Rua Marechal Castelo Branco, em frente ao imóvel nº 8074._x000D_
 Justifica-se, visto que o acúmulo de detritos e a falta de manutenção têm propiciado a proliferação de animais peçonhentos, além de alagamentos no local e nas imediações, principalmente em períodos de chuva, colocando em risco a saúde e segurança dos moradores e comprometendo a mobilidade urbana.</t>
   </si>
   <si>
     <t>2110</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2110/ind_268-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2110/ind_268-25.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de placas indicativas de ciclofaixa na Rua Erich Froehner._x000D_
 Justifica-se, pois a instalação de placa indicativa de ciclofaixa é uma medida essencial para garantir a segurança dos ciclistas e promover uma melhor organização do tráfego. A sinalização adequada desempenha um papel fundamental na prevenção de conflitos entre ciclistas, motoristas e pedestres, além de atender às normas de trânsito vigentes. Dessa forma, essa ação contribui para um trânsito mais seguro e fluido, ao mesmo tempo em que favorece a mobilidade urbana e melhora a qualidade de vida da população.</t>
   </si>
   <si>
     <t>2111</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2111/ind_269-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2111/ind_269-25.docx</t>
   </si>
   <si>
     <t>Sugerir a implantação de faixa para a travessia de pedestres na Rua 3 de Outubro, em frente ao imóvel nº 261 (E.M. Prof. Kismara L.W. Moreira e J.I. Chapeuzinho Vermelho)._x000D_
 Justifica-se, com a finalidade de garantir a segurança dos pedestres, especialmente dos alunos das escolas E.M. Prof. Kismara L.W. Moreira e J.I. Chapeuzinho Vermelho. A área apresenta grande fluxo de pedestres, com destaque para crianças, que estão mais vulneráveis a acidentes. A sinalização da faixa ajudará a reduzir os riscos, aumentando a visibilidade e a conscientização dos motoristas, promovendo uma travessia mais segura. Além disso, a medida contribui para a melhoria da acessibilidade e mobilidade urbana.</t>
   </si>
   <si>
     <t>2112</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2112/ind_270-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2112/ind_270-25.docx</t>
   </si>
   <si>
     <t>Sugerir a adoção das providências necessárias para a manutenção da ponte localizada na Estrada Duas Mamas, entre a Sociedade Rio Camarada e a Igreja Divino Espírito Santo. As ações incluem a instalação de sinalização vertical e horizontal de trânsito nas proximidades da ponte, bem como a colocação de tachões antes da estrutura, além da ampliação do espaço nas laterais do acostamento para facilitar a travessia de pedestres, em especial estudantes._x000D_
 Justifica-se, visto que no local, foram registrados três acidentes nos últimos quinze dias. Além disso, trata-se de um trecho com curva acentuada, o que aumenta o risco de ocorrências. As medidas propostas têm como objetivo preservar vidas, reduzir o número de acidentes e garantir melhores condições de tráfego e segurança para todos os usuários.</t>
   </si>
   <si>
     <t>2113</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2113/ind_271-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2113/ind_271-25.docx</t>
   </si>
   <si>
     <t>Sugerir a realização de melhorias na sinalização de trânsito na Rua Marechal Castelo Branco, no trecho próximo ao ponto de ônibus situado em frente ao Cemitério Bom Jesus, nas proximidades do imóvel nº 6507._x000D_
 Justifica-se, com o objetivo de aumentar a segurança dos pedestres e motoristas. A falta de sinalização adequada tem gerado riscos, principalmente para os usuários do transporte público, que aguardam o ônibus em uma área com grande fluxo de veículos. A melhoria na sinalização ajudaria a reduzir acidentes, facilitar a travessia de pedestres e otimizar o fluxo de trânsito, especialmente em horários de pico, contribuindo para um ambiente mais seguro e fluido para todos os usuários da via.</t>
   </si>
   <si>
     <t>2121</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2121/ind_272-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2121/ind_272-25.docx</t>
   </si>
   <si>
     <t>Sugerir a tomada de medidas necessárias para execução da ampliação da rede de água potável na Tifa Araribá e na Rua Germano Viergutz. _x000D_
 Justifica-se, visto que existem imóveis localizados nas vias mencionadas que não possuem acesso ao abastecimento de água potável. Considerando que o fornecimento de água é um serviço essencial para a saúde e o bem-estar da população, a execução dessa melhoria se faz imprescindível, pois garantirá uma melhor qualidade de vida aos moradores.</t>
   </si>
   <si>
     <t>2122</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2122/ind_273-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2122/ind_273-25.docx</t>
   </si>
   <si>
     <t>Sugerir a implantação de faixa para a travessia de pedestres na Rua Marechal Castelo Branco, nas imediações do acesso à Rua Germano Oberthir (próximo ao imóvel nº 7.275)._x000D_
 Justifica-se, com o objetivo de garantir a segurança e a organização no trânsito. Atualmente, a ausência dessa faixa tem levado muitos pedestres a realizar travessias de forma inadequada, sem a sinalização necessária e sem a devida segurança. Isso aumenta os riscos de acidentes envolvendo veículos e pedestres. Vale ressaltar que a área em questão possui um ponto de ônibus de grande movimentação e é um local de passagem constante para muitos alunos que utilizam o transporte público diariamente.</t>
   </si>
   <si>
     <t>2123</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
     <t>Sugerir a instalação de um guarda-corpo na Rua 23 de Março, próximo ao imóvel nº 603, especificamente na curva, nas imediações da residência de Amandus Pommerenig. _x000D_
 Justifica-se, com o objetivo aumentar a segurança no local. A região apresenta uma curva acentuada, o que reduz a visibilidade e pode comprometer o controle dos veículos, principalmente em condições adversas, como chuva ou pista molhada. Isso eleva o risco de acidentes, tanto para os motoristas quanto para os pedestres.</t>
   </si>
   <si>
     <t>2124</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2124/ind_275-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2124/ind_275-25.docx</t>
   </si>
   <si>
     <t>Sugerir a viabilidade de elaboração de um projeto de pavimentação da Rua Leopoldo Prust._x000D_
 Justifica-se, pela necessidade de melhorar a infraestrutura, proporcionando benefícios tanto para os moradores quanto para os usuários da via. A pavimentação contribuirá para a segurança no tráfego, reduzindo problemas como buracos, lama e alagamentos, comuns em períodos de chuva. Além disso, trará maior conforto e mobilidade para pedestres e motoristas, além de representar uma solução mais eficiente e de longo prazo em relação aos custos com manutenção constante da via.</t>
   </si>
   <si>
     <t>2125</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2125/ind_276-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2125/ind_276-25.docx</t>
   </si>
   <si>
     <t>Sugerir a análise de viabilidade para a instalação de tachões na Rua Marechal Castelo Branco, cerca de 30 metros antes do acesso à Ponte Trindade (sentido Bracinho/Centro). _x000D_
 Justifica-se, pois é uma medida eficiente para reduzir a velocidade dos veículos e orientar o tráfego, de modo a prevenir acidentes e aumentar a segurança no trecho em questão. Os tachões, como dispositivos físicos de sinalização, atuam como alertas visuais e táteis, levando os motoristas a diminuírem a velocidade antes de um ponto de maior risco, como a entrada para a ponte.</t>
   </si>
   <si>
     <t>2155</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2155/ind_277-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2155/ind_277-25.docx</t>
   </si>
   <si>
     <t>Sugerir a verificação das vagas de estacionamento públicas destinadas a pessoas com deficiência, garantindo que estejam devidamente delimitadas e sinalizadas conforme as normas vigentes. Além disso, considerar a inclusão de uma identificação que permita o compartilhamento dessas vagas com gestantes e pessoas acompanhadas de crianças de colo._x000D_
 Justifica-se, com o objetivo de garantir o cumprimento da legislação e a efetividade das políticas de acessibilidade. A sinalização adequada promove a segurança, o respeito aos direitos das pessoas com mobilidade reduzida e a boa utilização dos espaços públicos._x000D_
 A sugestão de ampliar o uso dessas vagas para gestantes e pessoas com crianças de colo visa atender a outras situações temporárias de mobilidade limitada, contribuindo para uma cidade mais inclusiva, solidária e sensível às necessidades de todos os cidadãos.</t>
   </si>
   <si>
     <t>2156</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2156/ind_278-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2156/ind_278-25.docx</t>
   </si>
   <si>
     <t>Sugerir a limpeza da sarjeta e da boca de lobo, localizadas na esquina das ruas Willy Wulf e Leopoldo Fiedler._x000D_
 Justifica-se, tendo em vista o acúmulo de sujeira e detritos que podem comprometer o escoamento adequado da água das chuvas. Observa-se também que nas laterais do local há presença de mato, o que contribui para o entupimento e dificulta a drenagem. A realização da limpeza é importante para evitar alagamentos, manter a conservação do espaço público e garantir melhores condições de segurança e higiene para os pedestres e moradores da região.</t>
   </si>
   <si>
     <t>2157</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
     <t>Sugerir a manutenção da Rua Pedro Hang, o trecho final, não pavimentado._x000D_
 Justifica-se, visto que no referido trecho da via, nas laterais há presença de mato o que pode contribuir para obstrução do fluxo de pedestres e veículos, além de favorecer o acúmulo de detritos e oferecer riscos de proliferação de animais e insetos. A manutenção adequada do trecho, incluindo limpeza das laterais e patrolamento, contribuirá para a melhoria da segurança, acessibilidade e qualidade de tráfego na região.</t>
   </si>
   <si>
     <t>2158</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2158/ind_280-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2158/ind_280-25.docx</t>
   </si>
   <si>
     <t>Sugerir a inclusão, na composição da banca avaliadora dos próximos editais de processo seletivo para o cargo de Professor Intérprete de Libras (banca esta já indicada na Indicação nº 205/2025), de um membro ou representante da Associação da Comunidade Surda de Jaraguá do Sul e Região (ASJAR)._x000D_
 Justifica-se, pois a presença de um representante da ASJAR na banca avaliadora contribuirá para a avaliação mais precisa e técnica dos candidatos, garantindo que os critérios de proficiência em Libras e de adequação cultural à comunidade surda sejam devidamente observados. Além disso, tal medida reforça a importância da participação da comunidade surda nas decisões que impactam diretamente a qualidade da educação inclusiva no município.</t>
   </si>
   <si>
     <t>2159</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2159/ind_281-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2159/ind_281-25.docx</t>
   </si>
   <si>
     <t>Sugerir a realização de estudos de viabilidade para implantação de um aplicativo para celular destinado a facilitar a comunicação entre profissionais e pessoas surdas durante atendimentos em diversas áreas, como saúde, educação, assistência social e serviços públicos em geral, considerando a existência e funcionalidade do aplicativo já disponibilizado pela Associação da Comunidade Surda de Jaraguá do Sul e Região - ASJAR._x000D_
 Justifica-se, com o objetivo de facilitar o diálogo entre surdos e não surdos, reduzindo barreiras linguísticas e assegurando atendimento digno e eficiente. Ressalta-se que a ASJAR já disponibiliza um aplicativo com plena funcionalidade para interpretação de diálogos entre surdos e não surdos, podendo este servir de referência ou base técnica para a implementação de solução semelhante no âmbito municipal.</t>
   </si>
   <si>
     <t>2160</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2160/ind_282-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2160/ind_282-25.docx</t>
   </si>
   <si>
     <t>Sugerir a colocação de tela de proteção e a instalação de uma área sensorial no parque infantil localizado nas dependências da Escola Municipal Castro Alves._x000D_
 Justifica-se, com a finalidade de proporcionar mais segurança e tranquilidade às crianças durante o uso do parque, prevenindo acidentes e garantindo um ambiente mais adequado para o lazer. Além disso, a implantação de uma área sensorial contribuirá significativamente para o desenvolvimento perceptivo, motor e cognitivo dos alunos, promovendo experiências educativas e inclusivas que estimulam os sentidos e favorecem o aprendizado no dia a dia escolar.</t>
   </si>
   <si>
     <t>2161</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2161/ind_283-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2161/ind_283-25.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de telas para circulação de ar nas janelas das salas de aula do Centro de Educação Infantil Municipal Primeiros Passos._x000D_
 Justifica-se, tendo em vista a importância da manutenção de uma adequada circulação de ar nos ambientes escolares, de modo a evitar que as salas permaneçam totalmente fechadas, o que contribui para reduzir o risco de disseminação de doenças contagiosas. Além disso, a instalação das telas garantirá maior segurança e conforto às crianças, permitindo a ventilação natural sem comprometer a proteção contra insetos. Trata-se de um pedido dos pais e responsáveis das crianças atendidas na unidade de ensino.</t>
   </si>
   <si>
     <t>2162</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2162/ind_284-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2162/ind_284-25.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de guarda-corpo na ponte localizada na Rua Jeronimo Rachor, Bairro Itoupava-Açú._x000D_
 Justifica-se, como uma medida preventiva essencial para garantir a segurança de pedestres e motoristas, reduzir acidentes e danos materiais, atender às normas de segurança viária e melhorar a infraestrutura urbana, promovendo o cuidado e organização no espaço público. Dessa forma, a implementação do guarda-corpo contribui diretamente para a proteção da população e a minimização de riscos de acidentes no local.</t>
   </si>
   <si>
     <t>2163</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2163/ind_285-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2163/ind_285-25.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção da Rua Jeronimo Rachor, com execução de patrolamento e alargamento da via._x000D_
 Justifica-se, com o intuito de garantir melhores condições de trafegabilidade e conservação do pavimento, prevenindo buracos e irregularidades que possam comprometer a segurança de veículos e pedestres. Além disso, o alargamento da via proporcionará maior espaço para a circulação de veículos, reduzindo riscos de acidentes e facilitando a passagem segura de pedestres. Garantindo assim melhor acessibilidade e segurança para veículo e pedestres, estas ações contribuem para a melhoria da mobilidade urbana e o bem-estar da comunidade local.</t>
   </si>
   <si>
     <t>2164</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2164/ind_286-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2164/ind_286-25.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção da Rua 23 de Março, nas proximidades do imóvel nº 2130, próximo ao Mercado do Franco. No local, há um buraco na pista que precisa ser reparado._x000D_
 Justifica-se, uma vez que o buraco localizado na pista pode provocar acidentes e comprometer a segurança de motoristas e pedestres, além de causar danos aos veículos que transitam pelo local. O reparo adequado contribuirá para a melhoria da infraestrutura urbana e para a qualidade de vida da população.</t>
   </si>
   <si>
     <t>2166</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2166/ind_287-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2166/ind_287-25.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção da pavimentação asfáltica na Rua 23 de Março, em frente ao imóvel nº 530, no Bairro Itoupava-Açu._x000D_
 Justifica-se, pois há um buraco no local que se encontra aberto desde o mês de fevereiro, causando significativos transtornos aos motoristas e pedestres. Trata-se de uma via estreita, com grande fluxo de veículos, a ausência de reparo compromete a segurança, pode causar danos aos veículos e aumentando o risco de acidentes.</t>
   </si>
   <si>
     <t>2167</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2167/ind_288-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2167/ind_288-25.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção de boca de lobo, localizada na Rua 23 de Março, em frente ao imóvel nº 550, Bairro Itoupava Açu, com realização de reparos na tampa e limpeza._x000D_
 Justifica-se, visto que a tampa da boca de lobo mencionada se encontra bastante danificada, com ferragens expostas, representando risco significativo aos pedestres, motoristas e ciclistas que transitam pelo local. Além disso, observa-se a necessidade de limpeza, a fim de garantir o correto escoamento da água pluvial e evitar alagamentos.</t>
   </si>
   <si>
     <t>2168</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2168/ind_289-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2168/ind_289-25.docx</t>
   </si>
   <si>
     <t>Sugerir a adoção de medidas de sinalização viária na Estrada Bracinho, especificamente próximo ao término do asfalto, onde há uma curva acentuada, com a instalação de placas de sinalização em ambos os sentidos da via, alertando para o término do asfalto e curva acentuada à frente._x000D_
 Justifica-se, visto que sinalização adequada, especialmente de placa indicando o fim do pavimento e alertando sobre a curva acentuada, contribui para que condutores trafeguem com a devida atenção ao trecho, principalmente aqueles que não conhecem a via A necessidade torna-se ainda mais evidente diante dos sete acidentes registrados no local apenas neste ano.</t>
   </si>
   <si>
     <t>2169</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2169/ind_290-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2169/ind_290-25.docx</t>
   </si>
   <si>
     <t>Sugerir manutenções da tubulação localizada na Estrada Rio Hern, em frente ao imóvel nº 2497, tendo em vista que a mesma encontra-se quebrada._x000D_
 Justifica-se, visto que a avaria representa risco aos pedestres e motoristas, podendo causar quedas, danos a veículos e comprometer a segurança. Além disso, a tubulação danificada prejudica o adequado escoamento de água.</t>
   </si>
   <si>
     <t>2177</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>Sugerir a realização de limpeza do riacho localizado na Rua Marechal Castelo Branco, ao lado do imóvel nº 1139 (filial Coruja Agrocomercial)._x000D_
 Justifica-se, devido ao acúmulo de resíduos e vegetação que vem comprometendo o fluxo da água. Essa situação pode gerar mau cheiro, atrair vetores indesejáveis, aumentar o risco de alagamentos e prejudicar a saúde e o bem-estar da população local. A manutenção adequada do riacho contribui para a preservação ambiental, prevenção de transtornos e melhoria das condições urbanas da área.</t>
   </si>
   <si>
     <t>2178</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2178/ind_292-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2178/ind_292-25.docx</t>
   </si>
   <si>
     <t>Sugerir a limpeza e o desassoreamento da boca de lobo localizada na Rua Olívio Schiochet, em frente ao imóvel nº 299._x000D_
 Justifica-se, para garantir a eficiência do sistema de drenagem urbana da região, prevenindo alagamentos e outros problemas relacionados ao acúmulo de água das chuvas. Além disso, a limpeza e o desassoreamento contribuem para a manutenção da saúde pública, evitando a proliferação de doenças causadas pela água estagnada.</t>
   </si>
   <si>
     <t>2179</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2179/ind_293-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2179/ind_293-25.docx</t>
   </si>
   <si>
     <t>Sugerir melhorias no acesso à Rua 13 de Março, lateral da Rua Olívio Schiochet, a via necessita de reparos, devido a formação de vala que dificulta o tráfego no local._x000D_
 Justifica-se, pois a realização de reparos é essencial para garantir a integridade da via, melhorar a mobilidade urbana e assegurar a segurança de quem transita pelo local. A correção do problema contribuirá para a melhoria da infraestrutura da região, proporcionando um tráfego mais seguro e eficiente.</t>
   </si>
   <si>
     <t>2180</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2180/ind_294-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2180/ind_294-25.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção da pavimentação asfáltica Rua Dom Pedro, nas imediações do imóvel nº 502, no local há um buraco a mais de três meses._x000D_
 Justifica-se, visto que a situação atual representa risco de danos a veículos que transitam pela via, além de causar desconforto e insegurança aos moradores e pedestres. A execução do reparo contribuirá para a preservação da infraestrutura urbana e para a melhoria da qualidade de vida da comunidade local.</t>
   </si>
   <si>
     <t>2181</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2181/ind_295-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2181/ind_295-25.docx</t>
   </si>
   <si>
     <t>Sugerir a instalação de lixeiras no Parque Infantil Municipal “Ayrton Senna”, localizado na Rua Paulo Jahn, no Centro._x000D_
 Justifica-se, com o objetivo de promover a organização, a limpeza e a preservação do espaço público. Atualmente, a ausência de recipientes adequados para descarte de resíduos pode contribuir para o acúmulo de lixo, prejudicando a estética do parque, a saúde pública e o meio ambiente. Disponibilizar lixeiras estrategicamente posicionadas incentiva a correta destinação do lixo, fortalece a educação ambiental e promove hábitos de responsabilidade e cidadania entre os usuários.</t>
   </si>
   <si>
     <t>2193</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2193/ind_296-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2193/ind_296-25.docx</t>
   </si>
   <si>
     <t>Sugerir a manutenção da Rua Timbó, com execução de ensaibramento e patrolamento._x000D_
 Justifica-se, devido às atuais condições da via, que apresentam irregularidades que comprometem a trafegabilidade e a segurança dos usuários. O desgaste natural provocado pelo fluxo de veículos e pelas intempéries resulta em buracos, desníveis e trechos com acúmulo de lama ou poeira excessiva, dificultando o deslocamento. Diante disso, a manutenção é fundamental para assegurar mobilidade, segurança e qualidade de vida aos usuários.</t>
   </si>
   <si>
     <t>2194</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2194/ind_297-25.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2194/ind_297-25.docx</t>
   </si>
   <si>
     <t>Sugerir a adoção de medidas cabíveis visando melhorias no sistema de drenagem pluvial da Rua Erich Froehner, nas proximidades do imóvel nº 1290._x000D_
 Justifica-se, pela necessidade de melhorar o escoamento da água pluvial, a fim de mitigar riscos de alagamentos e aquaplanagem, proporcionando maior segurança e conforto aos moradores e demais usuários da via. Tal medida é fundamental para a prevenção de acidentes e para garantir a adequada mobilidade urbana, especialmente durante períodos de chuvas intensas.</t>
   </si>
   <si>
+    <t>2219</t>
+  </si>
+  <si>
+    <t>298</t>
+  </si>
+  <si>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2219/ind_298-25.docx</t>
+  </si>
+  <si>
+    <t>Sugerir a análise de viabilidade para a instalação de um espelho convexo no cruzamento das ruas Marguerita Tomaselli e Cândido Tomaselli._x000D_
+Justifica-se, visto que nos horários de saída dos alunos das unidades de ensino próximas, há falta de visibilidade para os condutores que saem da Rua Marguerita Tomaselli em direção à Rua Cândido Tomaselli, em razão dos ônibus escolares ficarem estacionados nas imediações, obstruindo a visão do fluxo da via, o que aumenta de forma significativa o risco de acidentes. A instalação de um espelho convexo ampliará o campo de visão dos motoristas ao realizarem a conversão, contribuindo para a segurança viária e prevenindo colisões e atropelamentos.</t>
+  </si>
+  <si>
+    <t>2220</t>
+  </si>
+  <si>
+    <t>299</t>
+  </si>
+  <si>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2220/ind_299-25.docx</t>
+  </si>
+  <si>
+    <t>Sugerir a instalação de uma placa de “PARE” no cruzamento das ruas Nicolau Antônio da Cruz e 3 de Outubro, estabelecendo de forma clara que a preferência é do tráfego da Rua 3 de Outubro._x000D_
+Justifica-se, com o objetivo de aumentar a segurança viária no referido cruzamento. Já foi registrado acidente no local devido à ausência de sinalização adequada na saída da Rua Nicolau Antônio da Cruz. O condutor envolvido, por não conhecer a região, presumiu ter a preferência, o que resultou no acidente. A instalação da placa de “PARE” contribuirá para orientar os motoristas, prevenir novos acidentes e garantir melhor fluidez ao tráfego.</t>
+  </si>
+  <si>
+    <t>2221</t>
+  </si>
+  <si>
+    <t>300</t>
+  </si>
+  <si>
+    <t>Sugerir a adoção de medidas cabíveis para a substituição das lâmpadas queimadas nos postes de iluminação pública da Rua Daniel Andrade de Castro, no Bairro Itoupava-Açú._x000D_
+Justifica-se, tendo em vista que a ausência de iluminação adequada compromete significativamente a segurança de pedestres, ciclistas e motoristas, além de intensificar a sensação de insegurança entre os moradores, especialmente no período noturno. A iluminação pública constitui medida essencial para garantir melhor visibilidade, prevenir acidentes e inibir a prática de ações ilícitas, contribuindo diretamente para a promoção da qualidade de vida, do bem-estar e da tranquilidade dos moradores e usuários da via.</t>
+  </si>
+  <si>
+    <t>2222</t>
+  </si>
+  <si>
+    <t>301</t>
+  </si>
+  <si>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2222/ind_301-25.docx</t>
+  </si>
+  <si>
+    <t>Sugerir a realização de reparo no pavimento asfáltico da Rua Alphons Maria Schmalz, próximo à esquina com a Rua 15 de Novembro._x000D_
+Justifica-se, em razão da existência de um buraco na via, localizado próximo ao meio-fio, o qual representa risco à segurança de ciclistas, pedestres e motoristas, podendo ocasionar acidentes, danos materiais e comprometer a trafegabilidade no local.</t>
+  </si>
+  <si>
     <t>1964</t>
   </si>
   <si>
     <t>MOC</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1964/mocao_01.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1964/mocao_01.docx</t>
   </si>
   <si>
     <t>APELA ao Poder Executivo para que realize a análise de viabilidade para a implantação efetiva da Diretoria de Trânsito no Município, com a nomeação do cargo de Diretor de Trânsito, conforme previsto na estrutura administrativa municipal.</t>
   </si>
   <si>
     <t>1983</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1983/mocao_02.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1983/mocao_02.docx</t>
   </si>
   <si>
     <t>A Câmara Municipal de Schroeder, atendendo à proposição da vereadora que a esta subscreve, confere MOÇÃO DE APLAUSOS ao Professor Aparecido Donizete Gonçalves, como forma de reconhecimento por sua contribuição histórica ao esporte local, e especialmente sua relevante atuação na promoção do atletismo como instrumento de transformação social.</t>
   </si>
   <si>
     <t>1984</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1984/mocao_03.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1984/mocao_03.docx</t>
   </si>
   <si>
     <t>A Câmara Municipal de Schroeder, atendendo à proposição dos vereadores que a esta subscrevem, confere MOÇÃO DE APLAUSOS aos Policiais Militares acima nominados, como forma de reconhecimento pela bravura, profissionalismo e resultados concretos em defesa da sociedade, com especial destaque para as ações exitosas no combate ao tráfico de drogas, representando um exemplo de conduta ética, dedicação e compromisso com a segurança da população schroedense.</t>
   </si>
   <si>
     <t>2000</t>
   </si>
   <si>
-    <t>Adilson Kluck, Marcos Zils</t>
-[...2 lines deleted...]
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2000/mocao_04.docx</t>
+    <t>Adilson Kluck - Licenciado, Marcos Zils</t>
+  </si>
+  <si>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2000/mocao_04.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS à Associação de Serviços Sociais Voluntários de Schroeder - Bombeiros Voluntários de Schroeder, em reconhecimento ao excepcional trabalho prestado por essa entidade. Com dedicação, empenho e comprometimento, atuam de forma incansável na promoção da segurança e bem-estar da comunidade e no desenvolvimento da consciência cidadã. A atuação exemplar representa um verdadeiro modelo de altruísmo, solidariedade e serviço voluntário, digno de admiração e inspiração para toda a sociedade.</t>
   </si>
   <si>
     <t>2028</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2028/mocao_05.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2028/mocao_05.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO à Polícia Civil do município de Schroeder, pelo excepcional trabalho na defesa da segurança pública e pela operação realizada em 8 de agosto de 2025, com o objetivo de desarticular ações criminosas relacionadas ao tráfico de drogas, associação para o tráfico e organização criminosa.</t>
   </si>
   <si>
     <t>2051</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2051/mocao_06.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2051/mocao_06.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO à ACIAS – Associação Empresarial de Schroeder, em reconhecimento aos seus 30 anos de dedicação ao desenvolvimento econômico, social e institucional de Schroeder.</t>
   </si>
   <si>
     <t>2063</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2063/mocao_07.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2063/mocao_07.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSO à Professora Leonídia Bauer Weidauer, em razão de seus 30 anos de relevantes serviços prestados à educação pública e à formação de cidadãos em nossa comunidade.</t>
   </si>
   <si>
     <t>2071</t>
   </si>
   <si>
-    <t>Marcos Zils, Rosamira Karsten</t>
-[...2 lines deleted...]
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2071/mocao_08.docx</t>
+    <t>Marcos Zils, Muka</t>
+  </si>
+  <si>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2071/mocao_08.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS à Associação da Comunidade Surda de Jaraguá do Sul e Região – ASJAR, pelo relevante trabalho desenvolvido em prol dos direitos sociais, culturais e humanos no município de Jaraguá do Sul e região.</t>
   </si>
   <si>
     <t>2072</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2072/mocao_09.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2072/mocao_09.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS aos irmãos Ilzimira Kieneldt, Adolar Kieneldt e Marli Kieneldt, em reconhecimento às suas inspiradoras trajetórias de vida, marcadas por desafios superados com resiliência, fé e perseverança, que os tornam exemplos para toda a comunidade.</t>
   </si>
   <si>
     <t>2099</t>
   </si>
   <si>
-    <t>Ana Claudia Locilha de Oliveira, Scheila Emilene Engelmann Ewald</t>
-[...2 lines deleted...]
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2099/mocao_10.docx</t>
+    <t>Ana Leon, Scheila da Farmácia</t>
+  </si>
+  <si>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2099/mocao_10.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS à Banda Municipal de Schroeder, em reconhecimento à sua conquista como Eneacampeã Estadual na categoria Sênior do Campeonato Estadual de Bandas e Fanfarras.</t>
   </si>
   <si>
     <t>2103</t>
   </si>
   <si>
-    <t>Ana Claudia Locilha de Oliveira, Kauana Peschke Lange, Rosamira Karsten, Scheila Emilene Engelmann Ewald</t>
-[...2 lines deleted...]
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2103/mocao_11.docx</t>
+    <t>Ana Leon, Kauana Peschke Lange, Muka, Scheila da Farmácia</t>
+  </si>
+  <si>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2103/mocao_11.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APOIO ao Projeto de Lei n.º 202/2025, de autoria da deputada estadual Paulinha, e solicita ainda aos deputados da Assembleia Legislativa de Santa Catarina celeridade na tramitação e aprovação da matéria.</t>
   </si>
   <si>
     <t>2105</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2105/mocao_12.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2105/mocao_12.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS aos senhores Helmuth Krogel, Relina Krogel, Mirson Krogel, Cleverson Bolduan, Kátia Krogel Bolduan e Marilson Krogel, em reconhecimento pela contribuição exemplar ao esporte e à promoção do nome do município de Schroeder e do Estado de Santa Catarina no cenário nacional do Velocross.</t>
   </si>
   <si>
     <t>2133</t>
   </si>
   <si>
-    <t>Adilson Kluck, Adriano Dias Furtado, Ana Claudia Locilha de Oliveira, Guerino Ferreira, Kauana Peschke Lange, Marcos Zils, Ronan Paulo Minatti, Rosamira Karsten, Scheila Emilene Engelmann Ewald</t>
-[...2 lines deleted...]
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2133/mocao_13.docx</t>
+    <t>Adilson Kluck - Licenciado, Adriano Furtado, Ana Leon, Kauana Peschke Lange, Marcos Zils, Minatti, Muka, Nene, Scheila da Farmácia</t>
+  </si>
+  <si>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2133/mocao_13.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APELO ao Poder Executivo Municipal para que reavalie os critérios e delimitações do Decreto n.º 6.779/2025, de modo a assegurar que as famílias tenham a opção de escolha por unidade municipal de ensino, adequando o zoneamento escolar à realidade social e familiar da comunidade e observando os princípios do melhor interesse da criança, da razoabilidade e da cooperação entre os entes federativos.</t>
   </si>
   <si>
     <t>2186</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2186/mocao_14.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2186/mocao_14.docx</t>
   </si>
   <si>
     <t>APELA pela valorização e proteção da piscicultura brasileira, evitando que práticas internacionais desleais prejudiquem pequenos e médios produtores, e pela reavaliação urgente da liberação da tilápia importada do Vietnã, considerando seus impactos econômicos, sociais, sanitários e concorrenciais no mercado nacional.</t>
   </si>
   <si>
     <t>2217</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2217/mocao_15.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2217/mocao_15.docx</t>
   </si>
   <si>
     <t>MOÇÃO DE APLAUSOS a Thiago Rubin, em reconhecimento à sua trajetória e pelo exemplo de dedicação, empenho e talento. Sua atuação enriquece a cultura, elevando o nome de Schroeder por meio da música e tornando-se motivo de orgulho para todos os munícipes.</t>
   </si>
   <si>
     <t>1675</t>
   </si>
   <si>
     <t>PIN</t>
   </si>
   <si>
     <t>Pedido de Informação</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1675/001_-pedido_de_informacoes_ver._adriano_-_superavit.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1675/001_-pedido_de_informacoes_ver._adriano_-_superavit.docx</t>
   </si>
   <si>
     <t>Solicita informações ao Sr. Prefeito Municipal sobre o superávit financeiro do exercício de 2024.</t>
   </si>
   <si>
     <t>1676</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1676/002_-pedido_de_informacoes_ver._marcos_-_larvicida_borrachudo.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1676/002_-pedido_de_informacoes_ver._marcos_-_larvicida_borrachudo.docx</t>
   </si>
   <si>
     <t>Solicita informações ao Sr. Prefeito Municipal sobre o uso de larvicidas no combate ao borrachudo.</t>
   </si>
   <si>
     <t>1768</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1768/003_-pedido_de_informacoes_ver._ana_-_ruas.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1768/003_-pedido_de_informacoes_ver._ana_-_ruas.docx</t>
   </si>
   <si>
     <t>Solicita informações ao Sr. Prefeito Municipal sobre a pavimentação de vias do município.</t>
   </si>
   <si>
     <t>1769</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1769/004_-pedido_de_informacoes_ver._marcos_-_rua_luan_carlos_pommerening.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1769/004_-pedido_de_informacoes_ver._marcos_-_rua_luan_carlos_pommerening.docx</t>
   </si>
   <si>
     <t>Solicita informações ao Sr. Prefeito Municipal sobre a pavimentação da Rua Luan Carlos Pommerening.</t>
   </si>
   <si>
     <t>1770</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1770/005_-pedido_de_informacoes_ver._marcos_-_rua_goias_e_bahia.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1770/005_-pedido_de_informacoes_ver._marcos_-_rua_goias_e_bahia.docx</t>
   </si>
   <si>
     <t>Solicita informações ao Sr. Prefeito Municipal sobre a pavimentação das Ruas Goiás e Bahia.</t>
   </si>
   <si>
     <t>1847</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1847/006_-pedido_de_informacoes_ver._marcos_-_testes_dengue.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1847/006_-pedido_de_informacoes_ver._marcos_-_testes_dengue.docx</t>
   </si>
   <si>
     <t>Solicita informações ao Sr. Prefeito Municipal sobre a testagem e os casos confirmados de dengue no município de Schroeder.</t>
   </si>
   <si>
     <t>1887</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1887/007_-pedido_de_informacoes_ver._marcos_-_bolsa_atleta.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1887/007_-pedido_de_informacoes_ver._marcos_-_bolsa_atleta.docx</t>
   </si>
   <si>
     <t>Solicita informações ao Sr. Prefeito Municipal sobre os beneficiários do Programa Bolsa Atleta no município de Schroeder.</t>
   </si>
   <si>
     <t>2052</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2052/008_-pedido_de_informacoes_ver._marcos_-_horas_atividade.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2052/008_-pedido_de_informacoes_ver._marcos_-_horas_atividade.docx</t>
   </si>
   <si>
     <t>Solicita informações ao Sr. Prefeito Municipal sobre sobre a regulamentação das horas-atividade, horas extras e compensação de horas positivas dos profissionais da educação no município de Schroeder.</t>
   </si>
   <si>
     <t>2073</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2073/009_-pedido_de_informacoes_ver._muka_-_medico_psiquiatra.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2073/009_-pedido_de_informacoes_ver._muka_-_medico_psiquiatra.docx</t>
   </si>
   <si>
     <t>Solicita informações ao Sr. Prefeito Municipal sobre a especialização do profissional médico que atua no CAPS deste Município.</t>
   </si>
   <si>
     <t>2075</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2075/010_-pedido_de_informacoes_ver._ana_-_parques.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2075/010_-pedido_de_informacoes_ver._ana_-_parques.docx</t>
   </si>
   <si>
     <t>Solicita informações ao Sr. Prefeito Municipal sobre a previsão de execução das melhorias nos parquinhos públicos do município.</t>
   </si>
   <si>
     <t>2134</t>
   </si>
   <si>
     <t>Solicita informações ao Sr. Prefeito Municipal sobre a Execução das cabeceiras da ponte sobre o Rio São José.</t>
   </si>
   <si>
     <t>2135</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2135/012_-pedido_de_informacoes_ver._scheila_-__calcadas_schroeder_1.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2135/012_-pedido_de_informacoes_ver._scheila_-__calcadas_schroeder_1.docx</t>
   </si>
   <si>
     <t>Solicita informações ao Sr. Prefeito Municipal sobre a Execução das calçadas do bairro Schroeder I.</t>
   </si>
   <si>
     <t>2136</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2136/013_-pedido_de_informacoes_ver._scheila_-__cobertura_cristiane_ines_zerbin.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2136/013_-pedido_de_informacoes_ver._scheila_-__cobertura_cristiane_ines_zerbin.docx</t>
   </si>
   <si>
     <t>Solicita informações ao Sr. Prefeito Municipal sobre a utilização de emenda parlamentar na cobertura do CEIM Cristiane Inês Zerbin.</t>
   </si>
   <si>
     <t>2154</t>
   </si>
   <si>
     <t>Solicita informações ao Sr. Prefeito Municipal sobre o controle da infestação de pernilongos no município.</t>
   </si>
   <si>
     <t>2195</t>
   </si>
   <si>
     <t>Solicita informações ao Sr. Prefeito Municipal sobre a prestação de contas da Festa de 61 anos de Schroeder.</t>
   </si>
   <si>
     <t>2196</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2196/016_-pedido_de_informacoes_ver._marcos_-_transporte_escolar.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2196/016_-pedido_de_informacoes_ver._marcos_-_transporte_escolar.docx</t>
   </si>
   <si>
     <t>Solicita informações ao Sr. Prefeito Municipal sobre a prestação de serviços do Transporte Escolar Municipal.</t>
   </si>
   <si>
     <t>2197</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2197/017_-pedido_de_informacoes_ver._marcos_e_muka_-_coleta_seletiva.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2197/017_-pedido_de_informacoes_ver._marcos_e_muka_-_coleta_seletiva.docx</t>
   </si>
   <si>
     <t>Solicita informações ao Sr. Prefeito Municipal sobre a prestação de serviços de Coleta de Seletiva no município de Schroeder.</t>
   </si>
   <si>
     <t>2165</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2165/005_-_requerimento_-_retira_de_pauta_-_adriano.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2165/005_-_requerimento_-_retira_de_pauta_-_adriano.docx</t>
   </si>
   <si>
     <t>Requerimento para retiradar de pauta do Projeto de Lei Complementar n.º 014/2025.</t>
   </si>
   <si>
     <t>1702</t>
   </si>
   <si>
     <t>2497</t>
   </si>
   <si>
     <t>ATA</t>
   </si>
   <si>
     <t>Ata</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1702/ata_2497_-_posse_digitalizada.pdf</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1702/ata_2497_-_posse_digitalizada.pdf</t>
   </si>
   <si>
     <t>Ata n.º 2497 - Sessão Solene de Posse - 2025-2028</t>
   </si>
   <si>
     <t>1703</t>
   </si>
   <si>
     <t>2498</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1703/ata_2498.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1703/ata_2498.docx</t>
   </si>
   <si>
     <t>Ata n.º 2498 - 1ª sessão ordinária, do 1º período legislativo, da 15ª legislatura.</t>
   </si>
   <si>
     <t>1744</t>
   </si>
   <si>
     <t>2499</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1744/ata_2499.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1744/ata_2499.docx</t>
   </si>
   <si>
     <t>Ata n.º 2499 - 2ª sessão ordinária, do 1º período legislativo, da 15ª legislatura.</t>
   </si>
   <si>
     <t>1745</t>
   </si>
   <si>
     <t>2500</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1745/ata_2500.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1745/ata_2500.docx</t>
   </si>
   <si>
     <t>Ata n.º 2500 - 3ª sessão ordinária, do 1º período legislativo, da 15ª legislatura.</t>
   </si>
   <si>
     <t>1780</t>
   </si>
   <si>
     <t>2501</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1780/ata_2501.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1780/ata_2501.docx</t>
   </si>
   <si>
     <t>Ata n.º 2501 - 4ª sessão ordinária, do 1º período legislativo, da 15ª legislatura.</t>
   </si>
   <si>
     <t>1781</t>
   </si>
   <si>
     <t>2502</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1781/ata_2502.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1781/ata_2502.docx</t>
   </si>
   <si>
     <t>Ata n.º 2502 - 5ª sessão ordinária, do 1º período legislativo, da 15ª legislatura.</t>
   </si>
   <si>
     <t>1782</t>
   </si>
   <si>
     <t>2503</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1782/ata_2503.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1782/ata_2503.docx</t>
   </si>
   <si>
     <t>Ata n.º 2503 - 6ª sessão ordinária, do 1º período legislativo, da 15ª legislatura.</t>
   </si>
   <si>
     <t>1816</t>
   </si>
   <si>
     <t>2504</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1816/ata_2504.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1816/ata_2504.docx</t>
   </si>
   <si>
     <t>Ata n.º 2504 - 7ª sessão ordinária, do 1º período legislativo, da 15ª legislatura.</t>
   </si>
   <si>
     <t>1817</t>
   </si>
   <si>
     <t>2505</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1817/ata_2505.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1817/ata_2505.docx</t>
   </si>
   <si>
     <t>Ata n.º 2505 - 8ª sessão ordinária, do 1º período legislativo, da 15ª legislatura.</t>
   </si>
   <si>
     <t>1850</t>
   </si>
   <si>
     <t>2506</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1850/ata_2506.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1850/ata_2506.docx</t>
   </si>
   <si>
     <t>Ata n.º 2506 - 9ª sessão ordinária, do 1º período legislativo, da 15ª legislatura.</t>
   </si>
   <si>
     <t>1851</t>
   </si>
   <si>
     <t>2507</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1851/ata_2507.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1851/ata_2507.docx</t>
   </si>
   <si>
     <t>Ata n.º 2507 - 10ª sessão ordinária, do 1º período legislativo, da 15ª legislatura.</t>
   </si>
   <si>
     <t>1864</t>
   </si>
   <si>
     <t>2508</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1864/ata_2508.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1864/ata_2508.docx</t>
   </si>
   <si>
     <t>Ata n.º 2508 - 11ª sessão ordinária, do 1º período legislativo, da 15ª legislatura.</t>
   </si>
   <si>
     <t>1865</t>
   </si>
   <si>
     <t>2509</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1865/ata_2509.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1865/ata_2509.docx</t>
   </si>
   <si>
     <t>Ata n.º 2509 - 12ª sessão ordinária, do 1º período legislativo, da 15ª legislatura.</t>
   </si>
   <si>
     <t>1933</t>
   </si>
   <si>
     <t>2510</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1933/ata_2510.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1933/ata_2510.docx</t>
   </si>
   <si>
     <t>Ata n.º 2510 - 13ª sessão ordinária, do 1º período legislativo, da 15ª legislatura.</t>
   </si>
   <si>
     <t>1934</t>
   </si>
   <si>
     <t>2511</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1934/ata_2511_1.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1934/ata_2511_1.docx</t>
   </si>
   <si>
     <t>Ata n.º 2511 - 14ª sessão ordinária, do 1º período legislativo, da 15ª legislatura.</t>
   </si>
   <si>
     <t>1935</t>
   </si>
   <si>
     <t>2512</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1935/ata_2512.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1935/ata_2512.docx</t>
   </si>
   <si>
     <t>Ata n.º 2512 - 15ª sessão ordinária, do 1º período legislativo, da 15ª legislatura.</t>
   </si>
   <si>
     <t>1936</t>
   </si>
   <si>
     <t>2513</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1936/ata_2513.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1936/ata_2513.docx</t>
   </si>
   <si>
     <t>Ata n.º 2513 - 16ª sessão ordinária, do 1º período legislativo, da 15ª legislatura.</t>
   </si>
   <si>
     <t>1937</t>
   </si>
   <si>
     <t>2514</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1937/ata_2514.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1937/ata_2514.docx</t>
   </si>
   <si>
     <t>Ata n.º 2514 - 17ª sessão ordinária, do 1º período legislativo, da 15ª legislatura.</t>
   </si>
   <si>
     <t>1938</t>
   </si>
   <si>
     <t>2515</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1938/ata_2515.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1938/ata_2515.docx</t>
   </si>
   <si>
     <t>Ata n.º 2515 - 18ª sessão ordinária, do 1º período legislativo, da 15ª legislatura.</t>
   </si>
   <si>
     <t>1991</t>
   </si>
   <si>
     <t>2516</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1991/ata_2516.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1991/ata_2516.docx</t>
   </si>
   <si>
     <t>Ata n.º 2516 - 19ª sessão ordinária, do 1º período legislativo, da 15ª legislatura.</t>
   </si>
   <si>
     <t>1992</t>
   </si>
   <si>
     <t>2517</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1992/ata_2517.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1992/ata_2517.docx</t>
   </si>
   <si>
     <t>Ata n.º 2517 - 20ª sessão ordinária, do 1º período legislativo, da 15ª legislatura.</t>
   </si>
   <si>
     <t>1993</t>
   </si>
   <si>
     <t>2518</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1993/ata_2518.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1993/ata_2518.docx</t>
   </si>
   <si>
     <t>Ata n.º 2518 - 21ª sessão ordinária, do 1º período legislativo, da 15ª legislatura.</t>
   </si>
   <si>
     <t>1994</t>
   </si>
   <si>
     <t>2519</t>
   </si>
   <si>
     <t>Ata n.º 2519 - 22ª sessão ordinária, do 1º período legislativo, da 15ª legislatura.</t>
   </si>
   <si>
     <t>1995</t>
   </si>
   <si>
     <t>2520</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1995/ata_2520.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1995/ata_2520.docx</t>
   </si>
   <si>
     <t>Ata n.º 2520 - 23ª sessão ordinária, do 1º período legislativo, da 15ª legislatura.</t>
   </si>
   <si>
     <t>2030</t>
   </si>
   <si>
     <t>2521</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2030/ata_2521.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2030/ata_2521.docx</t>
   </si>
   <si>
     <t>Ata n.º 2521 - 24ª sessão ordinária, do 1º período legislativo, da 15ª legislatura.</t>
   </si>
   <si>
     <t>2031</t>
   </si>
   <si>
     <t>2522</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2031/ata_2522.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2031/ata_2522.docx</t>
   </si>
   <si>
     <t>Ata n.º 2522 - 25ª sessão ordinária, do 1º período legislativo, da 15ª legislatura.</t>
   </si>
   <si>
     <t>2032</t>
   </si>
   <si>
     <t>2523</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2032/ata_2523.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2032/ata_2523.docx</t>
   </si>
   <si>
     <t>Ata n.º 2523 - 26ª sessão ordinária, do 1º período legislativo, da 15ª legislatura.</t>
   </si>
   <si>
     <t>2033</t>
   </si>
   <si>
     <t>2524</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2033/ata_2524_-_extra.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2033/ata_2524_-_extra.docx</t>
   </si>
   <si>
     <t>Ata n.º 2524 - 1ª sessão extraordinária, do 1º período legislativo, da 15ª legislatura.</t>
   </si>
   <si>
     <t>2034</t>
   </si>
   <si>
     <t>2525</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2034/ata_2525.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2034/ata_2525.docx</t>
   </si>
   <si>
     <t>Ata n.º 2525 - 27ª sessão ordinária, do 1º período legislativo, da 15ª legislatura.</t>
   </si>
   <si>
     <t>2035</t>
   </si>
   <si>
     <t>2526</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2035/ata_2526.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2035/ata_2526.docx</t>
   </si>
   <si>
     <t>Ata n.º 2526 - 28ª sessão ordinária, do 1º período legislativo, da 15ª legislatura.</t>
   </si>
   <si>
     <t>2200</t>
   </si>
   <si>
     <t>2527</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2200/ata_2527.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2200/ata_2527.docx</t>
   </si>
   <si>
     <t>Ata n.º 2527 - 29ª sessão ordinária, do 1º período legislativo, da 15ª legislatura.</t>
   </si>
   <si>
     <t>2201</t>
   </si>
   <si>
     <t>2528</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2201/ata_2528.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2201/ata_2528.docx</t>
   </si>
   <si>
     <t>Ata n.º 2528 - 30ª sessão ordinária, do 1º período legislativo, da 15ª legislatura.</t>
   </si>
   <si>
     <t>2202</t>
   </si>
   <si>
     <t>2529</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2202/ata_2529_-_extra.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2202/ata_2529_-_extra.docx</t>
   </si>
   <si>
     <t>Ata n.º 2529 - 2ª sessão extraordinária, do 1º período legislativo, da 15ª legislatura.</t>
   </si>
   <si>
     <t>2203</t>
   </si>
   <si>
     <t>2530</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2203/ata_2530.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2203/ata_2530.docx</t>
   </si>
   <si>
     <t>Ata n.º 2530 - 31ª sessão ordinária, do 1º período legislativo, da 15ª legislatura.</t>
   </si>
   <si>
     <t>2204</t>
   </si>
   <si>
     <t>2531</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2204/ata_2531.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2204/ata_2531.docx</t>
   </si>
   <si>
     <t>Ata n.º 2531 - 32ª sessão ordinária, do 1º período legislativo, da 15ª legislatura.</t>
   </si>
   <si>
     <t>2205</t>
   </si>
   <si>
     <t>2532</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2205/ata_2532.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2205/ata_2532.docx</t>
   </si>
   <si>
     <t>Ata n.º 2532 - 33ª sessão ordinária, do 1º período legislativo, da 15ª legislatura.</t>
   </si>
   <si>
     <t>2206</t>
   </si>
   <si>
     <t>2533</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2206/ata_2533.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2206/ata_2533.docx</t>
   </si>
   <si>
     <t>Ata n.º 2533 - 34ª sessão ordinária, do 1º período legislativo, da 15ª legislatura.</t>
   </si>
   <si>
     <t>2207</t>
   </si>
   <si>
     <t>2534</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2207/ata_2534.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2207/ata_2534.docx</t>
   </si>
   <si>
     <t>Ata n.º 2534 - 35ª sessão ordinária, do 1º período legislativo, da 15ª legislatura.</t>
   </si>
   <si>
     <t>2208</t>
   </si>
   <si>
     <t>2535</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2208/ata_2535.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2208/ata_2535.docx</t>
   </si>
   <si>
     <t>Ata n.º 2535 - 36ª sessão ordinária, do 1º período legislativo, da 15ª legislatura.</t>
   </si>
   <si>
     <t>2209</t>
   </si>
   <si>
     <t>2536</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2209/ata_2536.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2209/ata_2536.docx</t>
   </si>
   <si>
     <t>Ata n.º 2536 - 37ª sessão ordinária, do 1º período legislativo, da 15ª legislatura.</t>
   </si>
   <si>
     <t>2210</t>
   </si>
   <si>
     <t>2537</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2210/ata_2537.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2210/ata_2537.docx</t>
   </si>
   <si>
     <t>Ata n.º 2537 - 38ª sessão ordinária, do 1º período legislativo, da 15ª legislatura.</t>
   </si>
   <si>
     <t>2211</t>
   </si>
   <si>
     <t>2538</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2211/ata_2538.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2211/ata_2538.docx</t>
   </si>
   <si>
     <t>Ata n.º 2538 - 39ª sessão ordinária, do 1º período legislativo, da 15ª legislatura.</t>
   </si>
   <si>
     <t>2212</t>
   </si>
   <si>
     <t>2539</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2212/ata_2539.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2212/ata_2539.docx</t>
   </si>
   <si>
     <t>Ata n.º 2539 - 40ª sessão ordinária, do 1º período legislativo, da 15ª legislatura.</t>
   </si>
   <si>
     <t>2213</t>
   </si>
   <si>
     <t>2540</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2213/ata_2540.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2213/ata_2540.docx</t>
   </si>
   <si>
     <t>Ata n.º 2540 - 41ª sessão ordinária, do 1º período legislativo, da 15ª legislatura.</t>
   </si>
   <si>
     <t>2214</t>
   </si>
   <si>
     <t>2541</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2214/ata_2541.docx</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2214/ata_2541.docx</t>
   </si>
   <si>
     <t>Ata n.º 2541 - 42ª sessão ordinária, do 1º período legislativo, da 15ª legislatura.</t>
   </si>
   <si>
     <t>2215</t>
   </si>
   <si>
     <t>2542</t>
   </si>
   <si>
-    <t>https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2215/ata_2542.docx</t>
-[...2 lines deleted...]
-    <t>Ata n.º 2543 - 43ª sessão ordinária, do 1º período legislativo, da 15ª legislatura.</t>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2215/ata_2542.docx</t>
+  </si>
+  <si>
+    <t>Ata n.º 2542 - 43ª sessão ordinária, do 1º período legislativo, da 15ª legislatura.</t>
+  </si>
+  <si>
+    <t>2223</t>
+  </si>
+  <si>
+    <t>2543</t>
+  </si>
+  <si>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2223/ata_2543.docx</t>
+  </si>
+  <si>
+    <t>Ata n.º 2543 - 44ª sessão ordinária, do 1º período legislativo, da 15ª legislatura.</t>
+  </si>
+  <si>
+    <t>2224</t>
+  </si>
+  <si>
+    <t>2544</t>
+  </si>
+  <si>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2224/ata_2544.docx</t>
+  </si>
+  <si>
+    <t>Ata n.º 2544 - 45ª sessão ordinária, do 1º período legislativo, da 15ª legislatura.</t>
+  </si>
+  <si>
+    <t>2225</t>
+  </si>
+  <si>
+    <t>2545</t>
+  </si>
+  <si>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2225/ata_2545_-_extra.docx</t>
+  </si>
+  <si>
+    <t>Ata n.º 2545 - 3ª sessão extraordinária, do 1º período legislativo, da 15ª legislatura.</t>
+  </si>
+  <si>
+    <t>2226</t>
+  </si>
+  <si>
+    <t>2546</t>
+  </si>
+  <si>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2226/ata_2546_-_extra.docx</t>
+  </si>
+  <si>
+    <t>Ata n.º 2546 - 4ª sessão extraordinária, do 1º período legislativo, da 15ª legislatura.</t>
+  </si>
+  <si>
+    <t>2245</t>
+  </si>
+  <si>
+    <t>2547</t>
+  </si>
+  <si>
+    <t>http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2245/ata_2547.docx</t>
+  </si>
+  <si>
+    <t>Ata n.º 2547 - 46ª sessão ordinária, do 1º período legislativo, da 15ª legislatura.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -6676,67 +6794,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1644/pl_001-2025_-_sindicancia_e_pad.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1645/pl_002-2025_-_implantacao_e_funcionamento_dos_conselhos_escolares_nas_instituicoes_de_ensino_e_instituicao_do_forum_dos_conselhos_escolares.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1646/pl_003-2025_-_alteracao_resolucao_aris_-_ratificacao.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1647/pl_004-2025_-_alteracao_protocolo_de_intencoes_cigamvali_-_ratificacao.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1648/pl_005-2025_-_lei_adiantamento_e_despesas_de_pequeno_vulto.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1649/pl_006-2025_-_altera_lei_acts.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1650/pl_007-2025_-_convenio_bombeiros_militares.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1714/pl_008-2025_-_denomina_praca.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1731/pl_009-2025_-_armamento_policia_civil.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1732/pl_010-2025_-_sim_schroeder.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1733/pl_011-2025_-_alteracao_lei_conselho_tutelar.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1734/pl_012-2025_-_convenio_guaramirim_aguas.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1742/pl_013-2025_-_abertura_de_credito_especial.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1743/pl_014-2025_-_abertura_de_credito_suplementar.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1767/pl_015-2025_-_abertura_de_credito_especial_e_suplementar.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1779/pl_016-2025_-_altera_lei_acts_-_em_substituicao.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1806/pl_017-2025_abertura_de_credito_especial.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1807/pl_018-2025_abertura_de_credito_suplementar.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1814/pl_019-2025_-_termo_de_fomento_-_radio_ssfm.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1815/pl_020-2025_-_abertura_de_credito_especial_-_radio_ssfm.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1833/pl_21-2025_-_altera_a_lei_1523_-_legislativo.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1834/pl_022-2025_-_prorrogacao_plano_municipal_de_educacao.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1835/pl_023-2025_abertura_de_credito_suplementar.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1839/pl_024-2025_-_lei_5g_-_revoga_lei_2719-2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1841/pl_025-2025_-_ppp.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1842/pl_026-2025_-_lei_inovacao.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1852/pl_27_-_ldo_2026.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1855/pl_28-2025_-_pedofilia_-_legislativo_-_scheila.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1872/pl_029-2025_abertura_de_credito_especial.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1873/pl_030-2025_abertura_de_credito_especial.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1874/pl_31_-_abertura_de_credito_camara.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1875/pl_032-2025_-_concurso_jardins.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1876/pl_033-2025_-_decoracao_natalina.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1877/pl_34-2025_-_dia_da_educacao_legislativa_-_legislativo_-_ana.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1878/pl_35-2025_-_utilidade_publica_-_legislativo_-_scheila.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1903/pl_036-2025_-_contribuicao_apae_-_prorrogacao.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1909/pl_037-2025_abertura_de_credito_suplementar_apae.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1910/pl_038-2025_-_regulamenta_limite_de_rpv.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1911/pl_039-2025_-_ppa_2026-2029.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1917/pl_040-2025_-_termo_de_fomento_-_sociedade_bracinho.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1918/pl_041-2025_-_programa_de_pavimentacao_comunitaria.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1919/pl_042-2025_-_comissao_permanente_de_sindicancia_e_pad.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1920/pl_002-2025_-_substitutivo_-_regulariza_schroeder_-_versao_final.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1939/pl_044_-_2025_abertura_de_credito_suplementar.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1958/pl_45-2025_-_dia_do_agricultor_-_kauana.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1959/pl_046-2025_-_abertura_de_credito_suplementar.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1960/pl_047-2025_-_materiais_bombeiros_militares.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1961/pl_048-2025_-_altera_lei_da_auc_-_area_urbana_consolidada.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1962/pl_49-2025_-_revogacao_de_leis_-_adriano.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1978/pl_050-2025_-_incentivo_adicional_fundo_municipal_da_saude.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1979/pl_051-2025-_doacao_veiculo_policia_civil.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1990/pl_052-2025_-_abertura_de_credito_suplementar.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1996/pl_53-2025_-_revogacao_de_leis_-_adriano_-_reapresentacao.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2010/pl_054-2025_-_abertura_de_credito_especial.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2011/pl_055-2025_-_abertura_de_credito_suplementar.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2012/pl_056-2025_-_alteracao_lei_guincho_e_deposito.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2013/pl_057-2025_-_alteracao_lei_2710-2024.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2014/pl_058-2025_-_desafeta_area_verde.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2036/pl_059-2025_-_abertura_de_credito_especial.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2038/pl_060-2025_-_abertura_de_credito_suplementar.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2054/pl_061-2025_-_abertura_de_credito_suplementar.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2055/pl_062-2025_-_altera_lei_2.813-25.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2056/pl_063-2025_-_sim_schroeder_-_revisado_cigamvali.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2057/pl_064-2025_-_permuta_terreno_avenida_01.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2058/pl_065-2025_-_contribuicao_apae.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2059/pl_066-2025_-_alteracao_cisnordeste.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2064/pl_067-2025_-_altera_leis_2791_e_2792.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2066/pl_069-2025_-_ldo_2026_retificada.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2067/pl_070-2025_-_loa_2026.doc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2076/pl_071-2025_-_tratamento_diferenciado_ambito_amvali_-_licitacoes_003.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2077/pl_072-2025_-_abertura_de_credito_suplementar_003.doc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2086/pl_73-2025_-_abril_azul_-_legislativo_-_ana.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2101/pl_074-2025_-_alteracao_lei_2773-2025.doc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2102/pl_075-2025_-_abertura_de_credito_suplementar_fundeb.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2114/pl_076-2025_-_permuta_e_desapropriacao_terreno_escola.doc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2115/pl_077-2025_-_operacao_de_credito_estrada_boa_rural.doc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2116/pl_078-2025_-_abertura_de_credito_suplementar.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2126/pl_079-2025_-_abertura_de_credito_especial_samu.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2127/pl_80-2025_-_credito_suplementar_-_assistencia_social.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2128/098_-_pl_081-2025_-_contribuicao_apae_jaragua.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2129/pl_082-2025_-_declaracao_municipal_de_direitos_de_liberdade_economica.doc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2130/pl_083-2025_-_cisnordeste_consolidacao_das_legislacoes.doc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2147/pl_084-2025_-_abertura_de_credito_especial_complemento_apae.doc" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2148/pl_085-2025_-_convenio_cimvi.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2149/pl_086-2025_-_associacao_hospitalar_sao_jose.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2150/pl_087-2025_-_convenio_ciee.doc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2151/pl_088-2025_-_convenio_bombeiros_voluntarios.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2170/096_-_pl_079-2025_-_gratificacao_natalina.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2171/pl_090-2025_-_contribuicao_apae_schroeder.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2172/pl_091-2025_-_contribuicao_apae_jaragua.doc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2173/pl_092-2025_-_contribuicao_apae_jaragua_-_avaliacoes_diagnosticas.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2174/pl_093-2025_-_torneio_de_verao_2026.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2183/pl_094-2025_-_gratificacao_natalina_legislativo.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2184/pl_095-2025_-_selo_empresa_amiga_da_mulher_-_legislativo_-_scheila.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2216/pl_096-2025_-_premiacoes_de_eventos_2026.doc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1651/plc_001-2025_-_altera_lcm_178-2015.doc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1652/plc_002-2025_-_agentes_comunitarios.doc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1713/plc_003-2025_-_altera_a_lc_090_-_legislativo.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1735/plc_004-2025_-_alteracao_estrutura_poder_executivo.doc" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1778/plc_005-2025_-_altera_lei_geral_de_cargos.doc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1836/plc_006-2025_-_lei_5g_-_revoga_lei_2719-2024.doc" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1837/plc_007-2025_-_ppp.doc" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1838/plc_008-2025_-_lei_inovacao.doc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1845/plc_009-2025_-_piso_magisterio.doc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1846/plc_010-2025_-_revisao_geral_anual.doc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1977/plc_011-2025_-_altera_lei_04-1998_e_60-2008.doc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2053/plc_012-2025_-_altera_lei_cargos_educacao.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2100/077_-_plc_013-2025_-_altera_pnma_e_plano_diretor.doc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2117/plc_014-2025_-_altera_pnma.doc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2118/plc_015-2025_-_altera_plano_diretor.doc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2119/plc_016-2025_-_ufm_2026.doc" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2131/084_-_plc_015-2025_-_altera_lei_04-1998.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2132/plc_018-2025_-_altera_a_lc_66-2008_-_iptu.doc" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1751/pl_001-2025_-_substitutivo_-_implantacao_e_funcionamento_dos_conselhos_escolares_nas_instituicoes_de_ensino_e_instituicao_do_forum_dos_conselhos_escolares.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2008/plsub_2-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1799/projeto_de_resolucao_n._001-2025_-_sic.docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1896/projeto_de_resolucao_n._002-2025_-_lei_14129.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2137/resolucao_n._003-2025_-_comenda_francisco_ronchi.docx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2138/resolucao_n._004-2025_-_comenda_padaria_flohr.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2139/resolucao_n._005-2025_-_comenda_edison_jahn.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2140/resolucao_n._006-2025_-_comenda_pommer_haus.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2141/resolucao_n._007-2025_-_comenda_comunidade_nossa_senhora_das_gracas.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2142/resolucao_n._008-2025_-_comenda_com._dino_duve.docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2143/resolucao_n._009-2025_-_comenda_eeb_prof.a_elisa_claudio_de_aguiar.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2144/resolucao_n._010-2025_-_comenda_ingo_vogel.docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2145/resolucao_n._011-2025_-_comenda_comunidade_evangelica_luterana_cristo.docx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1716/01.2024_-_modificativa_-_pl_03-2024_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1746/02.2025_-_modificativa_-_pl_6-2025_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1747/03.2025_-_aditiva_-_pl_6-2025_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1748/04.2025_-_modificativa_-_pl_5-2025_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1749/05.2025_-_aditiva_-_pl_5-2025_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1750/06.2025_-_supressiva_-_pl_5-2025_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1752/07.2025_-_modificativa_-_pl_12-2025_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1783/08.2025_-_supressiva_-_pl_13-2025_-_comissao_de_financas.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1784/09.2025_-_modificativa_-_pl_13-2025_-_comissao_de_financas.docx" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1785/10.2025_-_supressiva_-_pl_14-2025_-_comissao_de_financas.docx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1786/11.2025_-_modificativa_-_pl_14-2025_-_comissao_de_financas_e_orcamento.docx" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1787/12.2025_-_aditiva_-_pl_14-2025_-_comissao_de_financas.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1788/13.2025_-_modificativa_-_pl_15-2025_-_comissao_de_financas.docx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1789/14.2025_-_modificativa_-_pl_5-2025_-_comissao_de_financas.docx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1790/15.2025_-_aditiva_-_pl_5-2025_-_comissao_de_financas.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1808/16.2025_-_modificativa_-_plc_4-2025_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1809/17.2025_-_modificativa_-_pl_10-2025_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1818/18.2025_-_supressiva_-_pl_18-2025_-_comissao_de_financas.docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1819/19.2025_-_modificativa_-_pl_18-2025_-_comissao_de_financas.docx" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1848/20.2025_-_modificativa_-_pl_11-2025_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1849/21.2025_-_modificativa_-_plc_10-2025_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1853/22.2025_-_aditiva_-_plc_10-2025_-_comissao_de_financas.docx" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1854/23.2025_-_modificativa_-_plc_10-2025_-_comissao_de_financas.docx" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1862/24.2025_-_modificativa_-_pl_24-2025_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1863/25.2025_-_aditiva_-_pl_24-2025_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1888/26.2025_-_modificativa_-_pl_19-2025_-_comissao_de_financas.docx" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1889/27.2025_-_aditiva_-_pl_19-2025_-_comissao_de_financas.docx" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1897/28.2025_-_modificativa_-_pl_32-2025_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1898/29.2025_-_aditiva_-_pl_32-2025_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1899/30.2025_-_supressiva_-_pl_32-2025_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1900/31.2025_-_modificativa_-_pl_33-2025_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1901/32.2025_-_aditiva_-_pl_33-2025_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1902/33.2025_-_supressiva_-_pl_33-2025_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1905/34.2025_-_aditiva_-_pl_27-2025_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1906/35.2025_-_supressiva_-_pl_27-2025_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1907/36.2025_-_modificativa_-_pl_27-2025_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1924/37.2025_-_modificativa_-_pl_38-2025_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1925/38.2025_-_aditiva_-_pl_40-2025_-_comissao_de_financas.docx" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1940/39.2025_-_aditiva_-_pl_27-2025_-_comissao_de_merito.docx" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1941/40.2025_-_modificativa_-_pl_27-2025_-_comissao_de_merito.docx" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1969/41.2025_-_modificativa_-_pl_41-2025_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1970/42.2025_-_aditiva_-_pl_41-2025_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1980/43.2025_-_modificativa_-_pl_25-2025_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1981/44.2025_-_aditiva_-_pl_25-2025_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1982/45.2025_-_modificativa_-_plc_11-2025_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1997/46.2025_-_aditiva_-_pl_27-2025_-_comissao_de_financas.docx" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1998/47.2025_-_modificativa_-_pl_27-2025_-_comissao_de_financas.docx" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2009/48.2025_-_modificativa_-_pl_25-2025_-_comissao_de_merito.docx" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2029/49.2025_-_modificativa_-_pl_26-2025_-_comissao_de_financas.docx" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2045/50.2025_-_aditiva_-_pl_56-2025_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2046/51.2025_-_modificativa_-_pl_25-2025_-_comissao_de_financas.docx" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2085/52.2025_-_aditiva_-_pl_66-2025_-_comissao_de_financas.docx" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2120/53.2025_-_modificativa_-_pl_74-2025_-_comissao_de_financas.docx" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2146/54.2025_-_aditiva_-_pl_71-2025_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2152/55.2025_-_modificativa_-_plc_14-2025_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2153/56.2025_-_aditiva_-_plc_14-2025_-_comissao_de_merito.docx" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2176/57.2025_-_modificativa_-_pl_71-2025_-_comissao_de_financas.docx" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2187/58.2025_-_modificativa_-_pl_88-2025_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2188/59.2025_-_modificativa_-_pl_90-2025_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2189/60.2025_-_modificativa_-_pl_91-2025_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2190/61.2025_-_modificativa_-_pl_70-2025_-_comissao_de_financas.docx" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2191/62.2025_-_modificativa_-_pl_85-2025_-_comissao_de_merito.docx" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2192/63.2025_-_supressiva_-_pl_85-2025_-_comissao_de_merito.docx" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2198/64.2025_-_supressiva_-_pl_82-2025_-_comissao_de_financas.docx" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2199/65.2025_-_modificativa_-_pl_82-2025_-_comissao_de_financas.docx" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1653/ind_01-25.docx" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1654/ind_02-25.docx" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1655/ind_03-25.docx" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1656/ind_04-25.docx" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1657/ind_05-25.docx" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1658/ind_06-25.docx" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1659/ind_07-25.docx" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1660/ind_08-25.docx" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1661/ind_09-25.docx" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1662/ind_10-25.docx" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1663/ind_11-25.docx" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1664/ind_12-25.docx" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1665/ind_13-25.docx" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1666/ind_14-25.docx" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1667/ind_15-25.docx" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1668/ind_16-25.docx" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1669/ind_17-25.docx" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1670/ind_18-25.docx" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1671/ind_19-25.docx" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1672/ind_20-25.docx" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1673/ind_21-25.docx" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1674/ind_22-25.docx" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1677/ind_23-25.docx" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1678/ind_24-25.docx" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1679/ind_25-25.docx" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1680/ind_26-25.docx" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1681/ind_27-25.docx" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1682/ind_28-25.docx" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1683/ind_29-25.docx" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1684/ind_30-25.docx" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1685/ind_31-25.docx" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1686/ind_32-25.docx" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1687/ind_33-25.docx" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1688/ind_34-25.docx" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1689/ind_35-25.docx" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1690/ind_36-25.docx" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1691/ind_37-25.docx" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1692/ind_38-25.docx" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1693/ind_39-25.docx" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1694/ind_40-25.docx" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1695/ind_41-25.docx" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1696/ind_42-25.docx" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1697/ind_43-25.docx" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1698/ind_44-25.docx" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1699/ind_45-25.docx" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1700/ind_46-25.docx" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1701/ind_47-25.docx" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1704/ind_48-25.docx" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1705/ind_49-25.docx" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1706/ind_50-25.docx" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1707/ind_51-25.docx" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1708/ind_52-25.docx" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1709/ind_53-25.docx" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1710/ind_54-25.docx" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1711/ind_55-25.docx" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1717/ind_56-25.docx" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1718/ind_57-25.docx" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1719/ind_58-25.docx" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1720/ind_59-25.docx" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1721/ind_60-25.docx" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1722/ind_61-25.docx" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1723/ind_62-25.docx" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1724/ind_63-25.docx" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1725/ind_64-25.docx" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1726/ind_65-25.docx" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1727/ind_66-25.docx" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1728/ind_67-25.docx" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1729/ind_68-25.docx" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1730/ind_69-25.docx" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1736/ind_70-25.docx" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1737/ind_71-25.docx" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1738/ind_72-25.docx" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1739/ind_73-25.docx" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1740/ind_74-25.docx" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1741/ind_75-25.docx" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1754/ind_77-25.docx" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1755/ind_78-25.docx" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1756/ind_79-25.docx" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1757/ind_80-25.docx" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1758/ind_81-25.docx" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1759/ind_82-25.docx" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1760/ind_83-25.docx" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1761/ind_84-25.docx" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1762/ind_85-25.docx" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1763/ind_86-25.docx" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1764/ind_87-25.docx" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1765/ind_88-25.docx" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1766/ind_89-25.docx" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1771/ind_90-25.docx" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1772/ind_91-25.docx" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1774/ind_93-25.docx" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1775/ind_94-25.docx" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1776/ind_95-25.docx" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1777/ind_96-25.docx" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1791/ind_98-25.docx" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1792/ind_98-25.docx" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1793/ind_99-25.docx" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1794/ind_100-25.docx" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1795/ind_101-25.docx" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1796/ind_102-25.docx" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1797/ind_103-25.docx" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1798/ind_104-25.docx" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1800/ind_105-25.docx" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1801/ind_106-25.docx" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1802/ind_107-25.docx" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1803/ind_108-25.docx" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1804/ind_109-25.docx" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1805/ind_110-25.docx" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1810/ind_111-25.docx" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1811/ind_112-25.docx" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1812/ind_113-25.docx" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1813/ind_114-25.docx" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1820/ind_115-25.docx" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1821/ind_116-25.docx" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1822/ind_117-25.docx" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1823/ind_118-25.docx" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1824/ind_119-25.docx" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1825/ind_120-25.docx" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1826/ind_121-25.docx" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1827/ind_122-25.docx" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1828/ind_123-25.docx" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1829/ind_124-25.docx" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1830/ind_125-25.docx" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1831/ind_126-25.docx" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1832/ind_127-25.docx" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1843/ind_128-25.docx" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1844/ind_129-25.docx" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1856/ind_130-25.docx" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1857/ind_131-25.docx" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1858/ind_132-25.docx" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1859/ind_133-25.docx" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1860/ind_134-25.docx" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1861/ind_135-25.docx" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1867/ind_137-25.docx" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1868/ind_138-25.docx" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1869/ind_139-25.docx" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1870/ind_140-25.docx" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1871/ind_141-25.docx" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1879/ind_142-25.docx" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1880/ind_143-25.docx" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1881/ind_144-25.docx" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1882/ind_145-25.docx" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1883/ind_146-25.docx" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1884/ind_147-25.docx" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1885/ind_148-25.docx" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1886/ind_149-25.docx" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1890/ind_150-25.docx" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1891/ind_151-25.docx" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1892/ind_152-25.docx" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1893/ind_153-25.docx" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1894/ind_154-25.docx" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1895/ind_155-25.docx" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1904/ind_156-25.docx" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1908/ind_157-25.docx" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1912/ind_158-25.docx" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1913/ind_159-25.docx" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1921/ind_163-25.docx" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1922/ind_164-25.docx" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1923/ind_165-25.docx" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1926/ind_166-25.docx" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1927/ind_167-25.docx" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1928/ind_168-25.docx" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1929/ind_169-25.docx" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1930/ind_170-25.docx" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1931/ind_171-25.docx" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1932/ind_172-25.docx" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1943/ind_174-25.docx" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1944/ind_175-25.docx" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1945/ind_176-25.docx" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1946/ind_177-25.docx" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1947/ind_178-25.docx" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1948/ind_179-25.docx" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1949/ind_180-25.docx" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1950/ind_181-25.docx" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1951/ind_182-25.docx" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1952/ind_183-25.docx" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1953/ind_184-25.docx" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1954/ind_185-25.docx" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1955/ind_186-25.docx" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1956/ind_187-25.docx" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1957/ind_188-25.docx" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1963/ind_189-25.docx" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1966/ind_191-25.docx" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1967/ind_192-25.docx" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1968/ind_193-25.docx" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1973/ind_196-25.docx" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1974/ind_197-25.docx" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1975/ind_198-25.docx" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1976/ind_199-25.docx" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1985/ind_200-25.docx" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1986/ind_201-25.docx" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1987/ind_202-25.docx" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1989/ind_204-25.docx" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1999/ind_205-25.docx" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2001/ind_206-25.docx" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2002/ind_207-25.docx" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2003/ind_208-25.docx" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2004/ind_209-25.docx" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2005/ind_210-25.docx" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2006/ind_211-25.docx" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2007/ind_212-25.docx" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2015/ind_213-25.docx" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2016/ind_214-25.docx" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2017/ind_215-25.docx" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2018/ind_216-25.docx" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2019/ind_217-25.docx" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2020/ind_218-25.docx" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2021/ind_219-25.docx" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2022/ind_220-25.docx" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2024/ind_222-25.docx" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2025/ind_223-25.docx" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2026/ind_224-25.docx" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2027/ind_225-25.docx" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2037/ind_226-25.docx" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2040/ind_228-25.docx" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2041/ind_229-25.docx" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2042/ind_230-25.docx" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2043/ind_231-25.docx" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2044/ind_232-25.docx" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2048/ind_234-25.docx" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2049/ind_235-25.docx" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2050/ind_236-25.docx" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2060/ind_237-25.docx" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2061/ind_238-25.docx" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2062/ind_239-25.docx" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2068/ind_240-25.docx" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2069/ind_241-25.docx" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2070/ind_242-25.docx" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2074/ind_243-25.docx" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2078/ind_244-25.docx" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2079/ind_245-25.docx" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2080/ind_246-25.docx" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2081/ind_247-25.docx" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2082/ind_248-25.docx" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2083/ind_249-25.docx" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2087/ind_251-25.docx" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2088/ind_252-25.docx" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2089/ind_253-25.docx" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2091/ind_255-25.docx" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2092/ind_256-25.docx" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2093/ind_257-25.docx" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2094/ind_258-25.docx" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2095/ind_259-25.docx" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2096/ind_260-25.docx" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2097/ind_261-25.docx" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2098/ind_262-25.docx" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2104/ind_263-25.docx" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2106/ind_264-25.docx" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2107/ind_265-25.docx" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2108/ind_266-25.docx" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2109/ind_267-25.docx" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2110/ind_268-25.docx" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2111/ind_269-25.docx" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2112/ind_270-25.docx" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2113/ind_271-25.docx" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2121/ind_272-25.docx" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2122/ind_273-25.docx" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2124/ind_275-25.docx" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2125/ind_276-25.docx" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2155/ind_277-25.docx" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2156/ind_278-25.docx" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2158/ind_280-25.docx" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2159/ind_281-25.docx" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2160/ind_282-25.docx" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2161/ind_283-25.docx" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2162/ind_284-25.docx" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2163/ind_285-25.docx" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2164/ind_286-25.docx" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2166/ind_287-25.docx" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2167/ind_288-25.docx" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2168/ind_289-25.docx" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2169/ind_290-25.docx" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2178/ind_292-25.docx" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2179/ind_293-25.docx" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2180/ind_294-25.docx" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2181/ind_295-25.docx" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2193/ind_296-25.docx" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2194/ind_297-25.docx" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1964/mocao_01.docx" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1983/mocao_02.docx" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1984/mocao_03.docx" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2000/mocao_04.docx" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2028/mocao_05.docx" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2051/mocao_06.docx" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2063/mocao_07.docx" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2071/mocao_08.docx" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2072/mocao_09.docx" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2099/mocao_10.docx" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2103/mocao_11.docx" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2105/mocao_12.docx" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2133/mocao_13.docx" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2186/mocao_14.docx" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2217/mocao_15.docx" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1675/001_-pedido_de_informacoes_ver._adriano_-_superavit.docx" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1676/002_-pedido_de_informacoes_ver._marcos_-_larvicida_borrachudo.docx" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1768/003_-pedido_de_informacoes_ver._ana_-_ruas.docx" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1769/004_-pedido_de_informacoes_ver._marcos_-_rua_luan_carlos_pommerening.docx" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1770/005_-pedido_de_informacoes_ver._marcos_-_rua_goias_e_bahia.docx" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1847/006_-pedido_de_informacoes_ver._marcos_-_testes_dengue.docx" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1887/007_-pedido_de_informacoes_ver._marcos_-_bolsa_atleta.docx" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2052/008_-pedido_de_informacoes_ver._marcos_-_horas_atividade.docx" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2073/009_-pedido_de_informacoes_ver._muka_-_medico_psiquiatra.docx" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2075/010_-pedido_de_informacoes_ver._ana_-_parques.docx" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2135/012_-pedido_de_informacoes_ver._scheila_-__calcadas_schroeder_1.docx" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2136/013_-pedido_de_informacoes_ver._scheila_-__cobertura_cristiane_ines_zerbin.docx" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2196/016_-pedido_de_informacoes_ver._marcos_-_transporte_escolar.docx" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2197/017_-pedido_de_informacoes_ver._marcos_e_muka_-_coleta_seletiva.docx" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2165/005_-_requerimento_-_retira_de_pauta_-_adriano.docx" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1702/ata_2497_-_posse_digitalizada.pdf" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1703/ata_2498.docx" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1744/ata_2499.docx" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1745/ata_2500.docx" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1780/ata_2501.docx" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1781/ata_2502.docx" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1782/ata_2503.docx" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1816/ata_2504.docx" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1817/ata_2505.docx" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1850/ata_2506.docx" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1851/ata_2507.docx" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1864/ata_2508.docx" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1865/ata_2509.docx" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1933/ata_2510.docx" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1934/ata_2511_1.docx" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1935/ata_2512.docx" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1936/ata_2513.docx" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1937/ata_2514.docx" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1938/ata_2515.docx" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1991/ata_2516.docx" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1992/ata_2517.docx" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1993/ata_2518.docx" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1995/ata_2520.docx" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2030/ata_2521.docx" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2031/ata_2522.docx" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2032/ata_2523.docx" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2033/ata_2524_-_extra.docx" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2034/ata_2525.docx" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2035/ata_2526.docx" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2200/ata_2527.docx" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2201/ata_2528.docx" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2202/ata_2529_-_extra.docx" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2203/ata_2530.docx" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2204/ata_2531.docx" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2205/ata_2532.docx" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2206/ata_2533.docx" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2207/ata_2534.docx" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2208/ata_2535.docx" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2209/ata_2536.docx" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2210/ata_2537.docx" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2211/ata_2538.docx" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2212/ata_2539.docx" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2213/ata_2540.docx" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2214/ata_2541.docx" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2215/ata_2542.docx" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1644/pl_001-2025_-_sindicancia_e_pad.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1645/pl_002-2025_-_implantacao_e_funcionamento_dos_conselhos_escolares_nas_instituicoes_de_ensino_e_instituicao_do_forum_dos_conselhos_escolares.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1646/pl_003-2025_-_alteracao_resolucao_aris_-_ratificacao.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1647/pl_004-2025_-_alteracao_protocolo_de_intencoes_cigamvali_-_ratificacao.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1648/pl_005-2025_-_lei_adiantamento_e_despesas_de_pequeno_vulto.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1649/pl_006-2025_-_altera_lei_acts.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1650/pl_007-2025_-_convenio_bombeiros_militares.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1714/pl_008-2025_-_denomina_praca.docx" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1731/pl_009-2025_-_armamento_policia_civil.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1732/pl_010-2025_-_sim_schroeder.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1733/pl_011-2025_-_alteracao_lei_conselho_tutelar.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1734/pl_012-2025_-_convenio_guaramirim_aguas.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1742/pl_013-2025_-_abertura_de_credito_especial.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1743/pl_014-2025_-_abertura_de_credito_suplementar.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1767/pl_015-2025_-_abertura_de_credito_especial_e_suplementar.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1779/pl_016-2025_-_altera_lei_acts_-_em_substituicao.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1806/pl_017-2025_abertura_de_credito_especial.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1807/pl_018-2025_abertura_de_credito_suplementar.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1814/pl_019-2025_-_termo_de_fomento_-_radio_ssfm.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1815/pl_020-2025_-_abertura_de_credito_especial_-_radio_ssfm.doc" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1833/pl_21-2025_-_altera_a_lei_1523_-_legislativo.docx" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1834/pl_022-2025_-_prorrogacao_plano_municipal_de_educacao.doc" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1835/pl_023-2025_abertura_de_credito_suplementar.doc" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1839/pl_024-2025_-_lei_5g_-_revoga_lei_2719-2024.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1841/pl_025-2025_-_ppp.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1842/pl_026-2025_-_lei_inovacao.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1852/pl_27_-_ldo_2026.doc" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1855/pl_28-2025_-_pedofilia_-_legislativo_-_scheila.docx" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1872/pl_029-2025_abertura_de_credito_especial.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1873/pl_030-2025_abertura_de_credito_especial.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1874/pl_31_-_abertura_de_credito_camara.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1875/pl_032-2025_-_concurso_jardins.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1876/pl_033-2025_-_decoracao_natalina.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1877/pl_34-2025_-_dia_da_educacao_legislativa_-_legislativo_-_ana.docx" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1878/pl_35-2025_-_utilidade_publica_-_legislativo_-_scheila.docx" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1903/pl_036-2025_-_contribuicao_apae_-_prorrogacao.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1909/pl_037-2025_abertura_de_credito_suplementar_apae.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1910/pl_038-2025_-_regulamenta_limite_de_rpv.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1911/pl_039-2025_-_ppa_2026-2029.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1917/pl_040-2025_-_termo_de_fomento_-_sociedade_bracinho.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1918/pl_041-2025_-_programa_de_pavimentacao_comunitaria.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1919/pl_042-2025_-_comissao_permanente_de_sindicancia_e_pad.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1920/pl_002-2025_-_substitutivo_-_regulariza_schroeder_-_versao_final.docx" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1939/pl_044_-_2025_abertura_de_credito_suplementar.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1958/pl_45-2025_-_dia_do_agricultor_-_kauana.docx" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1959/pl_046-2025_-_abertura_de_credito_suplementar.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1960/pl_047-2025_-_materiais_bombeiros_militares.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1961/pl_048-2025_-_altera_lei_da_auc_-_area_urbana_consolidada.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1962/pl_49-2025_-_revogacao_de_leis_-_adriano.docx" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1978/pl_050-2025_-_incentivo_adicional_fundo_municipal_da_saude.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1979/pl_051-2025-_doacao_veiculo_policia_civil.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1990/pl_052-2025_-_abertura_de_credito_suplementar.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1996/pl_53-2025_-_revogacao_de_leis_-_adriano_-_reapresentacao.docx" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2010/pl_054-2025_-_abertura_de_credito_especial.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2011/pl_055-2025_-_abertura_de_credito_suplementar.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2012/pl_056-2025_-_alteracao_lei_guincho_e_deposito.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2013/pl_057-2025_-_alteracao_lei_2710-2024.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2014/pl_058-2025_-_desafeta_area_verde.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2036/pl_059-2025_-_abertura_de_credito_especial.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2038/pl_060-2025_-_abertura_de_credito_suplementar.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2054/pl_061-2025_-_abertura_de_credito_suplementar.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2055/pl_062-2025_-_altera_lei_2.813-25.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2056/pl_063-2025_-_sim_schroeder_-_revisado_cigamvali.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2057/pl_064-2025_-_permuta_terreno_avenida_01.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2058/pl_065-2025_-_contribuicao_apae.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2059/pl_066-2025_-_alteracao_cisnordeste.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2064/pl_067-2025_-_altera_leis_2791_e_2792.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2066/pl_069-2025_-_ldo_2026_retificada.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2067/pl_070-2025_-_loa_2026.doc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2076/pl_071-2025_-_tratamento_diferenciado_ambito_amvali_-_licitacoes_003.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2077/pl_072-2025_-_abertura_de_credito_suplementar_003.doc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2086/pl_73-2025_-_abril_azul_-_legislativo_-_ana.docx" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2101/pl_074-2025_-_alteracao_lei_2773-2025.doc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2102/pl_075-2025_-_abertura_de_credito_suplementar_fundeb.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2114/079_-_pl_066-2025_-_permuta_e_desapropriacao_terreno_escola.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2115/pl_077-2025_-_operacao_de_credito_estrada_boa_rural.doc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2116/pl_078-2025_-_abertura_de_credito_suplementar.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2126/pl_079-2025_-_abertura_de_credito_especial_samu.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2127/pl_80-2025_-_credito_suplementar_-_assistencia_social.docx" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2128/pl_081-2025_-_altera_a_lei_1763-2009_-_codigo_sanitario.doc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2129/pl_082-2025_-_declaracao_municipal_de_direitos_de_liberdade_economica.doc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2130/pl_083-2025_-_cisnordeste_consolidacao_das_legislacoes.doc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2147/pl_084-2025_-_abertura_de_credito_especial_complemento_apae.doc" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2148/pl_085-2025_-_convenio_cimvi.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2149/pl_086-2025_-_associacao_hospitalar_sao_jose.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2150/pl_087-2025_-_convenio_ciee.doc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2151/pl_088-2025_-_convenio_bombeiros_voluntarios.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2170/096_-_pl_079-2025_-_gratificacao_natalina.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2171/pl_090-2025_-_contribuicao_apae_schroeder.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2172/pl_091-2025_-_contribuicao_apae_jaragua.doc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2173/pl_092-2025_-_contribuicao_apae_jaragua_-_avaliacoes_diagnosticas.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2174/pl_093-2025_-_torneio_de_verao_2026.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2183/pl_094-2025_-_gratificacao_natalina_legislativo.docx" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2184/pl_095-2025_-_selo_empresa_amiga_da_mulher_-_legislativo_-_scheila.docx" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2216/pl_096-2025_-_premiacoes_de_eventos_2026.doc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1651/plc_001-2025_-_altera_lcm_178-2015.doc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1652/plc_002-2025_-_agentes_comunitarios.doc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1713/plc_003-2025_-_altera_a_lc_090_-_legislativo.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1735/plc_004-2025_-_alteracao_estrutura_poder_executivo.doc" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1778/plc_005-2025_-_altera_lei_geral_de_cargos.doc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1836/plc_006-2025_-_lei_5g_-_revoga_lei_2719-2024.doc" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1837/plc_007-2025_-_ppp.doc" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1838/plc_008-2025_-_lei_inovacao.doc" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1845/plc_009-2025_-_piso_magisterio.doc" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1846/plc_010-2025_-_revisao_geral_anual.doc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1977/plc_011-2025_-_altera_lei_04-1998_e_60-2008.doc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2053/plc_012-2025_-_altera_lei_cargos_educacao.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2100/077_-_plc_013-2025_-_altera_pnma_e_plano_diretor.doc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2117/plc_014-2025_-_altera_pnma.doc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2118/plc_015-2025_-_altera_plano_diretor.doc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2119/plc_016-2025_-_ufm_2026.doc" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2131/084_-_plc_015-2025_-_altera_lei_04-1998.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2132/plc_018-2025_-_altera_a_lc_66-2008_-_iptu.doc" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2185/plc_019-2025_-_alteracao_estrutura_poder_executivo.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1751/pl_001-2025_-_substitutivo_-_implantacao_e_funcionamento_dos_conselhos_escolares_nas_instituicoes_de_ensino_e_instituicao_do_forum_dos_conselhos_escolares.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2008/plsub_2-2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1799/projeto_de_resolucao_n._001-2025_-_sic.docx" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1896/projeto_de_resolucao_n._002-2025_-_lei_14129.docx" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2137/resolucao_n._003-2025_-_comenda_francisco_ronchi.docx" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2138/resolucao_n._004-2025_-_comenda_padaria_flohr.docx" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2139/resolucao_n._005-2025_-_comenda_edison_jahn.docx" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2140/resolucao_n._006-2025_-_comenda_pommer_haus.docx" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2141/resolucao_n._007-2025_-_comenda_comunidade_nossa_senhora_das_gracas.docx" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2142/resolucao_n._008-2025_-_comenda_com._dino_duve.docx" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2143/resolucao_n._009-2025_-_comenda_eeb_prof.a_elisa_claudio_de_aguiar.docx" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2144/resolucao_n._010-2025_-_comenda_ingo_vogel.docx" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2145/resolucao_n._011-2025_-_comenda_comunidade_evangelica_luterana_cristo.docx" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1716/01.2024_-_modificativa_-_pl_03-2024_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1746/02.2025_-_modificativa_-_pl_6-2025_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1747/03.2025_-_aditiva_-_pl_6-2025_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1748/04.2025_-_modificativa_-_pl_5-2025_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1749/05.2025_-_aditiva_-_pl_5-2025_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1750/06.2025_-_supressiva_-_pl_5-2025_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1752/07.2025_-_modificativa_-_pl_12-2025_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1783/08.2025_-_supressiva_-_pl_13-2025_-_comissao_de_financas.docx" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1784/09.2025_-_modificativa_-_pl_13-2025_-_comissao_de_financas.docx" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1785/10.2025_-_supressiva_-_pl_14-2025_-_comissao_de_financas.docx" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1786/11.2025_-_modificativa_-_pl_14-2025_-_comissao_de_financas_e_orcamento.docx" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1787/12.2025_-_aditiva_-_pl_14-2025_-_comissao_de_financas.docx" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1788/13.2025_-_modificativa_-_pl_15-2025_-_comissao_de_financas.docx" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1789/14.2025_-_modificativa_-_pl_5-2025_-_comissao_de_financas.docx" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1790/15.2025_-_aditiva_-_pl_5-2025_-_comissao_de_financas.docx" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1808/16.2025_-_modificativa_-_plc_4-2025_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1809/17.2025_-_modificativa_-_pl_10-2025_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1818/18.2025_-_supressiva_-_pl_18-2025_-_comissao_de_financas.docx" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1819/19.2025_-_modificativa_-_pl_18-2025_-_comissao_de_financas.docx" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1848/20.2025_-_modificativa_-_pl_11-2025_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1849/21.2025_-_modificativa_-_plc_10-2025_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1853/22.2025_-_aditiva_-_plc_10-2025_-_comissao_de_financas.docx" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1854/23.2025_-_modificativa_-_plc_10-2025_-_comissao_de_financas.docx" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1862/24.2025_-_modificativa_-_pl_24-2025_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1863/25.2025_-_aditiva_-_pl_24-2025_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1888/26.2025_-_modificativa_-_pl_19-2025_-_comissao_de_financas.docx" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1889/27.2025_-_aditiva_-_pl_19-2025_-_comissao_de_financas.docx" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1897/28.2025_-_modificativa_-_pl_32-2025_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1898/29.2025_-_aditiva_-_pl_32-2025_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1899/30.2025_-_supressiva_-_pl_32-2025_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1900/31.2025_-_modificativa_-_pl_33-2025_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1901/32.2025_-_aditiva_-_pl_33-2025_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1902/33.2025_-_supressiva_-_pl_33-2025_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1905/34.2025_-_aditiva_-_pl_27-2025_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1906/35.2025_-_supressiva_-_pl_27-2025_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1907/36.2025_-_modificativa_-_pl_27-2025_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1924/37.2025_-_modificativa_-_pl_38-2025_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1925/38.2025_-_aditiva_-_pl_40-2025_-_comissao_de_financas.docx" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1940/39.2025_-_aditiva_-_pl_27-2025_-_comissao_de_merito.docx" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1941/40.2025_-_modificativa_-_pl_27-2025_-_comissao_de_merito.docx" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1969/41.2025_-_modificativa_-_pl_41-2025_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1970/42.2025_-_aditiva_-_pl_41-2025_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1980/43.2025_-_modificativa_-_pl_25-2025_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1981/44.2025_-_aditiva_-_pl_25-2025_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1982/45.2025_-_modificativa_-_plc_11-2025_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1997/46.2025_-_aditiva_-_pl_27-2025_-_comissao_de_financas.docx" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1998/47.2025_-_modificativa_-_pl_27-2025_-_comissao_de_financas.docx" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2009/48.2025_-_modificativa_-_pl_25-2025_-_comissao_de_merito.docx" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2029/49.2025_-_modificativa_-_pl_26-2025_-_comissao_de_financas.docx" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2045/50.2025_-_aditiva_-_pl_56-2025_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2046/51.2025_-_modificativa_-_pl_25-2025_-_comissao_de_financas.docx" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2085/52.2025_-_aditiva_-_pl_66-2025_-_comissao_de_financas.docx" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2120/53.2025_-_modificativa_-_pl_74-2025_-_comissao_de_financas.docx" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2146/54.2025_-_aditiva_-_pl_71-2025_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2152/55.2025_-_modificativa_-_plc_14-2025_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2153/56.2025_-_aditiva_-_plc_14-2025_-_comissao_de_merito.docx" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2176/57.2025_-_modificativa_-_pl_71-2025_-_comissao_de_financas.docx" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2187/58.2025_-_modificativa_-_pl_88-2025_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2188/59.2025_-_modificativa_-_pl_90-2025_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2189/60.2025_-_modificativa_-_pl_91-2025_-_comissao_de_legislacao.docx" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2190/61.2025_-_modificativa_-_pl_70-2025_-_comissao_de_financas.docx" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2191/62.2025_-_modificativa_-_pl_85-2025_-_comissao_de_merito.docx" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2192/63.2025_-_supressiva_-_pl_85-2025_-_comissao_de_merito.docx" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2198/64.2025_-_supressiva_-_pl_82-2025_-_comissao_de_financas.docx" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2199/65.2025_-_modificativa_-_pl_82-2025_-_comissao_de_financas.docx" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2218/66.2025_-_modificativa_-_pl_83-2025_-_comissao_de_financas.docx" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1653/ind_01-25.docx" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1654/ind_02-25.docx" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1655/ind_03-25.docx" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1656/ind_04-25.docx" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1657/ind_05-25.docx" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1658/ind_06-25.docx" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1659/ind_07-25.docx" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1660/ind_08-25.docx" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1661/ind_09-25.docx" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1662/ind_10-25.docx" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1663/ind_11-25.docx" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1664/ind_12-25.docx" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1665/ind_13-25.docx" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1666/ind_14-25.docx" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1667/ind_15-25.docx" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1668/ind_16-25.docx" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1669/ind_17-25.docx" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1670/ind_18-25.docx" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1671/ind_19-25.docx" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1672/ind_20-25.docx" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1673/ind_21-25.docx" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1674/ind_22-25.docx" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1677/ind_23-25.docx" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1678/ind_24-25.docx" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1679/ind_25-25.docx" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1680/ind_26-25.docx" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1681/ind_27-25.docx" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1682/ind_28-25.docx" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1683/ind_29-25.docx" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1684/ind_30-25.docx" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1685/ind_31-25.docx" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1686/ind_32-25.docx" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1687/ind_33-25.docx" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1688/ind_34-25.docx" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1689/ind_35-25.docx" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1690/ind_36-25.docx" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1691/ind_37-25.docx" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1692/ind_38-25.docx" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1693/ind_39-25.docx" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1694/ind_40-25.docx" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1695/ind_41-25.docx" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1696/ind_42-25.docx" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1697/ind_43-25.docx" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1698/ind_44-25.docx" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1699/ind_45-25.docx" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1700/ind_46-25.docx" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1701/ind_47-25.docx" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1704/ind_48-25.docx" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1705/ind_49-25.docx" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1706/ind_50-25.docx" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1707/ind_51-25.docx" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1708/ind_52-25.docx" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1709/ind_53-25.docx" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1710/ind_54-25.docx" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1711/ind_55-25.docx" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1717/ind_56-25.docx" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1718/ind_57-25.docx" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1719/ind_58-25.docx" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1720/ind_59-25.docx" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1721/ind_60-25.docx" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1722/ind_61-25.docx" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1723/ind_62-25.docx" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1724/ind_63-25.docx" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1725/ind_64-25.docx" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1726/ind_65-25.docx" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1727/ind_66-25.docx" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1728/ind_67-25.docx" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1729/ind_68-25.docx" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1730/ind_69-25.docx" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1736/ind_70-25.docx" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1737/ind_71-25.docx" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1738/ind_72-25.docx" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1739/ind_73-25.docx" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1740/ind_74-25.docx" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1741/ind_75-25.docx" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1754/ind_77-25.docx" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1755/ind_78-25.docx" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1756/ind_79-25.docx" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1757/ind_80-25.docx" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1758/ind_81-25.docx" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1759/ind_82-25.docx" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1760/ind_83-25.docx" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1761/ind_84-25.docx" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1762/ind_85-25.docx" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1763/ind_86-25.docx" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1764/ind_87-25.docx" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1765/ind_88-25.docx" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1766/ind_89-25.docx" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1771/ind_90-25.docx" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1772/ind_91-25.docx" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1774/ind_93-25.docx" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1775/ind_94-25.docx" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1776/ind_95-25.docx" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1777/ind_96-25.docx" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1791/ind_98-25.docx" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1792/ind_98-25.docx" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1793/ind_99-25.docx" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1794/ind_100-25.docx" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1795/ind_101-25.docx" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1796/ind_102-25.docx" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1797/ind_103-25.docx" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1798/ind_104-25.docx" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1800/ind_105-25.docx" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1801/ind_106-25.docx" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1802/ind_107-25.docx" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1803/ind_108-25.docx" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1804/ind_109-25.docx" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1805/ind_110-25.docx" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1810/ind_111-25.docx" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1811/ind_112-25.docx" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1812/ind_113-25.docx" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1813/ind_114-25.docx" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1820/ind_115-25.docx" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1821/ind_116-25.docx" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1822/ind_117-25.docx" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1823/ind_118-25.docx" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1824/ind_119-25.docx" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1825/ind_120-25.docx" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1826/ind_121-25.docx" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1827/ind_122-25.docx" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1828/ind_123-25.docx" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1829/ind_124-25.docx" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1830/ind_125-25.docx" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1831/ind_126-25.docx" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1832/ind_127-25.docx" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1843/ind_128-25.docx" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1844/ind_129-25.docx" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1856/ind_130-25.docx" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1857/ind_131-25.docx" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1858/ind_132-25.docx" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1859/ind_133-25.docx" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1860/ind_134-25.docx" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1861/ind_135-25.docx" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1867/ind_137-25.docx" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1868/ind_138-25.docx" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1869/ind_139-25.docx" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1870/ind_140-25.docx" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1871/ind_141-25.docx" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1879/ind_142-25.docx" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1880/ind_143-25.docx" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1881/ind_144-25.docx" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1882/ind_145-25.docx" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1883/ind_146-25.docx" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1884/ind_147-25.docx" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1885/ind_148-25.docx" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1886/ind_149-25.docx" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1890/ind_150-25.docx" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1891/ind_151-25.docx" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1892/ind_152-25.docx" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1893/ind_153-25.docx" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1894/ind_154-25.docx" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1895/ind_155-25.docx" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1904/ind_156-25.docx" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1908/ind_157-25.docx" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1912/ind_158-25.docx" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1913/ind_159-25.docx" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1921/ind_163-25.docx" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1922/ind_164-25.docx" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1923/ind_165-25.docx" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1926/ind_166-25.docx" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1927/ind_167-25.docx" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1928/ind_168-25.docx" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1929/ind_169-25.docx" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1930/ind_170-25.docx" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1931/ind_171-25.docx" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1932/ind_172-25.docx" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1943/ind_174-25.docx" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1944/ind_175-25.docx" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1945/ind_176-25.docx" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1946/ind_177-25.docx" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1947/ind_178-25.docx" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1948/ind_179-25.docx" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1949/ind_180-25.docx" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1950/ind_181-25.docx" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1951/ind_182-25.docx" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1952/ind_183-25.docx" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1953/ind_184-25.docx" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1954/ind_185-25.docx" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1955/ind_186-25.docx" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1956/ind_187-25.docx" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1957/ind_188-25.docx" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1963/ind_189-25.docx" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1966/ind_191-25.docx" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1967/ind_192-25.docx" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1968/ind_193-25.docx" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1973/ind_196-25.docx" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1974/ind_197-25.docx" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1975/ind_198-25.docx" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1976/ind_199-25.docx" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1985/ind_200-25.docx" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1986/ind_201-25.docx" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1987/ind_202-25.docx" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1989/ind_204-25.docx" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1999/ind_205-25.docx" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2001/ind_206-25.docx" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2002/ind_207-25.docx" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2003/ind_208-25.docx" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2004/ind_209-25.docx" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2005/ind_210-25.docx" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2006/ind_211-25.docx" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2007/ind_212-25.docx" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2015/ind_213-25.docx" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2016/ind_214-25.docx" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2017/ind_215-25.docx" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2018/ind_216-25.docx" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2019/ind_217-25.docx" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2020/ind_218-25.docx" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2021/ind_219-25.docx" TargetMode="External"/><Relationship Id="rId414" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2022/ind_220-25.docx" TargetMode="External"/><Relationship Id="rId415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2024/ind_222-25.docx" TargetMode="External"/><Relationship Id="rId417" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2025/ind_223-25.docx" TargetMode="External"/><Relationship Id="rId418" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2026/ind_224-25.docx" TargetMode="External"/><Relationship Id="rId419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2027/ind_225-25.docx" TargetMode="External"/><Relationship Id="rId420" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2037/ind_226-25.docx" TargetMode="External"/><Relationship Id="rId421" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId422" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2040/ind_228-25.docx" TargetMode="External"/><Relationship Id="rId423" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2041/ind_229-25.docx" TargetMode="External"/><Relationship Id="rId424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2042/ind_230-25.docx" TargetMode="External"/><Relationship Id="rId425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2043/ind_231-25.docx" TargetMode="External"/><Relationship Id="rId426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2044/ind_232-25.docx" TargetMode="External"/><Relationship Id="rId427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2048/ind_234-25.docx" TargetMode="External"/><Relationship Id="rId429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2049/ind_235-25.docx" TargetMode="External"/><Relationship Id="rId430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2050/ind_236-25.docx" TargetMode="External"/><Relationship Id="rId431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2060/ind_237-25.docx" TargetMode="External"/><Relationship Id="rId432" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2061/ind_238-25.docx" TargetMode="External"/><Relationship Id="rId433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2062/ind_239-25.docx" TargetMode="External"/><Relationship Id="rId434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2068/ind_240-25.docx" TargetMode="External"/><Relationship Id="rId435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2069/ind_241-25.docx" TargetMode="External"/><Relationship Id="rId436" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2070/ind_242-25.docx" TargetMode="External"/><Relationship Id="rId437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2074/ind_243-25.docx" TargetMode="External"/><Relationship Id="rId438" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2078/ind_244-25.docx" TargetMode="External"/><Relationship Id="rId439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2079/ind_245-25.docx" TargetMode="External"/><Relationship Id="rId440" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2080/ind_246-25.docx" TargetMode="External"/><Relationship Id="rId441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2081/ind_247-25.docx" TargetMode="External"/><Relationship Id="rId442" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2082/ind_248-25.docx" TargetMode="External"/><Relationship Id="rId443" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2083/ind_249-25.docx" TargetMode="External"/><Relationship Id="rId444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2087/ind_251-25.docx" TargetMode="External"/><Relationship Id="rId446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2088/ind_252-25.docx" TargetMode="External"/><Relationship Id="rId447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2089/ind_253-25.docx" TargetMode="External"/><Relationship Id="rId448" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId449" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2091/ind_255-25.docx" TargetMode="External"/><Relationship Id="rId450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2092/ind_256-25.docx" TargetMode="External"/><Relationship Id="rId451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2093/ind_257-25.docx" TargetMode="External"/><Relationship Id="rId452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2094/ind_258-25.docx" TargetMode="External"/><Relationship Id="rId453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2095/ind_259-25.docx" TargetMode="External"/><Relationship Id="rId454" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2096/ind_260-25.docx" TargetMode="External"/><Relationship Id="rId455" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2097/ind_261-25.docx" TargetMode="External"/><Relationship Id="rId456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2098/ind_262-25.docx" TargetMode="External"/><Relationship Id="rId457" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2104/ind_263-25.docx" TargetMode="External"/><Relationship Id="rId458" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2106/ind_264-25.docx" TargetMode="External"/><Relationship Id="rId459" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2107/ind_265-25.docx" TargetMode="External"/><Relationship Id="rId460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2108/ind_266-25.docx" TargetMode="External"/><Relationship Id="rId461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2109/ind_267-25.docx" TargetMode="External"/><Relationship Id="rId462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2110/ind_268-25.docx" TargetMode="External"/><Relationship Id="rId463" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2111/ind_269-25.docx" TargetMode="External"/><Relationship Id="rId464" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2112/ind_270-25.docx" TargetMode="External"/><Relationship Id="rId465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2113/ind_271-25.docx" TargetMode="External"/><Relationship Id="rId466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2121/ind_272-25.docx" TargetMode="External"/><Relationship Id="rId467" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2122/ind_273-25.docx" TargetMode="External"/><Relationship Id="rId468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2124/ind_275-25.docx" TargetMode="External"/><Relationship Id="rId470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2125/ind_276-25.docx" TargetMode="External"/><Relationship Id="rId471" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2155/ind_277-25.docx" TargetMode="External"/><Relationship Id="rId472" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2156/ind_278-25.docx" TargetMode="External"/><Relationship Id="rId473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId474" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2158/ind_280-25.docx" TargetMode="External"/><Relationship Id="rId475" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2159/ind_281-25.docx" TargetMode="External"/><Relationship Id="rId476" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2160/ind_282-25.docx" TargetMode="External"/><Relationship Id="rId477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2161/ind_283-25.docx" TargetMode="External"/><Relationship Id="rId478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2162/ind_284-25.docx" TargetMode="External"/><Relationship Id="rId479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2163/ind_285-25.docx" TargetMode="External"/><Relationship Id="rId480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2164/ind_286-25.docx" TargetMode="External"/><Relationship Id="rId481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2166/ind_287-25.docx" TargetMode="External"/><Relationship Id="rId482" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2167/ind_288-25.docx" TargetMode="External"/><Relationship Id="rId483" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2168/ind_289-25.docx" TargetMode="External"/><Relationship Id="rId484" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2169/ind_290-25.docx" TargetMode="External"/><Relationship Id="rId485" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId486" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2178/ind_292-25.docx" TargetMode="External"/><Relationship Id="rId487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2179/ind_293-25.docx" TargetMode="External"/><Relationship Id="rId488" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2180/ind_294-25.docx" TargetMode="External"/><Relationship Id="rId489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2181/ind_295-25.docx" TargetMode="External"/><Relationship Id="rId490" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2193/ind_296-25.docx" TargetMode="External"/><Relationship Id="rId491" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2194/ind_297-25.docx" TargetMode="External"/><Relationship Id="rId492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2219/ind_298-25.docx" TargetMode="External"/><Relationship Id="rId493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2220/ind_299-25.docx" TargetMode="External"/><Relationship Id="rId494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2222/ind_301-25.docx" TargetMode="External"/><Relationship Id="rId496" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1964/mocao_01.docx" TargetMode="External"/><Relationship Id="rId497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1983/mocao_02.docx" TargetMode="External"/><Relationship Id="rId498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1984/mocao_03.docx" TargetMode="External"/><Relationship Id="rId499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2000/mocao_04.docx" TargetMode="External"/><Relationship Id="rId500" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2028/mocao_05.docx" TargetMode="External"/><Relationship Id="rId501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2051/mocao_06.docx" TargetMode="External"/><Relationship Id="rId502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2063/mocao_07.docx" TargetMode="External"/><Relationship Id="rId503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2071/mocao_08.docx" TargetMode="External"/><Relationship Id="rId504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2072/mocao_09.docx" TargetMode="External"/><Relationship Id="rId505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2099/mocao_10.docx" TargetMode="External"/><Relationship Id="rId506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2103/mocao_11.docx" TargetMode="External"/><Relationship Id="rId507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2105/mocao_12.docx" TargetMode="External"/><Relationship Id="rId508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2133/mocao_13.docx" TargetMode="External"/><Relationship Id="rId509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2186/mocao_14.docx" TargetMode="External"/><Relationship Id="rId510" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2217/mocao_15.docx" TargetMode="External"/><Relationship Id="rId511" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1675/001_-pedido_de_informacoes_ver._adriano_-_superavit.docx" TargetMode="External"/><Relationship Id="rId512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1676/002_-pedido_de_informacoes_ver._marcos_-_larvicida_borrachudo.docx" TargetMode="External"/><Relationship Id="rId513" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1768/003_-pedido_de_informacoes_ver._ana_-_ruas.docx" TargetMode="External"/><Relationship Id="rId514" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1769/004_-pedido_de_informacoes_ver._marcos_-_rua_luan_carlos_pommerening.docx" TargetMode="External"/><Relationship Id="rId515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1770/005_-pedido_de_informacoes_ver._marcos_-_rua_goias_e_bahia.docx" TargetMode="External"/><Relationship Id="rId516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1847/006_-pedido_de_informacoes_ver._marcos_-_testes_dengue.docx" TargetMode="External"/><Relationship Id="rId517" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1887/007_-pedido_de_informacoes_ver._marcos_-_bolsa_atleta.docx" TargetMode="External"/><Relationship Id="rId518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2052/008_-pedido_de_informacoes_ver._marcos_-_horas_atividade.docx" TargetMode="External"/><Relationship Id="rId519" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2073/009_-pedido_de_informacoes_ver._muka_-_medico_psiquiatra.docx" TargetMode="External"/><Relationship Id="rId520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2075/010_-pedido_de_informacoes_ver._ana_-_parques.docx" TargetMode="External"/><Relationship Id="rId521" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId522" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2135/012_-pedido_de_informacoes_ver._scheila_-__calcadas_schroeder_1.docx" TargetMode="External"/><Relationship Id="rId523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2136/013_-pedido_de_informacoes_ver._scheila_-__cobertura_cristiane_ines_zerbin.docx" TargetMode="External"/><Relationship Id="rId524" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2196/016_-pedido_de_informacoes_ver._marcos_-_transporte_escolar.docx" TargetMode="External"/><Relationship Id="rId527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2197/017_-pedido_de_informacoes_ver._marcos_e_muka_-_coleta_seletiva.docx" TargetMode="External"/><Relationship Id="rId528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2165/005_-_requerimento_-_retira_de_pauta_-_adriano.docx" TargetMode="External"/><Relationship Id="rId529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1702/ata_2497_-_posse_digitalizada.pdf" TargetMode="External"/><Relationship Id="rId530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1703/ata_2498.docx" TargetMode="External"/><Relationship Id="rId531" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1744/ata_2499.docx" TargetMode="External"/><Relationship Id="rId532" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1745/ata_2500.docx" TargetMode="External"/><Relationship Id="rId533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1780/ata_2501.docx" TargetMode="External"/><Relationship Id="rId534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1781/ata_2502.docx" TargetMode="External"/><Relationship Id="rId535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1782/ata_2503.docx" TargetMode="External"/><Relationship Id="rId536" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1816/ata_2504.docx" TargetMode="External"/><Relationship Id="rId537" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1817/ata_2505.docx" TargetMode="External"/><Relationship Id="rId538" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1850/ata_2506.docx" TargetMode="External"/><Relationship Id="rId539" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1851/ata_2507.docx" TargetMode="External"/><Relationship Id="rId540" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1864/ata_2508.docx" TargetMode="External"/><Relationship Id="rId541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1865/ata_2509.docx" TargetMode="External"/><Relationship Id="rId542" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1933/ata_2510.docx" TargetMode="External"/><Relationship Id="rId543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1934/ata_2511_1.docx" TargetMode="External"/><Relationship Id="rId544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1935/ata_2512.docx" TargetMode="External"/><Relationship Id="rId545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1936/ata_2513.docx" TargetMode="External"/><Relationship Id="rId546" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1937/ata_2514.docx" TargetMode="External"/><Relationship Id="rId547" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1938/ata_2515.docx" TargetMode="External"/><Relationship Id="rId548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1991/ata_2516.docx" TargetMode="External"/><Relationship Id="rId549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1992/ata_2517.docx" TargetMode="External"/><Relationship Id="rId550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1993/ata_2518.docx" TargetMode="External"/><Relationship Id="rId551" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/1995/ata_2520.docx" TargetMode="External"/><Relationship Id="rId553" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2030/ata_2521.docx" TargetMode="External"/><Relationship Id="rId554" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2031/ata_2522.docx" TargetMode="External"/><Relationship Id="rId555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2032/ata_2523.docx" TargetMode="External"/><Relationship Id="rId556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2033/ata_2524_-_extra.docx" TargetMode="External"/><Relationship Id="rId557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2034/ata_2525.docx" TargetMode="External"/><Relationship Id="rId558" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2035/ata_2526.docx" TargetMode="External"/><Relationship Id="rId559" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2200/ata_2527.docx" TargetMode="External"/><Relationship Id="rId560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2201/ata_2528.docx" TargetMode="External"/><Relationship Id="rId561" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2202/ata_2529_-_extra.docx" TargetMode="External"/><Relationship Id="rId562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2203/ata_2530.docx" TargetMode="External"/><Relationship Id="rId563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2204/ata_2531.docx" TargetMode="External"/><Relationship Id="rId564" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2205/ata_2532.docx" TargetMode="External"/><Relationship Id="rId565" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2206/ata_2533.docx" TargetMode="External"/><Relationship Id="rId566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2207/ata_2534.docx" TargetMode="External"/><Relationship Id="rId567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2208/ata_2535.docx" TargetMode="External"/><Relationship Id="rId568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2209/ata_2536.docx" TargetMode="External"/><Relationship Id="rId569" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2210/ata_2537.docx" TargetMode="External"/><Relationship Id="rId570" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2211/ata_2538.docx" TargetMode="External"/><Relationship Id="rId571" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2212/ata_2539.docx" TargetMode="External"/><Relationship Id="rId572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2213/ata_2540.docx" TargetMode="External"/><Relationship Id="rId573" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2214/ata_2541.docx" TargetMode="External"/><Relationship Id="rId574" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2215/ata_2542.docx" TargetMode="External"/><Relationship Id="rId575" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2223/ata_2543.docx" TargetMode="External"/><Relationship Id="rId576" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2224/ata_2544.docx" TargetMode="External"/><Relationship Id="rId577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2225/ata_2545_-_extra.docx" TargetMode="External"/><Relationship Id="rId578" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2226/ata_2546_-_extra.docx" TargetMode="External"/><Relationship Id="rId579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.schroeder.sc.leg.br/media/sapl/public/materialegislativa/2025/2245/ata_2547.docx" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H570"/>
+  <dimension ref="A1:H580"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
-    <col min="6" max="6" width="173.5703125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="225.28515625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="117" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="224.42578125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>
@@ -9703,11693 +9821,11938 @@
       </c>
       <c r="H115" t="s">
         <v>454</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
         <v>455</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
         <v>85</v>
       </c>
       <c r="D116" t="s">
         <v>400</v>
       </c>
       <c r="E116" t="s">
         <v>401</v>
       </c>
       <c r="F116" t="s">
         <v>13</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>285</v>
+        <v>456</v>
       </c>
       <c r="H116" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
         <v>10</v>
       </c>
       <c r="D117" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="E117" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="F117" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="H117" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
         <v>17</v>
       </c>
       <c r="D118" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="E118" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="F118" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="H118" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
         <v>10</v>
       </c>
       <c r="D119" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="E119" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="F119" t="s">
         <v>42</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="H119" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
         <v>17</v>
       </c>
       <c r="D120" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="E120" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="F120" t="s">
         <v>94</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
       <c r="H120" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
         <v>21</v>
       </c>
       <c r="D121" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="E121" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="H121" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
         <v>25</v>
       </c>
       <c r="D122" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="E122" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="H122" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
         <v>29</v>
       </c>
       <c r="D123" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="E123" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="H123" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
         <v>33</v>
       </c>
       <c r="D124" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="E124" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="H124" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
         <v>37</v>
       </c>
       <c r="D125" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="E125" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="H125" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
         <v>41</v>
       </c>
       <c r="D126" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="E126" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="H126" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
         <v>46</v>
       </c>
       <c r="D127" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="E127" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="H127" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
         <v>50</v>
       </c>
       <c r="D128" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="E128" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="H128" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
         <v>54</v>
       </c>
       <c r="D129" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="E129" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="H129" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
         <v>10</v>
       </c>
       <c r="D130" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E130" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F130" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="H130" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
         <v>17</v>
       </c>
       <c r="D131" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E131" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F131" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
       <c r="H131" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
         <v>21</v>
       </c>
       <c r="D132" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E132" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F132" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="H132" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
         <v>25</v>
       </c>
       <c r="D133" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E133" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F133" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="H133" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
         <v>29</v>
       </c>
       <c r="D134" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E134" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F134" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="H134" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
         <v>33</v>
       </c>
       <c r="D135" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E135" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F135" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="H135" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
         <v>37</v>
       </c>
       <c r="D136" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E136" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F136" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="H136" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
         <v>41</v>
       </c>
       <c r="D137" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E137" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F137" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="H137" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
         <v>46</v>
       </c>
       <c r="D138" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E138" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F138" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="H138" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
         <v>50</v>
       </c>
       <c r="D139" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E139" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F139" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="H139" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
         <v>54</v>
       </c>
       <c r="D140" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E140" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F140" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="H140" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
         <v>58</v>
       </c>
       <c r="D141" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E141" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F141" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>528</v>
+        <v>529</v>
       </c>
       <c r="H141" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>529</v>
+        <v>530</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
         <v>62</v>
       </c>
       <c r="D142" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E142" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F142" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>530</v>
+        <v>531</v>
       </c>
       <c r="H142" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>532</v>
+        <v>533</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
         <v>66</v>
       </c>
       <c r="D143" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E143" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F143" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>533</v>
+        <v>534</v>
       </c>
       <c r="H143" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>534</v>
+        <v>535</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
         <v>70</v>
       </c>
       <c r="D144" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E144" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F144" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>535</v>
+        <v>536</v>
       </c>
       <c r="H144" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>536</v>
+        <v>537</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
         <v>74</v>
       </c>
       <c r="D145" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E145" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F145" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>537</v>
+        <v>538</v>
       </c>
       <c r="H145" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>538</v>
+        <v>539</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
         <v>77</v>
       </c>
       <c r="D146" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E146" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F146" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>539</v>
+        <v>540</v>
       </c>
       <c r="H146" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>540</v>
+        <v>541</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
         <v>81</v>
       </c>
       <c r="D147" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E147" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F147" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>541</v>
+        <v>542</v>
       </c>
       <c r="H147" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
         <v>85</v>
       </c>
       <c r="D148" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E148" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F148" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
       <c r="H148" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
         <v>89</v>
       </c>
       <c r="D149" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E149" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F149" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="H149" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
         <v>93</v>
       </c>
       <c r="D150" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E150" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F150" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="H150" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>548</v>
+        <v>549</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
         <v>98</v>
       </c>
       <c r="D151" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E151" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F151" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>549</v>
+        <v>550</v>
       </c>
       <c r="H151" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>550</v>
+        <v>551</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
         <v>102</v>
       </c>
       <c r="D152" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E152" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F152" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>551</v>
+        <v>552</v>
       </c>
       <c r="H152" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>552</v>
+        <v>553</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
         <v>106</v>
       </c>
       <c r="D153" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E153" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F153" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>553</v>
+        <v>554</v>
       </c>
       <c r="H153" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>554</v>
+        <v>555</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
         <v>110</v>
       </c>
       <c r="D154" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E154" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F154" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>555</v>
+        <v>556</v>
       </c>
       <c r="H154" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>556</v>
+        <v>557</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
         <v>114</v>
       </c>
       <c r="D155" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E155" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F155" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>557</v>
+        <v>558</v>
       </c>
       <c r="H155" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>558</v>
+        <v>559</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
         <v>118</v>
       </c>
       <c r="D156" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E156" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F156" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>559</v>
+        <v>560</v>
       </c>
       <c r="H156" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>560</v>
+        <v>561</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
         <v>122</v>
       </c>
       <c r="D157" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E157" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F157" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>561</v>
+        <v>562</v>
       </c>
       <c r="H157" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>562</v>
+        <v>563</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
         <v>126</v>
       </c>
       <c r="D158" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E158" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F158" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>563</v>
+        <v>564</v>
       </c>
       <c r="H158" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>564</v>
+        <v>565</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
         <v>130</v>
       </c>
       <c r="D159" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E159" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F159" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>565</v>
+        <v>566</v>
       </c>
       <c r="H159" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>566</v>
+        <v>567</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
         <v>134</v>
       </c>
       <c r="D160" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E160" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F160" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>567</v>
+        <v>568</v>
       </c>
       <c r="H160" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>568</v>
+        <v>569</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
         <v>138</v>
       </c>
       <c r="D161" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E161" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F161" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>569</v>
+        <v>570</v>
       </c>
       <c r="H161" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
         <v>142</v>
       </c>
       <c r="D162" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E162" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F162" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="H162" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
         <v>146</v>
       </c>
       <c r="D163" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E163" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F163" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="H163" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
         <v>150</v>
       </c>
       <c r="D164" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E164" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F164" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>575</v>
+        <v>576</v>
       </c>
       <c r="H164" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>576</v>
+        <v>577</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
         <v>155</v>
       </c>
       <c r="D165" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E165" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F165" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>577</v>
+        <v>578</v>
       </c>
       <c r="H165" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>578</v>
+        <v>579</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
         <v>159</v>
       </c>
       <c r="D166" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E166" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F166" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>579</v>
+        <v>580</v>
       </c>
       <c r="H166" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>580</v>
+        <v>581</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
         <v>163</v>
       </c>
       <c r="D167" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E167" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F167" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>581</v>
+        <v>582</v>
       </c>
       <c r="H167" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>582</v>
+        <v>583</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
         <v>167</v>
       </c>
       <c r="D168" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E168" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F168" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>584</v>
+        <v>585</v>
       </c>
       <c r="H168" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>585</v>
+        <v>586</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
         <v>171</v>
       </c>
       <c r="D169" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E169" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F169" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>586</v>
+        <v>587</v>
       </c>
       <c r="H169" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>587</v>
+        <v>588</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
         <v>175</v>
       </c>
       <c r="D170" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E170" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F170" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>588</v>
+        <v>589</v>
       </c>
       <c r="H170" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>589</v>
+        <v>590</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
         <v>179</v>
       </c>
       <c r="D171" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E171" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F171" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>590</v>
+        <v>591</v>
       </c>
       <c r="H171" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>591</v>
+        <v>592</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
         <v>183</v>
       </c>
       <c r="D172" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E172" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F172" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>592</v>
+        <v>593</v>
       </c>
       <c r="H172" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>593</v>
+        <v>594</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
         <v>187</v>
       </c>
       <c r="D173" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E173" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F173" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>594</v>
+        <v>595</v>
       </c>
       <c r="H173" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>595</v>
+        <v>596</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
         <v>191</v>
       </c>
       <c r="D174" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E174" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F174" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>596</v>
+        <v>597</v>
       </c>
       <c r="H174" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>597</v>
+        <v>598</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
         <v>196</v>
       </c>
       <c r="D175" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E175" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F175" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>598</v>
+        <v>599</v>
       </c>
       <c r="H175" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>599</v>
+        <v>600</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
         <v>200</v>
       </c>
       <c r="D176" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E176" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F176" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>600</v>
+        <v>601</v>
       </c>
       <c r="H176" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>601</v>
+        <v>602</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
         <v>204</v>
       </c>
       <c r="D177" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E177" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F177" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>602</v>
+        <v>603</v>
       </c>
       <c r="H177" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
         <v>208</v>
       </c>
       <c r="D178" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E178" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F178" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>604</v>
+        <v>605</v>
       </c>
       <c r="H178" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>605</v>
+        <v>606</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
         <v>213</v>
       </c>
       <c r="D179" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E179" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F179" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>606</v>
+        <v>607</v>
       </c>
       <c r="H179" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>607</v>
+        <v>608</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
         <v>217</v>
       </c>
       <c r="D180" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E180" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F180" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>608</v>
+        <v>609</v>
       </c>
       <c r="H180" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>609</v>
+        <v>610</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
         <v>221</v>
       </c>
       <c r="D181" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E181" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F181" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>610</v>
+        <v>611</v>
       </c>
       <c r="H181" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>611</v>
+        <v>612</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
         <v>225</v>
       </c>
       <c r="D182" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E182" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F182" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>612</v>
+        <v>613</v>
       </c>
       <c r="H182" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>613</v>
+        <v>614</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
         <v>228</v>
       </c>
       <c r="D183" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E183" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F183" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>614</v>
+        <v>615</v>
       </c>
       <c r="H183" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>615</v>
+        <v>616</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
         <v>232</v>
       </c>
       <c r="D184" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E184" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F184" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>616</v>
+        <v>617</v>
       </c>
       <c r="H184" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>617</v>
+        <v>618</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
         <v>236</v>
       </c>
       <c r="D185" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E185" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F185" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>618</v>
+        <v>619</v>
       </c>
       <c r="H185" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>619</v>
+        <v>620</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
         <v>240</v>
       </c>
       <c r="D186" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E186" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F186" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>620</v>
+        <v>621</v>
       </c>
       <c r="H186" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>621</v>
+        <v>622</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
         <v>244</v>
       </c>
       <c r="D187" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E187" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F187" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>622</v>
+        <v>623</v>
       </c>
       <c r="H187" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>623</v>
+        <v>624</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
         <v>248</v>
       </c>
       <c r="D188" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E188" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F188" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>624</v>
+        <v>625</v>
       </c>
       <c r="H188" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>625</v>
+        <v>626</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
         <v>252</v>
       </c>
       <c r="D189" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E189" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F189" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>626</v>
+        <v>627</v>
       </c>
       <c r="H189" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>627</v>
+        <v>628</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
         <v>256</v>
       </c>
       <c r="D190" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E190" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F190" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>628</v>
+        <v>629</v>
       </c>
       <c r="H190" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>629</v>
+        <v>630</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
         <v>260</v>
       </c>
       <c r="D191" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E191" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F191" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>630</v>
+        <v>631</v>
       </c>
       <c r="H191" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>631</v>
+        <v>632</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
         <v>264</v>
       </c>
       <c r="D192" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E192" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F192" t="s">
-        <v>583</v>
+        <v>584</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>632</v>
+        <v>633</v>
       </c>
       <c r="H192" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>633</v>
+        <v>634</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
         <v>268</v>
       </c>
       <c r="D193" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E193" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F193" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>634</v>
+        <v>635</v>
       </c>
       <c r="H193" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>635</v>
+        <v>636</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
         <v>272</v>
       </c>
       <c r="D194" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="E194" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="F194" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>636</v>
+        <v>637</v>
       </c>
       <c r="H194" t="s">
-        <v>531</v>
+        <v>532</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>637</v>
+        <v>638</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>10</v>
+        <v>276</v>
       </c>
       <c r="D195" t="s">
-        <v>638</v>
+        <v>503</v>
       </c>
       <c r="E195" t="s">
+        <v>504</v>
+      </c>
+      <c r="F195" t="s">
+        <v>520</v>
+      </c>
+      <c r="G195" s="1" t="s">
         <v>639</v>
       </c>
-      <c r="F195" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="H195" t="s">
-        <v>641</v>
+        <v>532</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>642</v>
+        <v>640</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D196" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E196" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F196" t="s">
-        <v>42</v>
+        <v>151</v>
       </c>
       <c r="G196" s="1" t="s">
         <v>643</v>
       </c>
       <c r="H196" t="s">
         <v>644</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
         <v>645</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>21</v>
+        <v>17</v>
       </c>
       <c r="D197" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E197" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F197" t="s">
         <v>42</v>
       </c>
       <c r="G197" s="1" t="s">
         <v>646</v>
       </c>
       <c r="H197" t="s">
         <v>647</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
         <v>648</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D198" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E198" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F198" t="s">
         <v>42</v>
       </c>
       <c r="G198" s="1" t="s">
         <v>649</v>
       </c>
       <c r="H198" t="s">
         <v>650</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
         <v>651</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>29</v>
+        <v>25</v>
       </c>
       <c r="D199" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E199" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F199" t="s">
+        <v>42</v>
+      </c>
+      <c r="G199" s="1" t="s">
         <v>652</v>
       </c>
-      <c r="G199" s="1" t="s">
+      <c r="H199" t="s">
         <v>653</v>
-      </c>
-[...1 lines deleted...]
-        <v>654</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
+        <v>654</v>
+      </c>
+      <c r="B200" t="s">
+        <v>9</v>
+      </c>
+      <c r="C200" t="s">
+        <v>29</v>
+      </c>
+      <c r="D200" t="s">
+        <v>641</v>
+      </c>
+      <c r="E200" t="s">
+        <v>642</v>
+      </c>
+      <c r="F200" t="s">
         <v>655</v>
       </c>
-      <c r="B200" t="s">
-[...11 lines deleted...]
-      <c r="F200" t="s">
+      <c r="G200" s="1" t="s">
         <v>656</v>
       </c>
-      <c r="G200" s="1" t="s">
+      <c r="H200" t="s">
         <v>657</v>
-      </c>
-[...1 lines deleted...]
-        <v>658</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
+        <v>658</v>
+      </c>
+      <c r="B201" t="s">
+        <v>9</v>
+      </c>
+      <c r="C201" t="s">
+        <v>33</v>
+      </c>
+      <c r="D201" t="s">
+        <v>641</v>
+      </c>
+      <c r="E201" t="s">
+        <v>642</v>
+      </c>
+      <c r="F201" t="s">
         <v>659</v>
-      </c>
-[...13 lines deleted...]
-        <v>656</v>
       </c>
       <c r="G201" s="1" t="s">
         <v>660</v>
       </c>
       <c r="H201" t="s">
         <v>661</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
         <v>662</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="D202" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E202" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F202" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="G202" s="1" t="s">
         <v>663</v>
       </c>
       <c r="H202" t="s">
         <v>664</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
         <v>665</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>46</v>
+        <v>41</v>
       </c>
       <c r="D203" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E203" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F203" t="s">
+        <v>659</v>
+      </c>
+      <c r="G203" s="1" t="s">
         <v>666</v>
       </c>
-      <c r="G203" s="1" t="s">
+      <c r="H203" t="s">
         <v>667</v>
-      </c>
-[...1 lines deleted...]
-        <v>668</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
+        <v>668</v>
+      </c>
+      <c r="B204" t="s">
+        <v>9</v>
+      </c>
+      <c r="C204" t="s">
+        <v>46</v>
+      </c>
+      <c r="D204" t="s">
+        <v>641</v>
+      </c>
+      <c r="E204" t="s">
+        <v>642</v>
+      </c>
+      <c r="F204" t="s">
         <v>669</v>
-      </c>
-[...13 lines deleted...]
-        <v>656</v>
       </c>
       <c r="G204" s="1" t="s">
         <v>670</v>
       </c>
       <c r="H204" t="s">
         <v>671</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
         <v>672</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>54</v>
+        <v>50</v>
       </c>
       <c r="D205" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E205" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F205" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="G205" s="1" t="s">
         <v>673</v>
       </c>
       <c r="H205" t="s">
         <v>674</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
         <v>675</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>58</v>
+        <v>54</v>
       </c>
       <c r="D206" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E206" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F206" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="G206" s="1" t="s">
         <v>676</v>
       </c>
       <c r="H206" t="s">
         <v>677</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
         <v>678</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D207" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E207" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F207" t="s">
-        <v>192</v>
+        <v>659</v>
       </c>
       <c r="G207" s="1" t="s">
         <v>679</v>
       </c>
       <c r="H207" t="s">
         <v>680</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
         <v>681</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="D208" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E208" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F208" t="s">
         <v>192</v>
       </c>
       <c r="G208" s="1" t="s">
         <v>682</v>
       </c>
       <c r="H208" t="s">
         <v>683</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
         <v>684</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="D209" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E209" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F209" t="s">
-        <v>209</v>
+        <v>192</v>
       </c>
       <c r="G209" s="1" t="s">
         <v>685</v>
       </c>
       <c r="H209" t="s">
         <v>686</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
         <v>687</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="D210" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E210" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F210" t="s">
         <v>209</v>
       </c>
       <c r="G210" s="1" t="s">
         <v>688</v>
       </c>
       <c r="H210" t="s">
         <v>689</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
         <v>690</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="D211" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E211" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F211" t="s">
         <v>209</v>
       </c>
       <c r="G211" s="1" t="s">
         <v>691</v>
       </c>
       <c r="H211" t="s">
         <v>692</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
         <v>693</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="D212" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E212" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F212" t="s">
         <v>209</v>
       </c>
       <c r="G212" s="1" t="s">
         <v>694</v>
       </c>
       <c r="H212" t="s">
         <v>695</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
         <v>696</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="D213" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E213" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F213" t="s">
         <v>209</v>
       </c>
       <c r="G213" s="1" t="s">
         <v>697</v>
       </c>
       <c r="H213" t="s">
         <v>698</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
         <v>699</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="D214" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E214" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F214" t="s">
+        <v>209</v>
+      </c>
+      <c r="G214" s="1" t="s">
         <v>700</v>
       </c>
-      <c r="G214" s="1" t="s">
+      <c r="H214" t="s">
         <v>701</v>
-      </c>
-[...1 lines deleted...]
-        <v>702</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
+        <v>702</v>
+      </c>
+      <c r="B215" t="s">
+        <v>9</v>
+      </c>
+      <c r="C215" t="s">
+        <v>89</v>
+      </c>
+      <c r="D215" t="s">
+        <v>641</v>
+      </c>
+      <c r="E215" t="s">
+        <v>642</v>
+      </c>
+      <c r="F215" t="s">
         <v>703</v>
-      </c>
-[...13 lines deleted...]
-        <v>700</v>
       </c>
       <c r="G215" s="1" t="s">
         <v>704</v>
       </c>
       <c r="H215" t="s">
         <v>705</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
         <v>706</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>98</v>
+        <v>93</v>
       </c>
       <c r="D216" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E216" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F216" t="s">
+        <v>703</v>
+      </c>
+      <c r="G216" s="1" t="s">
         <v>707</v>
       </c>
-      <c r="G216" s="1" t="s">
+      <c r="H216" t="s">
         <v>708</v>
-      </c>
-[...1 lines deleted...]
-        <v>709</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
+        <v>709</v>
+      </c>
+      <c r="B217" t="s">
+        <v>9</v>
+      </c>
+      <c r="C217" t="s">
+        <v>98</v>
+      </c>
+      <c r="D217" t="s">
+        <v>641</v>
+      </c>
+      <c r="E217" t="s">
+        <v>642</v>
+      </c>
+      <c r="F217" t="s">
         <v>710</v>
-      </c>
-[...13 lines deleted...]
-        <v>209</v>
       </c>
       <c r="G217" s="1" t="s">
         <v>711</v>
       </c>
       <c r="H217" t="s">
         <v>712</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
         <v>713</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>106</v>
+        <v>102</v>
       </c>
       <c r="D218" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E218" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F218" t="s">
         <v>209</v>
       </c>
       <c r="G218" s="1" t="s">
         <v>714</v>
       </c>
       <c r="H218" t="s">
         <v>715</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
         <v>716</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
-        <v>110</v>
+        <v>106</v>
       </c>
       <c r="D219" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E219" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F219" t="s">
         <v>209</v>
       </c>
       <c r="G219" s="1" t="s">
         <v>717</v>
       </c>
       <c r="H219" t="s">
         <v>718</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
         <v>719</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>114</v>
+        <v>110</v>
       </c>
       <c r="D220" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E220" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F220" t="s">
         <v>209</v>
       </c>
       <c r="G220" s="1" t="s">
         <v>720</v>
       </c>
       <c r="H220" t="s">
         <v>721</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
         <v>722</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="D221" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E221" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F221" t="s">
         <v>209</v>
       </c>
       <c r="G221" s="1" t="s">
         <v>723</v>
       </c>
       <c r="H221" t="s">
         <v>724</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
         <v>725</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>122</v>
+        <v>118</v>
       </c>
       <c r="D222" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E222" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F222" t="s">
-        <v>151</v>
+        <v>209</v>
       </c>
       <c r="G222" s="1" t="s">
         <v>726</v>
       </c>
       <c r="H222" t="s">
         <v>727</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
         <v>728</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>126</v>
+        <v>122</v>
       </c>
       <c r="D223" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E223" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F223" t="s">
         <v>151</v>
       </c>
       <c r="G223" s="1" t="s">
         <v>729</v>
       </c>
       <c r="H223" t="s">
         <v>730</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
         <v>731</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>130</v>
+        <v>126</v>
       </c>
       <c r="D224" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E224" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F224" t="s">
         <v>151</v>
       </c>
       <c r="G224" s="1" t="s">
         <v>732</v>
       </c>
       <c r="H224" t="s">
         <v>733</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
         <v>734</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
       <c r="D225" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E225" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F225" t="s">
         <v>151</v>
       </c>
       <c r="G225" s="1" t="s">
         <v>735</v>
       </c>
       <c r="H225" t="s">
         <v>736</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
         <v>737</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="D226" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E226" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F226" t="s">
         <v>151</v>
       </c>
       <c r="G226" s="1" t="s">
         <v>738</v>
       </c>
       <c r="H226" t="s">
         <v>739</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
         <v>740</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="D227" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E227" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F227" t="s">
-        <v>656</v>
+        <v>151</v>
       </c>
       <c r="G227" s="1" t="s">
         <v>741</v>
       </c>
       <c r="H227" t="s">
         <v>742</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
         <v>743</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
       <c r="D228" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E228" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F228" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="G228" s="1" t="s">
         <v>744</v>
       </c>
       <c r="H228" t="s">
         <v>745</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
         <v>746</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="D229" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E229" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F229" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="G229" s="1" t="s">
         <v>747</v>
       </c>
       <c r="H229" t="s">
         <v>748</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
         <v>749</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>155</v>
+        <v>150</v>
       </c>
       <c r="D230" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E230" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F230" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="G230" s="1" t="s">
         <v>750</v>
       </c>
       <c r="H230" t="s">
         <v>751</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
         <v>752</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>159</v>
+        <v>155</v>
       </c>
       <c r="D231" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E231" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F231" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="G231" s="1" t="s">
         <v>753</v>
       </c>
       <c r="H231" t="s">
         <v>754</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
         <v>755</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="D232" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E232" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F232" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="G232" s="1" t="s">
         <v>756</v>
       </c>
       <c r="H232" t="s">
         <v>757</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
         <v>758</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="D233" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E233" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F233" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="G233" s="1" t="s">
         <v>759</v>
       </c>
       <c r="H233" t="s">
         <v>760</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
         <v>761</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="D234" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E234" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F234" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="G234" s="1" t="s">
         <v>762</v>
       </c>
       <c r="H234" t="s">
         <v>763</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
         <v>764</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="D235" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E235" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F235" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="G235" s="1" t="s">
         <v>765</v>
       </c>
       <c r="H235" t="s">
         <v>766</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
         <v>767</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="D236" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E236" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F236" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="G236" s="1" t="s">
         <v>768</v>
       </c>
       <c r="H236" t="s">
         <v>769</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
         <v>770</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
       <c r="D237" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E237" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F237" t="s">
-        <v>42</v>
+        <v>659</v>
       </c>
       <c r="G237" s="1" t="s">
         <v>771</v>
       </c>
       <c r="H237" t="s">
         <v>772</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
         <v>773</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="D238" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E238" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F238" t="s">
-        <v>192</v>
+        <v>42</v>
       </c>
       <c r="G238" s="1" t="s">
         <v>774</v>
       </c>
       <c r="H238" t="s">
         <v>775</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
         <v>776</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="D239" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E239" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F239" t="s">
+        <v>192</v>
+      </c>
+      <c r="G239" s="1" t="s">
         <v>777</v>
       </c>
-      <c r="G239" s="1" t="s">
+      <c r="H239" t="s">
         <v>778</v>
-      </c>
-[...1 lines deleted...]
-        <v>779</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
+        <v>779</v>
+      </c>
+      <c r="B240" t="s">
+        <v>9</v>
+      </c>
+      <c r="C240" t="s">
+        <v>191</v>
+      </c>
+      <c r="D240" t="s">
+        <v>641</v>
+      </c>
+      <c r="E240" t="s">
+        <v>642</v>
+      </c>
+      <c r="F240" t="s">
         <v>780</v>
       </c>
-      <c r="B240" t="s">
-[...11 lines deleted...]
-      <c r="F240" t="s">
+      <c r="G240" s="1" t="s">
         <v>781</v>
       </c>
-      <c r="G240" s="1" t="s">
+      <c r="H240" t="s">
         <v>782</v>
-      </c>
-[...1 lines deleted...]
-        <v>783</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
+        <v>783</v>
+      </c>
+      <c r="B241" t="s">
+        <v>9</v>
+      </c>
+      <c r="C241" t="s">
+        <v>196</v>
+      </c>
+      <c r="D241" t="s">
+        <v>641</v>
+      </c>
+      <c r="E241" t="s">
+        <v>642</v>
+      </c>
+      <c r="F241" t="s">
         <v>784</v>
-      </c>
-[...13 lines deleted...]
-        <v>781</v>
       </c>
       <c r="G241" s="1" t="s">
         <v>785</v>
       </c>
       <c r="H241" t="s">
         <v>786</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
         <v>787</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="D242" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E242" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F242" t="s">
-        <v>656</v>
+        <v>784</v>
       </c>
       <c r="G242" s="1" t="s">
         <v>788</v>
       </c>
       <c r="H242" t="s">
         <v>789</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
         <v>790</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="D243" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E243" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F243" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="G243" s="1" t="s">
         <v>791</v>
       </c>
       <c r="H243" t="s">
         <v>792</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
         <v>793</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>213</v>
+        <v>208</v>
       </c>
       <c r="D244" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E244" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F244" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="G244" s="1" t="s">
         <v>794</v>
       </c>
       <c r="H244" t="s">
         <v>795</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
         <v>796</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
       <c r="D245" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E245" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F245" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="G245" s="1" t="s">
         <v>797</v>
       </c>
       <c r="H245" t="s">
         <v>798</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
         <v>799</v>
       </c>
       <c r="B246" t="s">
         <v>9</v>
       </c>
       <c r="C246" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="D246" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E246" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F246" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="G246" s="1" t="s">
         <v>800</v>
       </c>
       <c r="H246" t="s">
         <v>801</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
         <v>802</v>
       </c>
       <c r="B247" t="s">
         <v>9</v>
       </c>
       <c r="C247" t="s">
-        <v>225</v>
+        <v>221</v>
       </c>
       <c r="D247" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E247" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F247" t="s">
-        <v>42</v>
+        <v>659</v>
       </c>
       <c r="G247" s="1" t="s">
         <v>803</v>
       </c>
       <c r="H247" t="s">
         <v>804</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
         <v>805</v>
       </c>
       <c r="B248" t="s">
         <v>9</v>
       </c>
       <c r="C248" t="s">
-        <v>228</v>
+        <v>225</v>
       </c>
       <c r="D248" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E248" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F248" t="s">
-        <v>192</v>
+        <v>42</v>
       </c>
       <c r="G248" s="1" t="s">
         <v>806</v>
       </c>
       <c r="H248" t="s">
         <v>807</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
         <v>808</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="D249" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E249" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F249" t="s">
-        <v>700</v>
+        <v>192</v>
       </c>
       <c r="G249" s="1" t="s">
         <v>809</v>
       </c>
       <c r="H249" t="s">
         <v>810</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
         <v>811</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="D250" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E250" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F250" t="s">
-        <v>209</v>
+        <v>703</v>
       </c>
       <c r="G250" s="1" t="s">
         <v>812</v>
       </c>
       <c r="H250" t="s">
         <v>813</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
         <v>814</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="D251" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E251" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F251" t="s">
         <v>209</v>
       </c>
       <c r="G251" s="1" t="s">
         <v>815</v>
       </c>
       <c r="H251" t="s">
         <v>816</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
         <v>817</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="D252" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E252" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F252" t="s">
         <v>209</v>
       </c>
       <c r="G252" s="1" t="s">
         <v>818</v>
       </c>
       <c r="H252" t="s">
         <v>819</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
         <v>820</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="D253" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E253" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F253" t="s">
-        <v>656</v>
+        <v>209</v>
       </c>
       <c r="G253" s="1" t="s">
         <v>821</v>
       </c>
       <c r="H253" t="s">
         <v>822</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
         <v>823</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>252</v>
+        <v>248</v>
       </c>
       <c r="D254" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E254" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F254" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="G254" s="1" t="s">
         <v>824</v>
       </c>
       <c r="H254" t="s">
         <v>825</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
         <v>826</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>256</v>
+        <v>252</v>
       </c>
       <c r="D255" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E255" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F255" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="G255" s="1" t="s">
         <v>827</v>
       </c>
       <c r="H255" t="s">
         <v>828</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
         <v>829</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>260</v>
+        <v>256</v>
       </c>
       <c r="D256" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E256" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F256" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="G256" s="1" t="s">
         <v>830</v>
       </c>
       <c r="H256" t="s">
         <v>831</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
         <v>832</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>264</v>
+        <v>260</v>
       </c>
       <c r="D257" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E257" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F257" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="G257" s="1" t="s">
         <v>833</v>
       </c>
       <c r="H257" t="s">
         <v>834</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
         <v>835</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>268</v>
+        <v>264</v>
       </c>
       <c r="D258" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E258" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F258" t="s">
-        <v>151</v>
+        <v>659</v>
       </c>
       <c r="G258" s="1" t="s">
         <v>836</v>
       </c>
       <c r="H258" t="s">
         <v>837</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
         <v>838</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>272</v>
+        <v>268</v>
       </c>
       <c r="D259" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E259" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F259" t="s">
         <v>151</v>
       </c>
       <c r="G259" s="1" t="s">
         <v>839</v>
       </c>
       <c r="H259" t="s">
         <v>840</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
         <v>841</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>276</v>
+        <v>272</v>
       </c>
       <c r="D260" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E260" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F260" t="s">
         <v>151</v>
       </c>
       <c r="G260" s="1" t="s">
         <v>842</v>
       </c>
       <c r="H260" t="s">
         <v>843</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
         <v>844</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
       <c r="D261" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E261" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F261" t="s">
-        <v>700</v>
+        <v>151</v>
       </c>
       <c r="G261" s="1" t="s">
         <v>845</v>
       </c>
       <c r="H261" t="s">
         <v>846</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
         <v>847</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>284</v>
+        <v>280</v>
       </c>
       <c r="D262" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E262" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F262" t="s">
-        <v>700</v>
+        <v>703</v>
       </c>
       <c r="G262" s="1" t="s">
         <v>848</v>
       </c>
       <c r="H262" t="s">
         <v>849</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
         <v>850</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>288</v>
+        <v>284</v>
       </c>
       <c r="D263" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E263" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F263" t="s">
-        <v>700</v>
+        <v>703</v>
       </c>
       <c r="G263" s="1" t="s">
         <v>851</v>
       </c>
       <c r="H263" t="s">
         <v>852</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
         <v>853</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
-        <v>292</v>
+        <v>288</v>
       </c>
       <c r="D264" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E264" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F264" t="s">
-        <v>151</v>
+        <v>703</v>
       </c>
       <c r="G264" s="1" t="s">
         <v>854</v>
       </c>
       <c r="H264" t="s">
         <v>855</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
         <v>856</v>
       </c>
       <c r="B265" t="s">
         <v>9</v>
       </c>
       <c r="C265" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="D265" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E265" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F265" t="s">
         <v>151</v>
       </c>
       <c r="G265" s="1" t="s">
         <v>857</v>
       </c>
       <c r="H265" t="s">
         <v>858</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
         <v>859</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>300</v>
+        <v>296</v>
       </c>
       <c r="D266" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E266" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F266" t="s">
-        <v>656</v>
+        <v>151</v>
       </c>
       <c r="G266" s="1" t="s">
         <v>860</v>
       </c>
       <c r="H266" t="s">
         <v>861</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
         <v>862</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="D267" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E267" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F267" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="G267" s="1" t="s">
         <v>863</v>
       </c>
       <c r="H267" t="s">
         <v>864</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
         <v>865</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
-        <v>308</v>
+        <v>304</v>
       </c>
       <c r="D268" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E268" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F268" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="G268" s="1" t="s">
         <v>866</v>
       </c>
       <c r="H268" t="s">
         <v>867</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
         <v>868</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
       <c r="D269" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E269" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F269" t="s">
-        <v>781</v>
+        <v>659</v>
       </c>
       <c r="G269" s="1" t="s">
         <v>869</v>
       </c>
       <c r="H269" t="s">
         <v>870</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
         <v>871</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="D270" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E270" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F270" t="s">
-        <v>656</v>
+        <v>784</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>285</v>
+        <v>872</v>
       </c>
       <c r="H270" t="s">
-        <v>872</v>
+        <v>873</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>873</v>
+        <v>874</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
-        <v>320</v>
+        <v>316</v>
       </c>
       <c r="D271" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E271" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F271" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>874</v>
+        <v>285</v>
       </c>
       <c r="H271" t="s">
         <v>875</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
         <v>876</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="D272" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E272" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F272" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="G272" s="1" t="s">
         <v>877</v>
       </c>
       <c r="H272" t="s">
         <v>878</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
         <v>879</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
-        <v>328</v>
+        <v>324</v>
       </c>
       <c r="D273" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E273" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F273" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="G273" s="1" t="s">
         <v>880</v>
       </c>
       <c r="H273" t="s">
         <v>881</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
         <v>882</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>332</v>
+        <v>328</v>
       </c>
       <c r="D274" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E274" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F274" t="s">
+        <v>659</v>
+      </c>
+      <c r="G274" s="1" t="s">
         <v>883</v>
       </c>
-      <c r="G274" s="1" t="s">
+      <c r="H274" t="s">
         <v>884</v>
-      </c>
-[...1 lines deleted...]
-        <v>885</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
+        <v>885</v>
+      </c>
+      <c r="B275" t="s">
+        <v>9</v>
+      </c>
+      <c r="C275" t="s">
+        <v>332</v>
+      </c>
+      <c r="D275" t="s">
+        <v>641</v>
+      </c>
+      <c r="E275" t="s">
+        <v>642</v>
+      </c>
+      <c r="F275" t="s">
         <v>886</v>
-      </c>
-[...13 lines deleted...]
-        <v>42</v>
       </c>
       <c r="G275" s="1" t="s">
         <v>887</v>
       </c>
       <c r="H275" t="s">
         <v>888</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
         <v>889</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>340</v>
+        <v>336</v>
       </c>
       <c r="D276" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E276" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F276" t="s">
         <v>42</v>
       </c>
       <c r="G276" s="1" t="s">
         <v>890</v>
       </c>
       <c r="H276" t="s">
         <v>891</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
         <v>892</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>344</v>
+        <v>340</v>
       </c>
       <c r="D277" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E277" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F277" t="s">
         <v>42</v>
       </c>
       <c r="G277" s="1" t="s">
         <v>893</v>
       </c>
       <c r="H277" t="s">
         <v>894</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
         <v>895</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
-        <v>348</v>
+        <v>344</v>
       </c>
       <c r="D278" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E278" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F278" t="s">
-        <v>151</v>
+        <v>42</v>
       </c>
       <c r="G278" s="1" t="s">
         <v>896</v>
       </c>
       <c r="H278" t="s">
         <v>897</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
         <v>898</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>352</v>
+        <v>348</v>
       </c>
       <c r="D279" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E279" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F279" t="s">
         <v>151</v>
       </c>
       <c r="G279" s="1" t="s">
         <v>899</v>
       </c>
       <c r="H279" t="s">
         <v>900</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
         <v>901</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>356</v>
+        <v>352</v>
       </c>
       <c r="D280" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E280" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F280" t="s">
-        <v>700</v>
+        <v>151</v>
       </c>
       <c r="G280" s="1" t="s">
         <v>902</v>
       </c>
       <c r="H280" t="s">
         <v>903</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
         <v>904</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>360</v>
+        <v>356</v>
       </c>
       <c r="D281" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E281" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F281" t="s">
-        <v>700</v>
+        <v>703</v>
       </c>
       <c r="G281" s="1" t="s">
         <v>905</v>
       </c>
       <c r="H281" t="s">
         <v>906</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
         <v>907</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>364</v>
+        <v>360</v>
       </c>
       <c r="D282" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E282" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F282" t="s">
-        <v>700</v>
+        <v>703</v>
       </c>
       <c r="G282" s="1" t="s">
         <v>908</v>
       </c>
       <c r="H282" t="s">
         <v>909</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
         <v>910</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
-        <v>368</v>
+        <v>364</v>
       </c>
       <c r="D283" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E283" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F283" t="s">
-        <v>700</v>
+        <v>703</v>
       </c>
       <c r="G283" s="1" t="s">
         <v>911</v>
       </c>
       <c r="H283" t="s">
         <v>912</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
         <v>913</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
-        <v>372</v>
+        <v>368</v>
       </c>
       <c r="D284" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E284" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F284" t="s">
-        <v>656</v>
+        <v>703</v>
       </c>
       <c r="G284" s="1" t="s">
         <v>914</v>
       </c>
       <c r="H284" t="s">
         <v>915</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
         <v>916</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
-        <v>376</v>
+        <v>372</v>
       </c>
       <c r="D285" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E285" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F285" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="G285" s="1" t="s">
         <v>917</v>
       </c>
       <c r="H285" t="s">
         <v>918</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
         <v>919</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
-        <v>380</v>
+        <v>376</v>
       </c>
       <c r="D286" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E286" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F286" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>285</v>
+        <v>920</v>
       </c>
       <c r="H286" t="s">
-        <v>920</v>
+        <v>921</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>921</v>
+        <v>922</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>384</v>
+        <v>380</v>
       </c>
       <c r="D287" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E287" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F287" t="s">
-        <v>192</v>
+        <v>659</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>922</v>
+        <v>285</v>
       </c>
       <c r="H287" t="s">
         <v>923</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
         <v>924</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>388</v>
+        <v>384</v>
       </c>
       <c r="D288" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E288" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F288" t="s">
         <v>192</v>
       </c>
       <c r="G288" s="1" t="s">
         <v>925</v>
       </c>
       <c r="H288" t="s">
         <v>926</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
         <v>927</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
-        <v>392</v>
+        <v>388</v>
       </c>
       <c r="D289" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E289" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F289" t="s">
-        <v>209</v>
+        <v>192</v>
       </c>
       <c r="G289" s="1" t="s">
         <v>928</v>
       </c>
       <c r="H289" t="s">
         <v>929</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
         <v>930</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>396</v>
+        <v>392</v>
       </c>
       <c r="D290" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E290" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F290" t="s">
-        <v>700</v>
+        <v>209</v>
       </c>
       <c r="G290" s="1" t="s">
         <v>931</v>
       </c>
       <c r="H290" t="s">
         <v>932</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
         <v>933</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
+        <v>396</v>
+      </c>
+      <c r="D291" t="s">
+        <v>641</v>
+      </c>
+      <c r="E291" t="s">
+        <v>642</v>
+      </c>
+      <c r="F291" t="s">
+        <v>703</v>
+      </c>
+      <c r="G291" s="1" t="s">
         <v>934</v>
       </c>
-      <c r="D291" t="s">
-[...8 lines deleted...]
-      <c r="G291" s="1" t="s">
+      <c r="H291" t="s">
         <v>935</v>
-      </c>
-[...1 lines deleted...]
-        <v>936</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
+        <v>936</v>
+      </c>
+      <c r="B292" t="s">
+        <v>9</v>
+      </c>
+      <c r="C292" t="s">
         <v>937</v>
       </c>
-      <c r="B292" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D292" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E292" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F292" t="s">
         <v>151</v>
       </c>
       <c r="G292" s="1" t="s">
+        <v>938</v>
+      </c>
+      <c r="H292" t="s">
         <v>939</v>
-      </c>
-[...1 lines deleted...]
-        <v>940</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
+        <v>940</v>
+      </c>
+      <c r="B293" t="s">
+        <v>9</v>
+      </c>
+      <c r="C293" t="s">
         <v>941</v>
       </c>
-      <c r="B293" t="s">
-[...2 lines deleted...]
-      <c r="C293" t="s">
+      <c r="D293" t="s">
+        <v>641</v>
+      </c>
+      <c r="E293" t="s">
+        <v>642</v>
+      </c>
+      <c r="F293" t="s">
+        <v>151</v>
+      </c>
+      <c r="G293" s="1" t="s">
         <v>942</v>
       </c>
-      <c r="D293" t="s">
-[...8 lines deleted...]
-      <c r="G293" s="1" t="s">
+      <c r="H293" t="s">
         <v>943</v>
-      </c>
-[...1 lines deleted...]
-        <v>944</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
+        <v>944</v>
+      </c>
+      <c r="B294" t="s">
+        <v>9</v>
+      </c>
+      <c r="C294" t="s">
         <v>945</v>
       </c>
-      <c r="B294" t="s">
-[...2 lines deleted...]
-      <c r="C294" t="s">
+      <c r="D294" t="s">
+        <v>641</v>
+      </c>
+      <c r="E294" t="s">
+        <v>642</v>
+      </c>
+      <c r="F294" t="s">
+        <v>659</v>
+      </c>
+      <c r="G294" s="1" t="s">
         <v>946</v>
       </c>
-      <c r="D294" t="s">
-[...8 lines deleted...]
-      <c r="G294" s="1" t="s">
+      <c r="H294" t="s">
         <v>947</v>
-      </c>
-[...1 lines deleted...]
-        <v>948</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
+        <v>948</v>
+      </c>
+      <c r="B295" t="s">
+        <v>9</v>
+      </c>
+      <c r="C295" t="s">
         <v>949</v>
       </c>
-      <c r="B295" t="s">
-[...2 lines deleted...]
-      <c r="C295" t="s">
+      <c r="D295" t="s">
+        <v>641</v>
+      </c>
+      <c r="E295" t="s">
+        <v>642</v>
+      </c>
+      <c r="F295" t="s">
+        <v>659</v>
+      </c>
+      <c r="G295" s="1" t="s">
         <v>950</v>
       </c>
-      <c r="D295" t="s">
-[...8 lines deleted...]
-      <c r="G295" s="1" t="s">
+      <c r="H295" t="s">
         <v>951</v>
-      </c>
-[...1 lines deleted...]
-        <v>952</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
+        <v>952</v>
+      </c>
+      <c r="B296" t="s">
+        <v>9</v>
+      </c>
+      <c r="C296" t="s">
         <v>953</v>
       </c>
-      <c r="B296" t="s">
-[...2 lines deleted...]
-      <c r="C296" t="s">
+      <c r="D296" t="s">
+        <v>641</v>
+      </c>
+      <c r="E296" t="s">
+        <v>642</v>
+      </c>
+      <c r="F296" t="s">
+        <v>659</v>
+      </c>
+      <c r="G296" s="1" t="s">
         <v>954</v>
       </c>
-      <c r="D296" t="s">
-[...8 lines deleted...]
-      <c r="G296" s="1" t="s">
+      <c r="H296" t="s">
         <v>955</v>
-      </c>
-[...1 lines deleted...]
-        <v>956</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
+        <v>956</v>
+      </c>
+      <c r="B297" t="s">
+        <v>9</v>
+      </c>
+      <c r="C297" t="s">
         <v>957</v>
       </c>
-      <c r="B297" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D297" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E297" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F297" t="s">
         <v>192</v>
       </c>
       <c r="G297" s="1" t="s">
+        <v>958</v>
+      </c>
+      <c r="H297" t="s">
         <v>959</v>
-      </c>
-[...1 lines deleted...]
-        <v>960</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
+        <v>960</v>
+      </c>
+      <c r="B298" t="s">
+        <v>9</v>
+      </c>
+      <c r="C298" t="s">
         <v>961</v>
       </c>
-      <c r="B298" t="s">
-[...2 lines deleted...]
-      <c r="C298" t="s">
+      <c r="D298" t="s">
+        <v>641</v>
+      </c>
+      <c r="E298" t="s">
+        <v>642</v>
+      </c>
+      <c r="F298" t="s">
+        <v>192</v>
+      </c>
+      <c r="G298" s="1" t="s">
         <v>962</v>
       </c>
-      <c r="D298" t="s">
-[...8 lines deleted...]
-      <c r="G298" s="1" t="s">
+      <c r="H298" t="s">
         <v>963</v>
-      </c>
-[...1 lines deleted...]
-        <v>964</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
+        <v>964</v>
+      </c>
+      <c r="B299" t="s">
+        <v>9</v>
+      </c>
+      <c r="C299" t="s">
         <v>965</v>
       </c>
-      <c r="B299" t="s">
-[...2 lines deleted...]
-      <c r="C299" t="s">
+      <c r="D299" t="s">
+        <v>641</v>
+      </c>
+      <c r="E299" t="s">
+        <v>642</v>
+      </c>
+      <c r="F299" t="s">
+        <v>703</v>
+      </c>
+      <c r="G299" s="1" t="s">
         <v>966</v>
       </c>
-      <c r="D299" t="s">
-[...8 lines deleted...]
-      <c r="G299" s="1" t="s">
+      <c r="H299" t="s">
         <v>967</v>
-      </c>
-[...1 lines deleted...]
-        <v>968</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
+        <v>968</v>
+      </c>
+      <c r="B300" t="s">
+        <v>9</v>
+      </c>
+      <c r="C300" t="s">
         <v>969</v>
       </c>
-      <c r="B300" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D300" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E300" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F300" t="s">
         <v>209</v>
       </c>
       <c r="G300" s="1" t="s">
+        <v>970</v>
+      </c>
+      <c r="H300" t="s">
         <v>971</v>
-      </c>
-[...1 lines deleted...]
-        <v>972</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
+        <v>972</v>
+      </c>
+      <c r="B301" t="s">
+        <v>9</v>
+      </c>
+      <c r="C301" t="s">
         <v>973</v>
       </c>
-      <c r="B301" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D301" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E301" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F301" t="s">
         <v>209</v>
       </c>
       <c r="G301" s="1" t="s">
+        <v>974</v>
+      </c>
+      <c r="H301" t="s">
         <v>975</v>
-      </c>
-[...1 lines deleted...]
-        <v>976</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
+        <v>976</v>
+      </c>
+      <c r="B302" t="s">
+        <v>9</v>
+      </c>
+      <c r="C302" t="s">
         <v>977</v>
       </c>
-      <c r="B302" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D302" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E302" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F302" t="s">
         <v>209</v>
       </c>
       <c r="G302" s="1" t="s">
+        <v>978</v>
+      </c>
+      <c r="H302" t="s">
         <v>979</v>
-      </c>
-[...1 lines deleted...]
-        <v>980</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
+        <v>980</v>
+      </c>
+      <c r="B303" t="s">
+        <v>9</v>
+      </c>
+      <c r="C303" t="s">
         <v>981</v>
       </c>
-      <c r="B303" t="s">
-[...2 lines deleted...]
-      <c r="C303" t="s">
+      <c r="D303" t="s">
+        <v>641</v>
+      </c>
+      <c r="E303" t="s">
+        <v>642</v>
+      </c>
+      <c r="F303" t="s">
+        <v>209</v>
+      </c>
+      <c r="G303" s="1" t="s">
         <v>982</v>
       </c>
-      <c r="D303" t="s">
-[...8 lines deleted...]
-      <c r="G303" s="1" t="s">
+      <c r="H303" t="s">
         <v>983</v>
-      </c>
-[...1 lines deleted...]
-        <v>984</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
+        <v>984</v>
+      </c>
+      <c r="B304" t="s">
+        <v>9</v>
+      </c>
+      <c r="C304" t="s">
         <v>985</v>
       </c>
-      <c r="B304" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D304" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E304" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F304" t="s">
         <v>42</v>
       </c>
       <c r="G304" s="1" t="s">
+        <v>986</v>
+      </c>
+      <c r="H304" t="s">
         <v>987</v>
-      </c>
-[...1 lines deleted...]
-        <v>988</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
+        <v>988</v>
+      </c>
+      <c r="B305" t="s">
+        <v>9</v>
+      </c>
+      <c r="C305" t="s">
         <v>989</v>
       </c>
-      <c r="B305" t="s">
-[...2 lines deleted...]
-      <c r="C305" t="s">
+      <c r="D305" t="s">
+        <v>641</v>
+      </c>
+      <c r="E305" t="s">
+        <v>642</v>
+      </c>
+      <c r="F305" t="s">
+        <v>42</v>
+      </c>
+      <c r="G305" s="1" t="s">
         <v>990</v>
       </c>
-      <c r="D305" t="s">
-[...8 lines deleted...]
-      <c r="G305" s="1" t="s">
+      <c r="H305" t="s">
         <v>991</v>
-      </c>
-[...1 lines deleted...]
-        <v>992</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
+        <v>992</v>
+      </c>
+      <c r="B306" t="s">
+        <v>9</v>
+      </c>
+      <c r="C306" t="s">
         <v>993</v>
       </c>
-      <c r="B306" t="s">
-[...2 lines deleted...]
-      <c r="C306" t="s">
+      <c r="D306" t="s">
+        <v>641</v>
+      </c>
+      <c r="E306" t="s">
+        <v>642</v>
+      </c>
+      <c r="F306" t="s">
+        <v>784</v>
+      </c>
+      <c r="G306" s="1" t="s">
         <v>994</v>
       </c>
-      <c r="D306" t="s">
-[...8 lines deleted...]
-      <c r="G306" s="1" t="s">
+      <c r="H306" t="s">
         <v>995</v>
-      </c>
-[...1 lines deleted...]
-        <v>996</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
+        <v>996</v>
+      </c>
+      <c r="B307" t="s">
+        <v>9</v>
+      </c>
+      <c r="C307" t="s">
         <v>997</v>
       </c>
-      <c r="B307" t="s">
-[...2 lines deleted...]
-      <c r="C307" t="s">
+      <c r="D307" t="s">
+        <v>641</v>
+      </c>
+      <c r="E307" t="s">
+        <v>642</v>
+      </c>
+      <c r="F307" t="s">
+        <v>784</v>
+      </c>
+      <c r="G307" s="1" t="s">
         <v>998</v>
       </c>
-      <c r="D307" t="s">
-[...8 lines deleted...]
-      <c r="G307" s="1" t="s">
+      <c r="H307" t="s">
         <v>999</v>
-      </c>
-[...1 lines deleted...]
-        <v>1000</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
+        <v>1000</v>
+      </c>
+      <c r="B308" t="s">
+        <v>9</v>
+      </c>
+      <c r="C308" t="s">
         <v>1001</v>
       </c>
-      <c r="B308" t="s">
-[...2 lines deleted...]
-      <c r="C308" t="s">
+      <c r="D308" t="s">
+        <v>641</v>
+      </c>
+      <c r="E308" t="s">
+        <v>642</v>
+      </c>
+      <c r="F308" t="s">
+        <v>659</v>
+      </c>
+      <c r="G308" s="1" t="s">
         <v>1002</v>
       </c>
-      <c r="D308" t="s">
-[...8 lines deleted...]
-      <c r="G308" s="1" t="s">
+      <c r="H308" t="s">
         <v>1003</v>
-      </c>
-[...1 lines deleted...]
-        <v>1004</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
+        <v>1004</v>
+      </c>
+      <c r="B309" t="s">
+        <v>9</v>
+      </c>
+      <c r="C309" t="s">
         <v>1005</v>
       </c>
-      <c r="B309" t="s">
-[...2 lines deleted...]
-      <c r="C309" t="s">
+      <c r="D309" t="s">
+        <v>641</v>
+      </c>
+      <c r="E309" t="s">
+        <v>642</v>
+      </c>
+      <c r="F309" t="s">
+        <v>659</v>
+      </c>
+      <c r="G309" s="1" t="s">
         <v>1006</v>
       </c>
-      <c r="D309" t="s">
-[...8 lines deleted...]
-      <c r="G309" s="1" t="s">
+      <c r="H309" t="s">
         <v>1007</v>
-      </c>
-[...1 lines deleted...]
-        <v>1008</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
+        <v>1008</v>
+      </c>
+      <c r="B310" t="s">
+        <v>9</v>
+      </c>
+      <c r="C310" t="s">
         <v>1009</v>
       </c>
-      <c r="B310" t="s">
-[...2 lines deleted...]
-      <c r="C310" t="s">
+      <c r="D310" t="s">
+        <v>641</v>
+      </c>
+      <c r="E310" t="s">
+        <v>642</v>
+      </c>
+      <c r="F310" t="s">
+        <v>703</v>
+      </c>
+      <c r="G310" s="1" t="s">
         <v>1010</v>
       </c>
-      <c r="D310" t="s">
-[...8 lines deleted...]
-      <c r="G310" s="1" t="s">
+      <c r="H310" t="s">
         <v>1011</v>
-      </c>
-[...1 lines deleted...]
-        <v>1012</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
+        <v>1012</v>
+      </c>
+      <c r="B311" t="s">
+        <v>9</v>
+      </c>
+      <c r="C311" t="s">
         <v>1013</v>
       </c>
-      <c r="B311" t="s">
-[...2 lines deleted...]
-      <c r="C311" t="s">
+      <c r="D311" t="s">
+        <v>641</v>
+      </c>
+      <c r="E311" t="s">
+        <v>642</v>
+      </c>
+      <c r="F311" t="s">
+        <v>703</v>
+      </c>
+      <c r="G311" s="1" t="s">
         <v>1014</v>
       </c>
-      <c r="D311" t="s">
-[...8 lines deleted...]
-      <c r="G311" s="1" t="s">
+      <c r="H311" t="s">
         <v>1015</v>
-      </c>
-[...1 lines deleted...]
-        <v>1016</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
+        <v>1016</v>
+      </c>
+      <c r="B312" t="s">
+        <v>9</v>
+      </c>
+      <c r="C312" t="s">
         <v>1017</v>
       </c>
-      <c r="B312" t="s">
-[...2 lines deleted...]
-      <c r="C312" t="s">
+      <c r="D312" t="s">
+        <v>641</v>
+      </c>
+      <c r="E312" t="s">
+        <v>642</v>
+      </c>
+      <c r="F312" t="s">
+        <v>659</v>
+      </c>
+      <c r="G312" s="1" t="s">
         <v>1018</v>
       </c>
-      <c r="D312" t="s">
-[...8 lines deleted...]
-      <c r="G312" s="1" t="s">
+      <c r="H312" t="s">
         <v>1019</v>
-      </c>
-[...1 lines deleted...]
-        <v>1020</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
+        <v>1020</v>
+      </c>
+      <c r="B313" t="s">
+        <v>9</v>
+      </c>
+      <c r="C313" t="s">
         <v>1021</v>
       </c>
-      <c r="B313" t="s">
-[...2 lines deleted...]
-      <c r="C313" t="s">
+      <c r="D313" t="s">
+        <v>641</v>
+      </c>
+      <c r="E313" t="s">
+        <v>642</v>
+      </c>
+      <c r="F313" t="s">
+        <v>659</v>
+      </c>
+      <c r="G313" s="1" t="s">
         <v>1022</v>
       </c>
-      <c r="D313" t="s">
-[...8 lines deleted...]
-      <c r="G313" s="1" t="s">
+      <c r="H313" t="s">
         <v>1023</v>
-      </c>
-[...1 lines deleted...]
-        <v>1024</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B314" t="s">
+        <v>9</v>
+      </c>
+      <c r="C314" t="s">
         <v>1025</v>
       </c>
-      <c r="B314" t="s">
-[...2 lines deleted...]
-      <c r="C314" t="s">
+      <c r="D314" t="s">
+        <v>641</v>
+      </c>
+      <c r="E314" t="s">
+        <v>642</v>
+      </c>
+      <c r="F314" t="s">
+        <v>659</v>
+      </c>
+      <c r="G314" s="1" t="s">
         <v>1026</v>
       </c>
-      <c r="D314" t="s">
-[...8 lines deleted...]
-      <c r="G314" s="1" t="s">
+      <c r="H314" t="s">
         <v>1027</v>
-      </c>
-[...1 lines deleted...]
-        <v>1028</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
+        <v>1028</v>
+      </c>
+      <c r="B315" t="s">
+        <v>9</v>
+      </c>
+      <c r="C315" t="s">
         <v>1029</v>
       </c>
-      <c r="B315" t="s">
-[...2 lines deleted...]
-      <c r="C315" t="s">
+      <c r="D315" t="s">
+        <v>641</v>
+      </c>
+      <c r="E315" t="s">
+        <v>642</v>
+      </c>
+      <c r="F315" t="s">
+        <v>659</v>
+      </c>
+      <c r="G315" s="1" t="s">
         <v>1030</v>
       </c>
-      <c r="D315" t="s">
-[...8 lines deleted...]
-      <c r="G315" s="1" t="s">
+      <c r="H315" t="s">
         <v>1031</v>
-      </c>
-[...1 lines deleted...]
-        <v>1032</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
+        <v>1032</v>
+      </c>
+      <c r="B316" t="s">
+        <v>9</v>
+      </c>
+      <c r="C316" t="s">
         <v>1033</v>
       </c>
-      <c r="B316" t="s">
-[...2 lines deleted...]
-      <c r="C316" t="s">
+      <c r="D316" t="s">
+        <v>641</v>
+      </c>
+      <c r="E316" t="s">
+        <v>642</v>
+      </c>
+      <c r="F316" t="s">
+        <v>659</v>
+      </c>
+      <c r="G316" s="1" t="s">
         <v>1034</v>
       </c>
-      <c r="D316" t="s">
-[...8 lines deleted...]
-      <c r="G316" s="1" t="s">
+      <c r="H316" t="s">
         <v>1035</v>
-      </c>
-[...1 lines deleted...]
-        <v>1036</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
+        <v>1036</v>
+      </c>
+      <c r="B317" t="s">
+        <v>9</v>
+      </c>
+      <c r="C317" t="s">
         <v>1037</v>
       </c>
-      <c r="B317" t="s">
-[...2 lines deleted...]
-      <c r="C317" t="s">
+      <c r="D317" t="s">
+        <v>641</v>
+      </c>
+      <c r="E317" t="s">
+        <v>642</v>
+      </c>
+      <c r="F317" t="s">
+        <v>659</v>
+      </c>
+      <c r="G317" s="1" t="s">
         <v>1038</v>
       </c>
-      <c r="D317" t="s">
-[...8 lines deleted...]
-      <c r="G317" s="1" t="s">
+      <c r="H317" t="s">
         <v>1039</v>
-      </c>
-[...1 lines deleted...]
-        <v>1040</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
+        <v>1040</v>
+      </c>
+      <c r="B318" t="s">
+        <v>9</v>
+      </c>
+      <c r="C318" t="s">
         <v>1041</v>
       </c>
-      <c r="B318" t="s">
-[...2 lines deleted...]
-      <c r="C318" t="s">
+      <c r="D318" t="s">
+        <v>641</v>
+      </c>
+      <c r="E318" t="s">
+        <v>642</v>
+      </c>
+      <c r="F318" t="s">
+        <v>659</v>
+      </c>
+      <c r="G318" s="1" t="s">
         <v>1042</v>
       </c>
-      <c r="D318" t="s">
-[...8 lines deleted...]
-      <c r="G318" s="1" t="s">
+      <c r="H318" t="s">
         <v>1043</v>
-      </c>
-[...1 lines deleted...]
-        <v>1044</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
+        <v>1044</v>
+      </c>
+      <c r="B319" t="s">
+        <v>9</v>
+      </c>
+      <c r="C319" t="s">
         <v>1045</v>
       </c>
-      <c r="B319" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D319" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E319" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F319" t="s">
         <v>151</v>
       </c>
       <c r="G319" s="1" t="s">
+        <v>1046</v>
+      </c>
+      <c r="H319" t="s">
         <v>1047</v>
-      </c>
-[...1 lines deleted...]
-        <v>1048</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
+        <v>1048</v>
+      </c>
+      <c r="B320" t="s">
+        <v>9</v>
+      </c>
+      <c r="C320" t="s">
         <v>1049</v>
       </c>
-      <c r="B320" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D320" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E320" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F320" t="s">
         <v>151</v>
       </c>
       <c r="G320" s="1" t="s">
+        <v>1050</v>
+      </c>
+      <c r="H320" t="s">
         <v>1051</v>
-      </c>
-[...1 lines deleted...]
-        <v>1052</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
+        <v>1052</v>
+      </c>
+      <c r="B321" t="s">
+        <v>9</v>
+      </c>
+      <c r="C321" t="s">
         <v>1053</v>
       </c>
-      <c r="B321" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D321" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E321" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F321" t="s">
         <v>151</v>
       </c>
       <c r="G321" s="1" t="s">
+        <v>1054</v>
+      </c>
+      <c r="H321" t="s">
         <v>1055</v>
-      </c>
-[...1 lines deleted...]
-        <v>1056</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
+        <v>1056</v>
+      </c>
+      <c r="B322" t="s">
+        <v>9</v>
+      </c>
+      <c r="C322" t="s">
         <v>1057</v>
       </c>
-      <c r="B322" t="s">
-[...2 lines deleted...]
-      <c r="C322" t="s">
+      <c r="D322" t="s">
+        <v>641</v>
+      </c>
+      <c r="E322" t="s">
+        <v>642</v>
+      </c>
+      <c r="F322" t="s">
+        <v>151</v>
+      </c>
+      <c r="G322" s="1" t="s">
         <v>1058</v>
       </c>
-      <c r="D322" t="s">
-[...8 lines deleted...]
-      <c r="G322" s="1" t="s">
+      <c r="H322" t="s">
         <v>1059</v>
-      </c>
-[...1 lines deleted...]
-        <v>1060</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
+        <v>1060</v>
+      </c>
+      <c r="B323" t="s">
+        <v>9</v>
+      </c>
+      <c r="C323" t="s">
         <v>1061</v>
       </c>
-      <c r="B323" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D323" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E323" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F323" t="s">
         <v>209</v>
       </c>
       <c r="G323" s="1" t="s">
+        <v>1062</v>
+      </c>
+      <c r="H323" t="s">
         <v>1063</v>
-      </c>
-[...1 lines deleted...]
-        <v>1064</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
+        <v>1064</v>
+      </c>
+      <c r="B324" t="s">
+        <v>9</v>
+      </c>
+      <c r="C324" t="s">
         <v>1065</v>
       </c>
-      <c r="B324" t="s">
-[...2 lines deleted...]
-      <c r="C324" t="s">
+      <c r="D324" t="s">
+        <v>641</v>
+      </c>
+      <c r="E324" t="s">
+        <v>642</v>
+      </c>
+      <c r="F324" t="s">
+        <v>209</v>
+      </c>
+      <c r="G324" s="1" t="s">
         <v>1066</v>
       </c>
-      <c r="D324" t="s">
-[...8 lines deleted...]
-      <c r="G324" s="1" t="s">
+      <c r="H324" t="s">
         <v>1067</v>
-      </c>
-[...1 lines deleted...]
-        <v>1068</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
+        <v>1068</v>
+      </c>
+      <c r="B325" t="s">
+        <v>9</v>
+      </c>
+      <c r="C325" t="s">
         <v>1069</v>
       </c>
-      <c r="B325" t="s">
-[...2 lines deleted...]
-      <c r="C325" t="s">
+      <c r="D325" t="s">
+        <v>641</v>
+      </c>
+      <c r="E325" t="s">
+        <v>642</v>
+      </c>
+      <c r="F325" t="s">
+        <v>151</v>
+      </c>
+      <c r="G325" s="1" t="s">
         <v>1070</v>
       </c>
-      <c r="D325" t="s">
-[...8 lines deleted...]
-      <c r="G325" s="1" t="s">
+      <c r="H325" t="s">
         <v>1071</v>
-      </c>
-[...1 lines deleted...]
-        <v>1072</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
+        <v>1072</v>
+      </c>
+      <c r="B326" t="s">
+        <v>9</v>
+      </c>
+      <c r="C326" t="s">
         <v>1073</v>
       </c>
-      <c r="B326" t="s">
-[...2 lines deleted...]
-      <c r="C326" t="s">
+      <c r="D326" t="s">
+        <v>641</v>
+      </c>
+      <c r="E326" t="s">
+        <v>642</v>
+      </c>
+      <c r="F326" t="s">
+        <v>659</v>
+      </c>
+      <c r="G326" s="1" t="s">
         <v>1074</v>
       </c>
-      <c r="D326" t="s">
-[...8 lines deleted...]
-      <c r="G326" s="1" t="s">
+      <c r="H326" t="s">
         <v>1075</v>
-      </c>
-[...1 lines deleted...]
-        <v>1076</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
+        <v>1076</v>
+      </c>
+      <c r="B327" t="s">
+        <v>9</v>
+      </c>
+      <c r="C327" t="s">
         <v>1077</v>
       </c>
-      <c r="B327" t="s">
-[...2 lines deleted...]
-      <c r="C327" t="s">
+      <c r="D327" t="s">
+        <v>641</v>
+      </c>
+      <c r="E327" t="s">
+        <v>642</v>
+      </c>
+      <c r="F327" t="s">
+        <v>659</v>
+      </c>
+      <c r="G327" s="1" t="s">
         <v>1078</v>
       </c>
-      <c r="D327" t="s">
-[...8 lines deleted...]
-      <c r="G327" s="1" t="s">
+      <c r="H327" t="s">
         <v>1079</v>
-      </c>
-[...1 lines deleted...]
-        <v>1080</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
+        <v>1080</v>
+      </c>
+      <c r="B328" t="s">
+        <v>9</v>
+      </c>
+      <c r="C328" t="s">
         <v>1081</v>
       </c>
-      <c r="B328" t="s">
-[...2 lines deleted...]
-      <c r="C328" t="s">
+      <c r="D328" t="s">
+        <v>641</v>
+      </c>
+      <c r="E328" t="s">
+        <v>642</v>
+      </c>
+      <c r="F328" t="s">
+        <v>659</v>
+      </c>
+      <c r="G328" s="1" t="s">
         <v>1082</v>
       </c>
-      <c r="D328" t="s">
-[...8 lines deleted...]
-      <c r="G328" s="1" t="s">
+      <c r="H328" t="s">
         <v>1083</v>
-      </c>
-[...1 lines deleted...]
-        <v>1084</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
+        <v>1084</v>
+      </c>
+      <c r="B329" t="s">
+        <v>9</v>
+      </c>
+      <c r="C329" t="s">
         <v>1085</v>
       </c>
-      <c r="B329" t="s">
-[...2 lines deleted...]
-      <c r="C329" t="s">
+      <c r="D329" t="s">
+        <v>641</v>
+      </c>
+      <c r="E329" t="s">
+        <v>642</v>
+      </c>
+      <c r="F329" t="s">
+        <v>703</v>
+      </c>
+      <c r="G329" s="1" t="s">
         <v>1086</v>
       </c>
-      <c r="D329" t="s">
-[...8 lines deleted...]
-      <c r="G329" s="1" t="s">
+      <c r="H329" t="s">
         <v>1087</v>
-      </c>
-[...1 lines deleted...]
-        <v>1088</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
+        <v>1088</v>
+      </c>
+      <c r="B330" t="s">
+        <v>9</v>
+      </c>
+      <c r="C330" t="s">
         <v>1089</v>
       </c>
-      <c r="B330" t="s">
-[...2 lines deleted...]
-      <c r="C330" t="s">
+      <c r="D330" t="s">
+        <v>641</v>
+      </c>
+      <c r="E330" t="s">
+        <v>642</v>
+      </c>
+      <c r="F330" t="s">
+        <v>703</v>
+      </c>
+      <c r="G330" s="1" t="s">
         <v>1090</v>
-      </c>
-[...10 lines deleted...]
-        <v>285</v>
       </c>
       <c r="H330" t="s">
         <v>1091</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
         <v>1092</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
         <v>1093</v>
       </c>
       <c r="D331" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E331" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F331" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="G331" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="H331" t="s">
         <v>1094</v>
-      </c>
-[...1 lines deleted...]
-        <v>1095</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
+        <v>1095</v>
+      </c>
+      <c r="B332" t="s">
+        <v>9</v>
+      </c>
+      <c r="C332" t="s">
         <v>1096</v>
       </c>
-      <c r="B332" t="s">
-[...2 lines deleted...]
-      <c r="C332" t="s">
+      <c r="D332" t="s">
+        <v>641</v>
+      </c>
+      <c r="E332" t="s">
+        <v>642</v>
+      </c>
+      <c r="F332" t="s">
+        <v>659</v>
+      </c>
+      <c r="G332" s="1" t="s">
         <v>1097</v>
       </c>
-      <c r="D332" t="s">
-[...8 lines deleted...]
-      <c r="G332" s="1" t="s">
+      <c r="H332" t="s">
         <v>1098</v>
-      </c>
-[...1 lines deleted...]
-        <v>1099</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
+        <v>1099</v>
+      </c>
+      <c r="B333" t="s">
+        <v>9</v>
+      </c>
+      <c r="C333" t="s">
         <v>1100</v>
       </c>
-      <c r="B333" t="s">
-[...2 lines deleted...]
-      <c r="C333" t="s">
+      <c r="D333" t="s">
+        <v>641</v>
+      </c>
+      <c r="E333" t="s">
+        <v>642</v>
+      </c>
+      <c r="F333" t="s">
+        <v>659</v>
+      </c>
+      <c r="G333" s="1" t="s">
         <v>1101</v>
       </c>
-      <c r="D333" t="s">
-[...8 lines deleted...]
-      <c r="G333" s="1" t="s">
+      <c r="H333" t="s">
         <v>1102</v>
-      </c>
-[...1 lines deleted...]
-        <v>1103</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
+        <v>1103</v>
+      </c>
+      <c r="B334" t="s">
+        <v>9</v>
+      </c>
+      <c r="C334" t="s">
         <v>1104</v>
       </c>
-      <c r="B334" t="s">
-[...2 lines deleted...]
-      <c r="C334" t="s">
+      <c r="D334" t="s">
+        <v>641</v>
+      </c>
+      <c r="E334" t="s">
+        <v>642</v>
+      </c>
+      <c r="F334" t="s">
+        <v>42</v>
+      </c>
+      <c r="G334" s="1" t="s">
         <v>1105</v>
       </c>
-      <c r="D334" t="s">
-[...8 lines deleted...]
-      <c r="G334" s="1" t="s">
+      <c r="H334" t="s">
         <v>1106</v>
-      </c>
-[...1 lines deleted...]
-        <v>1107</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
+        <v>1107</v>
+      </c>
+      <c r="B335" t="s">
+        <v>9</v>
+      </c>
+      <c r="C335" t="s">
         <v>1108</v>
       </c>
-      <c r="B335" t="s">
-[...2 lines deleted...]
-      <c r="C335" t="s">
+      <c r="D335" t="s">
+        <v>641</v>
+      </c>
+      <c r="E335" t="s">
+        <v>642</v>
+      </c>
+      <c r="F335" t="s">
+        <v>703</v>
+      </c>
+      <c r="G335" s="1" t="s">
         <v>1109</v>
       </c>
-      <c r="D335" t="s">
-[...8 lines deleted...]
-      <c r="G335" s="1" t="s">
+      <c r="H335" t="s">
         <v>1110</v>
-      </c>
-[...1 lines deleted...]
-        <v>1111</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
+        <v>1111</v>
+      </c>
+      <c r="B336" t="s">
+        <v>9</v>
+      </c>
+      <c r="C336" t="s">
         <v>1112</v>
       </c>
-      <c r="B336" t="s">
-[...2 lines deleted...]
-      <c r="C336" t="s">
+      <c r="D336" t="s">
+        <v>641</v>
+      </c>
+      <c r="E336" t="s">
+        <v>642</v>
+      </c>
+      <c r="F336" t="s">
+        <v>703</v>
+      </c>
+      <c r="G336" s="1" t="s">
         <v>1113</v>
       </c>
-      <c r="D336" t="s">
-[...8 lines deleted...]
-      <c r="G336" s="1" t="s">
+      <c r="H336" t="s">
         <v>1114</v>
-      </c>
-[...1 lines deleted...]
-        <v>1115</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
+        <v>1115</v>
+      </c>
+      <c r="B337" t="s">
+        <v>9</v>
+      </c>
+      <c r="C337" t="s">
         <v>1116</v>
       </c>
-      <c r="B337" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D337" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E337" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F337" t="s">
         <v>151</v>
       </c>
       <c r="G337" s="1" t="s">
+        <v>1117</v>
+      </c>
+      <c r="H337" t="s">
         <v>1118</v>
-      </c>
-[...1 lines deleted...]
-        <v>1119</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
+        <v>1119</v>
+      </c>
+      <c r="B338" t="s">
+        <v>9</v>
+      </c>
+      <c r="C338" t="s">
         <v>1120</v>
       </c>
-      <c r="B338" t="s">
-[...2 lines deleted...]
-      <c r="C338" t="s">
+      <c r="D338" t="s">
+        <v>641</v>
+      </c>
+      <c r="E338" t="s">
+        <v>642</v>
+      </c>
+      <c r="F338" t="s">
+        <v>151</v>
+      </c>
+      <c r="G338" s="1" t="s">
         <v>1121</v>
       </c>
-      <c r="D338" t="s">
-[...8 lines deleted...]
-      <c r="G338" s="1" t="s">
+      <c r="H338" t="s">
         <v>1122</v>
-      </c>
-[...1 lines deleted...]
-        <v>1123</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
+        <v>1123</v>
+      </c>
+      <c r="B339" t="s">
+        <v>9</v>
+      </c>
+      <c r="C339" t="s">
         <v>1124</v>
       </c>
-      <c r="B339" t="s">
-[...2 lines deleted...]
-      <c r="C339" t="s">
+      <c r="D339" t="s">
+        <v>641</v>
+      </c>
+      <c r="E339" t="s">
+        <v>642</v>
+      </c>
+      <c r="F339" t="s">
+        <v>192</v>
+      </c>
+      <c r="G339" s="1" t="s">
         <v>1125</v>
       </c>
-      <c r="D339" t="s">
-[...8 lines deleted...]
-      <c r="G339" s="1" t="s">
+      <c r="H339" t="s">
         <v>1126</v>
-      </c>
-[...1 lines deleted...]
-        <v>1127</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
+        <v>1127</v>
+      </c>
+      <c r="B340" t="s">
+        <v>9</v>
+      </c>
+      <c r="C340" t="s">
         <v>1128</v>
       </c>
-      <c r="B340" t="s">
-[...2 lines deleted...]
-      <c r="C340" t="s">
+      <c r="D340" t="s">
+        <v>641</v>
+      </c>
+      <c r="E340" t="s">
+        <v>642</v>
+      </c>
+      <c r="F340" t="s">
+        <v>703</v>
+      </c>
+      <c r="G340" s="1" t="s">
         <v>1129</v>
       </c>
-      <c r="D340" t="s">
-[...8 lines deleted...]
-      <c r="G340" s="1" t="s">
+      <c r="H340" t="s">
         <v>1130</v>
-      </c>
-[...1 lines deleted...]
-        <v>1131</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
+        <v>1131</v>
+      </c>
+      <c r="B341" t="s">
+        <v>9</v>
+      </c>
+      <c r="C341" t="s">
         <v>1132</v>
       </c>
-      <c r="B341" t="s">
-[...2 lines deleted...]
-      <c r="C341" t="s">
+      <c r="D341" t="s">
+        <v>641</v>
+      </c>
+      <c r="E341" t="s">
+        <v>642</v>
+      </c>
+      <c r="F341" t="s">
+        <v>703</v>
+      </c>
+      <c r="G341" s="1" t="s">
         <v>1133</v>
       </c>
-      <c r="D341" t="s">
-[...8 lines deleted...]
-      <c r="G341" s="1" t="s">
+      <c r="H341" t="s">
         <v>1134</v>
-      </c>
-[...1 lines deleted...]
-        <v>1135</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
+        <v>1135</v>
+      </c>
+      <c r="B342" t="s">
+        <v>9</v>
+      </c>
+      <c r="C342" t="s">
         <v>1136</v>
       </c>
-      <c r="B342" t="s">
-[...2 lines deleted...]
-      <c r="C342" t="s">
+      <c r="D342" t="s">
+        <v>641</v>
+      </c>
+      <c r="E342" t="s">
+        <v>642</v>
+      </c>
+      <c r="F342" t="s">
+        <v>659</v>
+      </c>
+      <c r="G342" s="1" t="s">
         <v>1137</v>
       </c>
-      <c r="D342" t="s">
-[...8 lines deleted...]
-      <c r="G342" s="1" t="s">
+      <c r="H342" t="s">
         <v>1138</v>
-      </c>
-[...1 lines deleted...]
-        <v>1139</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
+        <v>1139</v>
+      </c>
+      <c r="B343" t="s">
+        <v>9</v>
+      </c>
+      <c r="C343" t="s">
         <v>1140</v>
       </c>
-      <c r="B343" t="s">
-[...2 lines deleted...]
-      <c r="C343" t="s">
+      <c r="D343" t="s">
+        <v>641</v>
+      </c>
+      <c r="E343" t="s">
+        <v>642</v>
+      </c>
+      <c r="F343" t="s">
+        <v>659</v>
+      </c>
+      <c r="G343" s="1" t="s">
         <v>1141</v>
       </c>
-      <c r="D343" t="s">
-[...8 lines deleted...]
-      <c r="G343" s="1" t="s">
+      <c r="H343" t="s">
         <v>1142</v>
-      </c>
-[...1 lines deleted...]
-        <v>1143</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
+        <v>1143</v>
+      </c>
+      <c r="B344" t="s">
+        <v>9</v>
+      </c>
+      <c r="C344" t="s">
         <v>1144</v>
       </c>
-      <c r="B344" t="s">
-[...2 lines deleted...]
-      <c r="C344" t="s">
+      <c r="D344" t="s">
+        <v>641</v>
+      </c>
+      <c r="E344" t="s">
+        <v>642</v>
+      </c>
+      <c r="F344" t="s">
+        <v>659</v>
+      </c>
+      <c r="G344" s="1" t="s">
         <v>1145</v>
       </c>
-      <c r="D344" t="s">
-[...8 lines deleted...]
-      <c r="G344" s="1" t="s">
+      <c r="H344" t="s">
         <v>1146</v>
-      </c>
-[...1 lines deleted...]
-        <v>1147</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
+        <v>1147</v>
+      </c>
+      <c r="B345" t="s">
+        <v>9</v>
+      </c>
+      <c r="C345" t="s">
         <v>1148</v>
       </c>
-      <c r="B345" t="s">
-[...2 lines deleted...]
-      <c r="C345" t="s">
+      <c r="D345" t="s">
+        <v>641</v>
+      </c>
+      <c r="E345" t="s">
+        <v>642</v>
+      </c>
+      <c r="F345" t="s">
+        <v>655</v>
+      </c>
+      <c r="G345" s="1" t="s">
         <v>1149</v>
       </c>
-      <c r="D345" t="s">
-[...8 lines deleted...]
-      <c r="G345" s="1" t="s">
+      <c r="H345" t="s">
         <v>1150</v>
-      </c>
-[...1 lines deleted...]
-        <v>1151</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
+        <v>1151</v>
+      </c>
+      <c r="B346" t="s">
+        <v>9</v>
+      </c>
+      <c r="C346" t="s">
         <v>1152</v>
       </c>
-      <c r="B346" t="s">
-[...2 lines deleted...]
-      <c r="C346" t="s">
+      <c r="D346" t="s">
+        <v>641</v>
+      </c>
+      <c r="E346" t="s">
+        <v>642</v>
+      </c>
+      <c r="F346" t="s">
+        <v>192</v>
+      </c>
+      <c r="G346" s="1" t="s">
         <v>1153</v>
       </c>
-      <c r="D346" t="s">
-[...8 lines deleted...]
-      <c r="G346" s="1" t="s">
+      <c r="H346" t="s">
         <v>1154</v>
-      </c>
-[...1 lines deleted...]
-        <v>1155</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
+        <v>1155</v>
+      </c>
+      <c r="B347" t="s">
+        <v>9</v>
+      </c>
+      <c r="C347" t="s">
         <v>1156</v>
       </c>
-      <c r="B347" t="s">
-[...2 lines deleted...]
-      <c r="C347" t="s">
+      <c r="D347" t="s">
+        <v>641</v>
+      </c>
+      <c r="E347" t="s">
+        <v>642</v>
+      </c>
+      <c r="F347" t="s">
+        <v>659</v>
+      </c>
+      <c r="G347" s="1" t="s">
         <v>1157</v>
       </c>
-      <c r="D347" t="s">
-[...8 lines deleted...]
-      <c r="G347" s="1" t="s">
+      <c r="H347" t="s">
         <v>1158</v>
-      </c>
-[...1 lines deleted...]
-        <v>1159</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
+        <v>1159</v>
+      </c>
+      <c r="B348" t="s">
+        <v>9</v>
+      </c>
+      <c r="C348" t="s">
         <v>1160</v>
       </c>
-      <c r="B348" t="s">
-[...2 lines deleted...]
-      <c r="C348" t="s">
+      <c r="D348" t="s">
+        <v>641</v>
+      </c>
+      <c r="E348" t="s">
+        <v>642</v>
+      </c>
+      <c r="F348" t="s">
+        <v>659</v>
+      </c>
+      <c r="G348" s="1" t="s">
         <v>1161</v>
       </c>
-      <c r="D348" t="s">
-[...8 lines deleted...]
-      <c r="G348" s="1" t="s">
+      <c r="H348" t="s">
         <v>1162</v>
-      </c>
-[...1 lines deleted...]
-        <v>1163</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
+        <v>1163</v>
+      </c>
+      <c r="B349" t="s">
+        <v>9</v>
+      </c>
+      <c r="C349" t="s">
         <v>1164</v>
       </c>
-      <c r="B349" t="s">
-[...2 lines deleted...]
-      <c r="C349" t="s">
+      <c r="D349" t="s">
+        <v>641</v>
+      </c>
+      <c r="E349" t="s">
+        <v>642</v>
+      </c>
+      <c r="F349" t="s">
+        <v>659</v>
+      </c>
+      <c r="G349" s="1" t="s">
         <v>1165</v>
       </c>
-      <c r="D349" t="s">
-[...8 lines deleted...]
-      <c r="G349" s="1" t="s">
+      <c r="H349" t="s">
         <v>1166</v>
-      </c>
-[...1 lines deleted...]
-        <v>1167</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
+        <v>1167</v>
+      </c>
+      <c r="B350" t="s">
+        <v>9</v>
+      </c>
+      <c r="C350" t="s">
         <v>1168</v>
       </c>
-      <c r="B350" t="s">
-[...2 lines deleted...]
-      <c r="C350" t="s">
+      <c r="D350" t="s">
+        <v>641</v>
+      </c>
+      <c r="E350" t="s">
+        <v>642</v>
+      </c>
+      <c r="F350" t="s">
+        <v>659</v>
+      </c>
+      <c r="G350" s="1" t="s">
         <v>1169</v>
       </c>
-      <c r="D350" t="s">
-[...8 lines deleted...]
-      <c r="G350" s="1" t="s">
+      <c r="H350" t="s">
         <v>1170</v>
-      </c>
-[...1 lines deleted...]
-        <v>1171</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
+        <v>1171</v>
+      </c>
+      <c r="B351" t="s">
+        <v>9</v>
+      </c>
+      <c r="C351" t="s">
         <v>1172</v>
       </c>
-      <c r="B351" t="s">
-[...2 lines deleted...]
-      <c r="C351" t="s">
+      <c r="D351" t="s">
+        <v>641</v>
+      </c>
+      <c r="E351" t="s">
+        <v>642</v>
+      </c>
+      <c r="F351" t="s">
+        <v>784</v>
+      </c>
+      <c r="G351" s="1" t="s">
         <v>1173</v>
       </c>
-      <c r="D351" t="s">
-[...8 lines deleted...]
-      <c r="G351" s="1" t="s">
+      <c r="H351" t="s">
         <v>1174</v>
-      </c>
-[...1 lines deleted...]
-        <v>1175</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
+        <v>1175</v>
+      </c>
+      <c r="B352" t="s">
+        <v>9</v>
+      </c>
+      <c r="C352" t="s">
         <v>1176</v>
       </c>
-      <c r="B352" t="s">
-[...2 lines deleted...]
-      <c r="C352" t="s">
+      <c r="D352" t="s">
+        <v>641</v>
+      </c>
+      <c r="E352" t="s">
+        <v>642</v>
+      </c>
+      <c r="F352" t="s">
+        <v>192</v>
+      </c>
+      <c r="G352" s="1" t="s">
         <v>1177</v>
       </c>
-      <c r="D352" t="s">
-[...8 lines deleted...]
-      <c r="G352" s="1" t="s">
+      <c r="H352" t="s">
         <v>1178</v>
-      </c>
-[...1 lines deleted...]
-        <v>1179</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
+        <v>1179</v>
+      </c>
+      <c r="B353" t="s">
+        <v>9</v>
+      </c>
+      <c r="C353" t="s">
         <v>1180</v>
       </c>
-      <c r="B353" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D353" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E353" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F353" t="s">
         <v>151</v>
       </c>
       <c r="G353" s="1" t="s">
+        <v>1181</v>
+      </c>
+      <c r="H353" t="s">
         <v>1182</v>
-      </c>
-[...1 lines deleted...]
-        <v>1183</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
+        <v>1183</v>
+      </c>
+      <c r="B354" t="s">
+        <v>9</v>
+      </c>
+      <c r="C354" t="s">
         <v>1184</v>
       </c>
-      <c r="B354" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D354" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E354" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F354" t="s">
         <v>151</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>285</v>
+        <v>1185</v>
       </c>
       <c r="H354" t="s">
         <v>1186</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
         <v>1187</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
         <v>1188</v>
       </c>
       <c r="D355" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E355" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F355" t="s">
-        <v>656</v>
+        <v>151</v>
       </c>
       <c r="G355" s="1" t="s">
         <v>285</v>
       </c>
       <c r="H355" t="s">
         <v>1189</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
         <v>1190</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
         <v>1191</v>
       </c>
       <c r="D356" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E356" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F356" t="s">
-        <v>151</v>
+        <v>659</v>
       </c>
       <c r="G356" s="1" t="s">
         <v>285</v>
       </c>
       <c r="H356" t="s">
         <v>1192</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
         <v>1193</v>
       </c>
       <c r="B357" t="s">
         <v>9</v>
       </c>
       <c r="C357" t="s">
         <v>1194</v>
       </c>
       <c r="D357" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E357" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F357" t="s">
-        <v>656</v>
+        <v>151</v>
       </c>
       <c r="G357" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="H357" t="s">
         <v>1195</v>
-      </c>
-[...1 lines deleted...]
-        <v>1196</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B358" t="s">
+        <v>9</v>
+      </c>
+      <c r="C358" t="s">
         <v>1197</v>
       </c>
-      <c r="B358" t="s">
-[...2 lines deleted...]
-      <c r="C358" t="s">
+      <c r="D358" t="s">
+        <v>641</v>
+      </c>
+      <c r="E358" t="s">
+        <v>642</v>
+      </c>
+      <c r="F358" t="s">
+        <v>659</v>
+      </c>
+      <c r="G358" s="1" t="s">
         <v>1198</v>
       </c>
-      <c r="D358" t="s">
-[...8 lines deleted...]
-      <c r="G358" s="1" t="s">
+      <c r="H358" t="s">
         <v>1199</v>
-      </c>
-[...1 lines deleted...]
-        <v>1200</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
+        <v>1200</v>
+      </c>
+      <c r="B359" t="s">
+        <v>9</v>
+      </c>
+      <c r="C359" t="s">
         <v>1201</v>
       </c>
-      <c r="B359" t="s">
-[...2 lines deleted...]
-      <c r="C359" t="s">
+      <c r="D359" t="s">
+        <v>641</v>
+      </c>
+      <c r="E359" t="s">
+        <v>642</v>
+      </c>
+      <c r="F359" t="s">
+        <v>659</v>
+      </c>
+      <c r="G359" s="1" t="s">
         <v>1202</v>
       </c>
-      <c r="D359" t="s">
-[...8 lines deleted...]
-      <c r="G359" s="1" t="s">
+      <c r="H359" t="s">
         <v>1203</v>
-      </c>
-[...1 lines deleted...]
-        <v>1204</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
+        <v>1204</v>
+      </c>
+      <c r="B360" t="s">
+        <v>9</v>
+      </c>
+      <c r="C360" t="s">
         <v>1205</v>
       </c>
-      <c r="B360" t="s">
-[...2 lines deleted...]
-      <c r="C360" t="s">
+      <c r="D360" t="s">
+        <v>641</v>
+      </c>
+      <c r="E360" t="s">
+        <v>642</v>
+      </c>
+      <c r="F360" t="s">
+        <v>703</v>
+      </c>
+      <c r="G360" s="1" t="s">
         <v>1206</v>
       </c>
-      <c r="D360" t="s">
-[...8 lines deleted...]
-      <c r="G360" s="1" t="s">
+      <c r="H360" t="s">
         <v>1207</v>
-      </c>
-[...1 lines deleted...]
-        <v>1208</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
+        <v>1208</v>
+      </c>
+      <c r="B361" t="s">
+        <v>9</v>
+      </c>
+      <c r="C361" t="s">
         <v>1209</v>
       </c>
-      <c r="B361" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D361" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E361" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F361" t="s">
         <v>151</v>
       </c>
       <c r="G361" s="1" t="s">
+        <v>1210</v>
+      </c>
+      <c r="H361" t="s">
         <v>1211</v>
-      </c>
-[...1 lines deleted...]
-        <v>1212</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
+        <v>1212</v>
+      </c>
+      <c r="B362" t="s">
+        <v>9</v>
+      </c>
+      <c r="C362" t="s">
         <v>1213</v>
       </c>
-      <c r="B362" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D362" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E362" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F362" t="s">
         <v>151</v>
       </c>
       <c r="G362" s="1" t="s">
+        <v>1214</v>
+      </c>
+      <c r="H362" t="s">
         <v>1215</v>
-      </c>
-[...1 lines deleted...]
-        <v>1216</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
+        <v>1216</v>
+      </c>
+      <c r="B363" t="s">
+        <v>9</v>
+      </c>
+      <c r="C363" t="s">
         <v>1217</v>
       </c>
-      <c r="B363" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D363" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E363" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F363" t="s">
         <v>151</v>
       </c>
       <c r="G363" s="1" t="s">
+        <v>1218</v>
+      </c>
+      <c r="H363" t="s">
         <v>1219</v>
-      </c>
-[...1 lines deleted...]
-        <v>1220</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
+        <v>1220</v>
+      </c>
+      <c r="B364" t="s">
+        <v>9</v>
+      </c>
+      <c r="C364" t="s">
         <v>1221</v>
       </c>
-      <c r="B364" t="s">
-[...2 lines deleted...]
-      <c r="C364" t="s">
+      <c r="D364" t="s">
+        <v>641</v>
+      </c>
+      <c r="E364" t="s">
+        <v>642</v>
+      </c>
+      <c r="F364" t="s">
+        <v>151</v>
+      </c>
+      <c r="G364" s="1" t="s">
         <v>1222</v>
       </c>
-      <c r="D364" t="s">
-[...8 lines deleted...]
-      <c r="G364" s="1" t="s">
+      <c r="H364" t="s">
         <v>1223</v>
-      </c>
-[...1 lines deleted...]
-        <v>1224</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
+        <v>1224</v>
+      </c>
+      <c r="B365" t="s">
+        <v>9</v>
+      </c>
+      <c r="C365" t="s">
         <v>1225</v>
       </c>
-      <c r="B365" t="s">
-[...2 lines deleted...]
-      <c r="C365" t="s">
+      <c r="D365" t="s">
+        <v>641</v>
+      </c>
+      <c r="E365" t="s">
+        <v>642</v>
+      </c>
+      <c r="F365" t="s">
+        <v>192</v>
+      </c>
+      <c r="G365" s="1" t="s">
         <v>1226</v>
       </c>
-      <c r="D365" t="s">
-[...8 lines deleted...]
-      <c r="G365" s="1" t="s">
+      <c r="H365" t="s">
         <v>1227</v>
-      </c>
-[...1 lines deleted...]
-        <v>1228</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
+        <v>1228</v>
+      </c>
+      <c r="B366" t="s">
+        <v>9</v>
+      </c>
+      <c r="C366" t="s">
         <v>1229</v>
       </c>
-      <c r="B366" t="s">
-[...2 lines deleted...]
-      <c r="C366" t="s">
+      <c r="D366" t="s">
+        <v>641</v>
+      </c>
+      <c r="E366" t="s">
+        <v>642</v>
+      </c>
+      <c r="F366" t="s">
+        <v>703</v>
+      </c>
+      <c r="G366" s="1" t="s">
         <v>1230</v>
       </c>
-      <c r="D366" t="s">
-[...8 lines deleted...]
-      <c r="G366" s="1" t="s">
+      <c r="H366" t="s">
         <v>1231</v>
-      </c>
-[...1 lines deleted...]
-        <v>1232</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
+        <v>1232</v>
+      </c>
+      <c r="B367" t="s">
+        <v>9</v>
+      </c>
+      <c r="C367" t="s">
         <v>1233</v>
       </c>
-      <c r="B367" t="s">
-[...2 lines deleted...]
-      <c r="C367" t="s">
+      <c r="D367" t="s">
+        <v>641</v>
+      </c>
+      <c r="E367" t="s">
+        <v>642</v>
+      </c>
+      <c r="F367" t="s">
+        <v>703</v>
+      </c>
+      <c r="G367" s="1" t="s">
         <v>1234</v>
       </c>
-      <c r="D367" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H367" t="s">
-        <v>1091</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
-        <v>1235</v>
+        <v>1236</v>
       </c>
       <c r="B368" t="s">
         <v>9</v>
       </c>
       <c r="C368" t="s">
-        <v>1236</v>
+        <v>1237</v>
       </c>
       <c r="D368" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E368" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F368" t="s">
-        <v>192</v>
+        <v>151</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>1237</v>
+        <v>285</v>
       </c>
       <c r="H368" t="s">
-        <v>1238</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
+        <v>1238</v>
+      </c>
+      <c r="B369" t="s">
+        <v>9</v>
+      </c>
+      <c r="C369" t="s">
         <v>1239</v>
       </c>
-      <c r="B369" t="s">
-[...2 lines deleted...]
-      <c r="C369" t="s">
+      <c r="D369" t="s">
+        <v>641</v>
+      </c>
+      <c r="E369" t="s">
+        <v>642</v>
+      </c>
+      <c r="F369" t="s">
+        <v>192</v>
+      </c>
+      <c r="G369" s="1" t="s">
         <v>1240</v>
       </c>
-      <c r="D369" t="s">
-[...8 lines deleted...]
-      <c r="G369" s="1" t="s">
+      <c r="H369" t="s">
         <v>1241</v>
-      </c>
-[...1 lines deleted...]
-        <v>1242</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
+        <v>1242</v>
+      </c>
+      <c r="B370" t="s">
+        <v>9</v>
+      </c>
+      <c r="C370" t="s">
         <v>1243</v>
       </c>
-      <c r="B370" t="s">
-[...2 lines deleted...]
-      <c r="C370" t="s">
+      <c r="D370" t="s">
+        <v>641</v>
+      </c>
+      <c r="E370" t="s">
+        <v>642</v>
+      </c>
+      <c r="F370" t="s">
+        <v>659</v>
+      </c>
+      <c r="G370" s="1" t="s">
         <v>1244</v>
       </c>
-      <c r="D370" t="s">
-[...8 lines deleted...]
-      <c r="G370" s="1" t="s">
+      <c r="H370" t="s">
         <v>1245</v>
-      </c>
-[...1 lines deleted...]
-        <v>1246</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
+        <v>1246</v>
+      </c>
+      <c r="B371" t="s">
+        <v>9</v>
+      </c>
+      <c r="C371" t="s">
         <v>1247</v>
       </c>
-      <c r="B371" t="s">
-[...2 lines deleted...]
-      <c r="C371" t="s">
+      <c r="D371" t="s">
+        <v>641</v>
+      </c>
+      <c r="E371" t="s">
+        <v>642</v>
+      </c>
+      <c r="F371" t="s">
+        <v>659</v>
+      </c>
+      <c r="G371" s="1" t="s">
         <v>1248</v>
       </c>
-      <c r="D371" t="s">
-[...8 lines deleted...]
-      <c r="G371" s="1" t="s">
+      <c r="H371" t="s">
         <v>1249</v>
-      </c>
-[...1 lines deleted...]
-        <v>1250</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
+        <v>1250</v>
+      </c>
+      <c r="B372" t="s">
+        <v>9</v>
+      </c>
+      <c r="C372" t="s">
         <v>1251</v>
       </c>
-      <c r="B372" t="s">
-[...2 lines deleted...]
-      <c r="C372" t="s">
+      <c r="D372" t="s">
+        <v>641</v>
+      </c>
+      <c r="E372" t="s">
+        <v>642</v>
+      </c>
+      <c r="F372" t="s">
+        <v>659</v>
+      </c>
+      <c r="G372" s="1" t="s">
         <v>1252</v>
       </c>
-      <c r="D372" t="s">
-[...8 lines deleted...]
-      <c r="G372" s="1" t="s">
+      <c r="H372" t="s">
         <v>1253</v>
-      </c>
-[...1 lines deleted...]
-        <v>1254</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
+        <v>1254</v>
+      </c>
+      <c r="B373" t="s">
+        <v>9</v>
+      </c>
+      <c r="C373" t="s">
         <v>1255</v>
       </c>
-      <c r="B373" t="s">
-[...2 lines deleted...]
-      <c r="C373" t="s">
+      <c r="D373" t="s">
+        <v>641</v>
+      </c>
+      <c r="E373" t="s">
+        <v>642</v>
+      </c>
+      <c r="F373" t="s">
+        <v>42</v>
+      </c>
+      <c r="G373" s="1" t="s">
         <v>1256</v>
       </c>
-      <c r="D373" t="s">
-[...8 lines deleted...]
-      <c r="G373" s="1" t="s">
+      <c r="H373" t="s">
         <v>1257</v>
-      </c>
-[...1 lines deleted...]
-        <v>1258</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
+        <v>1258</v>
+      </c>
+      <c r="B374" t="s">
+        <v>9</v>
+      </c>
+      <c r="C374" t="s">
         <v>1259</v>
       </c>
-      <c r="B374" t="s">
-[...2 lines deleted...]
-      <c r="C374" t="s">
+      <c r="D374" t="s">
+        <v>641</v>
+      </c>
+      <c r="E374" t="s">
+        <v>642</v>
+      </c>
+      <c r="F374" t="s">
+        <v>784</v>
+      </c>
+      <c r="G374" s="1" t="s">
         <v>1260</v>
       </c>
-      <c r="D374" t="s">
-[...8 lines deleted...]
-      <c r="G374" s="1" t="s">
+      <c r="H374" t="s">
         <v>1261</v>
-      </c>
-[...1 lines deleted...]
-        <v>1262</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
+        <v>1262</v>
+      </c>
+      <c r="B375" t="s">
+        <v>9</v>
+      </c>
+      <c r="C375" t="s">
         <v>1263</v>
       </c>
-      <c r="B375" t="s">
-[...2 lines deleted...]
-      <c r="C375" t="s">
+      <c r="D375" t="s">
+        <v>641</v>
+      </c>
+      <c r="E375" t="s">
+        <v>642</v>
+      </c>
+      <c r="F375" t="s">
+        <v>784</v>
+      </c>
+      <c r="G375" s="1" t="s">
         <v>1264</v>
       </c>
-      <c r="D375" t="s">
-[...8 lines deleted...]
-      <c r="G375" s="1" t="s">
+      <c r="H375" t="s">
         <v>1265</v>
-      </c>
-[...1 lines deleted...]
-        <v>1266</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
+        <v>1266</v>
+      </c>
+      <c r="B376" t="s">
+        <v>9</v>
+      </c>
+      <c r="C376" t="s">
         <v>1267</v>
       </c>
-      <c r="B376" t="s">
-[...2 lines deleted...]
-      <c r="C376" t="s">
+      <c r="D376" t="s">
+        <v>641</v>
+      </c>
+      <c r="E376" t="s">
+        <v>642</v>
+      </c>
+      <c r="F376" t="s">
+        <v>659</v>
+      </c>
+      <c r="G376" s="1" t="s">
         <v>1268</v>
       </c>
-      <c r="D376" t="s">
-[...8 lines deleted...]
-      <c r="G376" s="1" t="s">
+      <c r="H376" t="s">
         <v>1269</v>
-      </c>
-[...1 lines deleted...]
-        <v>1270</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
+        <v>1270</v>
+      </c>
+      <c r="B377" t="s">
+        <v>9</v>
+      </c>
+      <c r="C377" t="s">
         <v>1271</v>
       </c>
-      <c r="B377" t="s">
-[...2 lines deleted...]
-      <c r="C377" t="s">
+      <c r="D377" t="s">
+        <v>641</v>
+      </c>
+      <c r="E377" t="s">
+        <v>642</v>
+      </c>
+      <c r="F377" t="s">
+        <v>659</v>
+      </c>
+      <c r="G377" s="1" t="s">
         <v>1272</v>
       </c>
-      <c r="D377" t="s">
-[...8 lines deleted...]
-      <c r="G377" s="1" t="s">
+      <c r="H377" t="s">
         <v>1273</v>
-      </c>
-[...1 lines deleted...]
-        <v>1274</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
+        <v>1274</v>
+      </c>
+      <c r="B378" t="s">
+        <v>9</v>
+      </c>
+      <c r="C378" t="s">
         <v>1275</v>
       </c>
-      <c r="B378" t="s">
-[...2 lines deleted...]
-      <c r="C378" t="s">
+      <c r="D378" t="s">
+        <v>641</v>
+      </c>
+      <c r="E378" t="s">
+        <v>642</v>
+      </c>
+      <c r="F378" t="s">
+        <v>659</v>
+      </c>
+      <c r="G378" s="1" t="s">
         <v>1276</v>
       </c>
-      <c r="D378" t="s">
-[...8 lines deleted...]
-      <c r="G378" s="1" t="s">
+      <c r="H378" t="s">
         <v>1277</v>
-      </c>
-[...1 lines deleted...]
-        <v>1278</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
+        <v>1278</v>
+      </c>
+      <c r="B379" t="s">
+        <v>9</v>
+      </c>
+      <c r="C379" t="s">
         <v>1279</v>
       </c>
-      <c r="B379" t="s">
-[...2 lines deleted...]
-      <c r="C379" t="s">
+      <c r="D379" t="s">
+        <v>641</v>
+      </c>
+      <c r="E379" t="s">
+        <v>642</v>
+      </c>
+      <c r="F379" t="s">
+        <v>659</v>
+      </c>
+      <c r="G379" s="1" t="s">
         <v>1280</v>
       </c>
-      <c r="D379" t="s">
-[...8 lines deleted...]
-      <c r="G379" s="1" t="s">
+      <c r="H379" t="s">
         <v>1281</v>
-      </c>
-[...1 lines deleted...]
-        <v>1282</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
+        <v>1282</v>
+      </c>
+      <c r="B380" t="s">
+        <v>9</v>
+      </c>
+      <c r="C380" t="s">
         <v>1283</v>
       </c>
-      <c r="B380" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D380" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E380" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F380" t="s">
         <v>192</v>
       </c>
       <c r="G380" s="1" t="s">
+        <v>1284</v>
+      </c>
+      <c r="H380" t="s">
         <v>1285</v>
-      </c>
-[...1 lines deleted...]
-        <v>1286</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
+        <v>1286</v>
+      </c>
+      <c r="B381" t="s">
+        <v>9</v>
+      </c>
+      <c r="C381" t="s">
         <v>1287</v>
       </c>
-      <c r="B381" t="s">
-[...2 lines deleted...]
-      <c r="C381" t="s">
+      <c r="D381" t="s">
+        <v>641</v>
+      </c>
+      <c r="E381" t="s">
+        <v>642</v>
+      </c>
+      <c r="F381" t="s">
+        <v>192</v>
+      </c>
+      <c r="G381" s="1" t="s">
         <v>1288</v>
       </c>
-      <c r="D381" t="s">
-[...8 lines deleted...]
-      <c r="G381" s="1" t="s">
+      <c r="H381" t="s">
         <v>1289</v>
-      </c>
-[...1 lines deleted...]
-        <v>1290</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
+        <v>1290</v>
+      </c>
+      <c r="B382" t="s">
+        <v>9</v>
+      </c>
+      <c r="C382" t="s">
         <v>1291</v>
       </c>
-      <c r="B382" t="s">
-[...2 lines deleted...]
-      <c r="C382" t="s">
+      <c r="D382" t="s">
+        <v>641</v>
+      </c>
+      <c r="E382" t="s">
+        <v>642</v>
+      </c>
+      <c r="F382" t="s">
+        <v>151</v>
+      </c>
+      <c r="G382" s="1" t="s">
         <v>1292</v>
       </c>
-      <c r="D382" t="s">
-[...8 lines deleted...]
-      <c r="G382" s="1" t="s">
+      <c r="H382" t="s">
         <v>1293</v>
-      </c>
-[...1 lines deleted...]
-        <v>1294</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
+        <v>1294</v>
+      </c>
+      <c r="B383" t="s">
+        <v>9</v>
+      </c>
+      <c r="C383" t="s">
         <v>1295</v>
       </c>
-      <c r="B383" t="s">
-[...2 lines deleted...]
-      <c r="C383" t="s">
+      <c r="D383" t="s">
+        <v>641</v>
+      </c>
+      <c r="E383" t="s">
+        <v>642</v>
+      </c>
+      <c r="F383" t="s">
+        <v>209</v>
+      </c>
+      <c r="G383" s="1" t="s">
         <v>1296</v>
       </c>
-      <c r="D383" t="s">
-[...8 lines deleted...]
-      <c r="G383" s="1" t="s">
+      <c r="H383" t="s">
         <v>1297</v>
-      </c>
-[...1 lines deleted...]
-        <v>1298</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
+        <v>1298</v>
+      </c>
+      <c r="B384" t="s">
+        <v>9</v>
+      </c>
+      <c r="C384" t="s">
         <v>1299</v>
       </c>
-      <c r="B384" t="s">
-[...2 lines deleted...]
-      <c r="C384" t="s">
+      <c r="D384" t="s">
+        <v>641</v>
+      </c>
+      <c r="E384" t="s">
+        <v>642</v>
+      </c>
+      <c r="F384" t="s">
+        <v>42</v>
+      </c>
+      <c r="G384" s="1" t="s">
         <v>1300</v>
-      </c>
-[...10 lines deleted...]
-        <v>285</v>
       </c>
       <c r="H384" t="s">
         <v>1301</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
         <v>1302</v>
       </c>
       <c r="B385" t="s">
         <v>9</v>
       </c>
       <c r="C385" t="s">
         <v>1303</v>
       </c>
       <c r="D385" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E385" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F385" t="s">
-        <v>700</v>
+        <v>703</v>
       </c>
       <c r="G385" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="H385" t="s">
         <v>1304</v>
-      </c>
-[...1 lines deleted...]
-        <v>1305</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
+        <v>1305</v>
+      </c>
+      <c r="B386" t="s">
+        <v>9</v>
+      </c>
+      <c r="C386" t="s">
         <v>1306</v>
       </c>
-      <c r="B386" t="s">
-[...2 lines deleted...]
-      <c r="C386" t="s">
+      <c r="D386" t="s">
+        <v>641</v>
+      </c>
+      <c r="E386" t="s">
+        <v>642</v>
+      </c>
+      <c r="F386" t="s">
+        <v>703</v>
+      </c>
+      <c r="G386" s="1" t="s">
         <v>1307</v>
       </c>
-      <c r="D386" t="s">
-[...8 lines deleted...]
-      <c r="G386" s="1" t="s">
+      <c r="H386" t="s">
         <v>1308</v>
-      </c>
-[...1 lines deleted...]
-        <v>1309</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
+        <v>1309</v>
+      </c>
+      <c r="B387" t="s">
+        <v>9</v>
+      </c>
+      <c r="C387" t="s">
         <v>1310</v>
       </c>
-      <c r="B387" t="s">
-[...2 lines deleted...]
-      <c r="C387" t="s">
+      <c r="D387" t="s">
+        <v>641</v>
+      </c>
+      <c r="E387" t="s">
+        <v>642</v>
+      </c>
+      <c r="F387" t="s">
+        <v>659</v>
+      </c>
+      <c r="G387" s="1" t="s">
         <v>1311</v>
       </c>
-      <c r="D387" t="s">
-[...8 lines deleted...]
-      <c r="G387" s="1" t="s">
+      <c r="H387" t="s">
         <v>1312</v>
-      </c>
-[...1 lines deleted...]
-        <v>1313</v>
       </c>
     </row>
     <row r="388" spans="1:8">
       <c r="A388" t="s">
+        <v>1313</v>
+      </c>
+      <c r="B388" t="s">
+        <v>9</v>
+      </c>
+      <c r="C388" t="s">
         <v>1314</v>
       </c>
-      <c r="B388" t="s">
-[...2 lines deleted...]
-      <c r="C388" t="s">
+      <c r="D388" t="s">
+        <v>641</v>
+      </c>
+      <c r="E388" t="s">
+        <v>642</v>
+      </c>
+      <c r="F388" t="s">
+        <v>659</v>
+      </c>
+      <c r="G388" s="1" t="s">
         <v>1315</v>
       </c>
-      <c r="D388" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H388" t="s">
-        <v>1091</v>
+        <v>1316</v>
       </c>
     </row>
     <row r="389" spans="1:8">
       <c r="A389" t="s">
-        <v>1316</v>
+        <v>1317</v>
       </c>
       <c r="B389" t="s">
         <v>9</v>
       </c>
       <c r="C389" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
       <c r="D389" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E389" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F389" t="s">
-        <v>151</v>
+        <v>192</v>
       </c>
       <c r="G389" s="1" t="s">
         <v>285</v>
       </c>
       <c r="H389" t="s">
-        <v>1318</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="390" spans="1:8">
       <c r="A390" t="s">
         <v>1319</v>
       </c>
       <c r="B390" t="s">
         <v>9</v>
       </c>
       <c r="C390" t="s">
         <v>1320</v>
       </c>
       <c r="D390" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E390" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F390" t="s">
         <v>151</v>
       </c>
       <c r="G390" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="H390" t="s">
         <v>1321</v>
-      </c>
-[...1 lines deleted...]
-        <v>1322</v>
       </c>
     </row>
     <row r="391" spans="1:8">
       <c r="A391" t="s">
+        <v>1322</v>
+      </c>
+      <c r="B391" t="s">
+        <v>9</v>
+      </c>
+      <c r="C391" t="s">
         <v>1323</v>
       </c>
-      <c r="B391" t="s">
-[...2 lines deleted...]
-      <c r="C391" t="s">
+      <c r="D391" t="s">
+        <v>641</v>
+      </c>
+      <c r="E391" t="s">
+        <v>642</v>
+      </c>
+      <c r="F391" t="s">
+        <v>151</v>
+      </c>
+      <c r="G391" s="1" t="s">
         <v>1324</v>
       </c>
-      <c r="D391" t="s">
-[...8 lines deleted...]
-      <c r="G391" s="1" t="s">
+      <c r="H391" t="s">
         <v>1325</v>
-      </c>
-[...1 lines deleted...]
-        <v>1326</v>
       </c>
     </row>
     <row r="392" spans="1:8">
       <c r="A392" t="s">
+        <v>1326</v>
+      </c>
+      <c r="B392" t="s">
+        <v>9</v>
+      </c>
+      <c r="C392" t="s">
         <v>1327</v>
       </c>
-      <c r="B392" t="s">
-[...2 lines deleted...]
-      <c r="C392" t="s">
+      <c r="D392" t="s">
+        <v>641</v>
+      </c>
+      <c r="E392" t="s">
+        <v>642</v>
+      </c>
+      <c r="F392" t="s">
+        <v>703</v>
+      </c>
+      <c r="G392" s="1" t="s">
         <v>1328</v>
       </c>
-      <c r="D392" t="s">
-[...8 lines deleted...]
-      <c r="G392" s="1" t="s">
+      <c r="H392" t="s">
         <v>1329</v>
-      </c>
-[...1 lines deleted...]
-        <v>1330</v>
       </c>
     </row>
     <row r="393" spans="1:8">
       <c r="A393" t="s">
+        <v>1330</v>
+      </c>
+      <c r="B393" t="s">
+        <v>9</v>
+      </c>
+      <c r="C393" t="s">
         <v>1331</v>
       </c>
-      <c r="B393" t="s">
-[...2 lines deleted...]
-      <c r="C393" t="s">
+      <c r="D393" t="s">
+        <v>641</v>
+      </c>
+      <c r="E393" t="s">
+        <v>642</v>
+      </c>
+      <c r="F393" t="s">
+        <v>659</v>
+      </c>
+      <c r="G393" s="1" t="s">
         <v>1332</v>
       </c>
-      <c r="D393" t="s">
-[...8 lines deleted...]
-      <c r="G393" s="1" t="s">
+      <c r="H393" t="s">
         <v>1333</v>
-      </c>
-[...1 lines deleted...]
-        <v>1334</v>
       </c>
     </row>
     <row r="394" spans="1:8">
       <c r="A394" t="s">
+        <v>1334</v>
+      </c>
+      <c r="B394" t="s">
+        <v>9</v>
+      </c>
+      <c r="C394" t="s">
         <v>1335</v>
       </c>
-      <c r="B394" t="s">
-[...2 lines deleted...]
-      <c r="C394" t="s">
+      <c r="D394" t="s">
+        <v>641</v>
+      </c>
+      <c r="E394" t="s">
+        <v>642</v>
+      </c>
+      <c r="F394" t="s">
+        <v>659</v>
+      </c>
+      <c r="G394" s="1" t="s">
         <v>1336</v>
       </c>
-      <c r="D394" t="s">
-[...8 lines deleted...]
-      <c r="G394" s="1" t="s">
+      <c r="H394" t="s">
         <v>1337</v>
-      </c>
-[...1 lines deleted...]
-        <v>1338</v>
       </c>
     </row>
     <row r="395" spans="1:8">
       <c r="A395" t="s">
+        <v>1338</v>
+      </c>
+      <c r="B395" t="s">
+        <v>9</v>
+      </c>
+      <c r="C395" t="s">
         <v>1339</v>
       </c>
-      <c r="B395" t="s">
-[...2 lines deleted...]
-      <c r="C395" t="s">
+      <c r="D395" t="s">
+        <v>641</v>
+      </c>
+      <c r="E395" t="s">
+        <v>642</v>
+      </c>
+      <c r="F395" t="s">
+        <v>659</v>
+      </c>
+      <c r="G395" s="1" t="s">
         <v>1340</v>
       </c>
-      <c r="D395" t="s">
-[...8 lines deleted...]
-      <c r="G395" s="1" t="s">
+      <c r="H395" t="s">
         <v>1341</v>
-      </c>
-[...1 lines deleted...]
-        <v>1342</v>
       </c>
     </row>
     <row r="396" spans="1:8">
       <c r="A396" t="s">
+        <v>1342</v>
+      </c>
+      <c r="B396" t="s">
+        <v>9</v>
+      </c>
+      <c r="C396" t="s">
         <v>1343</v>
       </c>
-      <c r="B396" t="s">
-[...2 lines deleted...]
-      <c r="C396" t="s">
+      <c r="D396" t="s">
+        <v>641</v>
+      </c>
+      <c r="E396" t="s">
+        <v>642</v>
+      </c>
+      <c r="F396" t="s">
+        <v>659</v>
+      </c>
+      <c r="G396" s="1" t="s">
         <v>1344</v>
       </c>
-      <c r="D396" t="s">
-[...8 lines deleted...]
-      <c r="G396" s="1" t="s">
+      <c r="H396" t="s">
         <v>1345</v>
-      </c>
-[...1 lines deleted...]
-        <v>1346</v>
       </c>
     </row>
     <row r="397" spans="1:8">
       <c r="A397" t="s">
+        <v>1346</v>
+      </c>
+      <c r="B397" t="s">
+        <v>9</v>
+      </c>
+      <c r="C397" t="s">
         <v>1347</v>
       </c>
-      <c r="B397" t="s">
-[...2 lines deleted...]
-      <c r="C397" t="s">
+      <c r="D397" t="s">
+        <v>641</v>
+      </c>
+      <c r="E397" t="s">
+        <v>642</v>
+      </c>
+      <c r="F397" t="s">
+        <v>659</v>
+      </c>
+      <c r="G397" s="1" t="s">
         <v>1348</v>
-      </c>
-[...10 lines deleted...]
-        <v>285</v>
       </c>
       <c r="H397" t="s">
         <v>1349</v>
       </c>
     </row>
     <row r="398" spans="1:8">
       <c r="A398" t="s">
         <v>1350</v>
       </c>
       <c r="B398" t="s">
         <v>9</v>
       </c>
       <c r="C398" t="s">
         <v>1351</v>
       </c>
       <c r="D398" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E398" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F398" t="s">
-        <v>42</v>
+        <v>151</v>
       </c>
       <c r="G398" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="H398" t="s">
         <v>1352</v>
-      </c>
-[...1 lines deleted...]
-        <v>1353</v>
       </c>
     </row>
     <row r="399" spans="1:8">
       <c r="A399" t="s">
+        <v>1353</v>
+      </c>
+      <c r="B399" t="s">
+        <v>9</v>
+      </c>
+      <c r="C399" t="s">
         <v>1354</v>
       </c>
-      <c r="B399" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D399" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E399" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F399" t="s">
         <v>42</v>
       </c>
       <c r="G399" s="1" t="s">
+        <v>1355</v>
+      </c>
+      <c r="H399" t="s">
         <v>1356</v>
-      </c>
-[...1 lines deleted...]
-        <v>1357</v>
       </c>
     </row>
     <row r="400" spans="1:8">
       <c r="A400" t="s">
+        <v>1357</v>
+      </c>
+      <c r="B400" t="s">
+        <v>9</v>
+      </c>
+      <c r="C400" t="s">
         <v>1358</v>
       </c>
-      <c r="B400" t="s">
-[...2 lines deleted...]
-      <c r="C400" t="s">
+      <c r="D400" t="s">
+        <v>641</v>
+      </c>
+      <c r="E400" t="s">
+        <v>642</v>
+      </c>
+      <c r="F400" t="s">
+        <v>42</v>
+      </c>
+      <c r="G400" s="1" t="s">
         <v>1359</v>
       </c>
-      <c r="D400" t="s">
-[...8 lines deleted...]
-      <c r="G400" s="1" t="s">
+      <c r="H400" t="s">
         <v>1360</v>
-      </c>
-[...1 lines deleted...]
-        <v>1361</v>
       </c>
     </row>
     <row r="401" spans="1:8">
       <c r="A401" t="s">
+        <v>1361</v>
+      </c>
+      <c r="B401" t="s">
+        <v>9</v>
+      </c>
+      <c r="C401" t="s">
         <v>1362</v>
       </c>
-      <c r="B401" t="s">
-[...2 lines deleted...]
-      <c r="C401" t="s">
+      <c r="D401" t="s">
+        <v>641</v>
+      </c>
+      <c r="E401" t="s">
+        <v>642</v>
+      </c>
+      <c r="F401" t="s">
+        <v>703</v>
+      </c>
+      <c r="G401" s="1" t="s">
         <v>1363</v>
       </c>
-      <c r="D401" t="s">
-[...8 lines deleted...]
-      <c r="G401" s="1" t="s">
+      <c r="H401" t="s">
         <v>1364</v>
-      </c>
-[...1 lines deleted...]
-        <v>1365</v>
       </c>
     </row>
     <row r="402" spans="1:8">
       <c r="A402" t="s">
+        <v>1365</v>
+      </c>
+      <c r="B402" t="s">
+        <v>9</v>
+      </c>
+      <c r="C402" t="s">
         <v>1366</v>
       </c>
-      <c r="B402" t="s">
-[...2 lines deleted...]
-      <c r="C402" t="s">
+      <c r="D402" t="s">
+        <v>641</v>
+      </c>
+      <c r="E402" t="s">
+        <v>642</v>
+      </c>
+      <c r="F402" t="s">
+        <v>703</v>
+      </c>
+      <c r="G402" s="1" t="s">
         <v>1367</v>
       </c>
-      <c r="D402" t="s">
-[...8 lines deleted...]
-      <c r="G402" s="1" t="s">
+      <c r="H402" t="s">
         <v>1368</v>
-      </c>
-[...1 lines deleted...]
-        <v>1369</v>
       </c>
     </row>
     <row r="403" spans="1:8">
       <c r="A403" t="s">
+        <v>1369</v>
+      </c>
+      <c r="B403" t="s">
+        <v>9</v>
+      </c>
+      <c r="C403" t="s">
         <v>1370</v>
       </c>
-      <c r="B403" t="s">
-[...2 lines deleted...]
-      <c r="C403" t="s">
+      <c r="D403" t="s">
+        <v>641</v>
+      </c>
+      <c r="E403" t="s">
+        <v>642</v>
+      </c>
+      <c r="F403" t="s">
+        <v>703</v>
+      </c>
+      <c r="G403" s="1" t="s">
         <v>1371</v>
       </c>
-      <c r="D403" t="s">
-[...8 lines deleted...]
-      <c r="G403" s="1" t="s">
+      <c r="H403" t="s">
         <v>1372</v>
-      </c>
-[...1 lines deleted...]
-        <v>1373</v>
       </c>
     </row>
     <row r="404" spans="1:8">
       <c r="A404" t="s">
+        <v>1373</v>
+      </c>
+      <c r="B404" t="s">
+        <v>9</v>
+      </c>
+      <c r="C404" t="s">
         <v>1374</v>
       </c>
-      <c r="B404" t="s">
-[...2 lines deleted...]
-      <c r="C404" t="s">
+      <c r="D404" t="s">
+        <v>641</v>
+      </c>
+      <c r="E404" t="s">
+        <v>642</v>
+      </c>
+      <c r="F404" t="s">
+        <v>659</v>
+      </c>
+      <c r="G404" s="1" t="s">
         <v>1375</v>
       </c>
-      <c r="D404" t="s">
-[...8 lines deleted...]
-      <c r="G404" s="1" t="s">
+      <c r="H404" t="s">
         <v>1376</v>
-      </c>
-[...1 lines deleted...]
-        <v>1377</v>
       </c>
     </row>
     <row r="405" spans="1:8">
       <c r="A405" t="s">
+        <v>1377</v>
+      </c>
+      <c r="B405" t="s">
+        <v>9</v>
+      </c>
+      <c r="C405" t="s">
         <v>1378</v>
       </c>
-      <c r="B405" t="s">
-[...2 lines deleted...]
-      <c r="C405" t="s">
+      <c r="D405" t="s">
+        <v>641</v>
+      </c>
+      <c r="E405" t="s">
+        <v>642</v>
+      </c>
+      <c r="F405" t="s">
+        <v>659</v>
+      </c>
+      <c r="G405" s="1" t="s">
         <v>1379</v>
       </c>
-      <c r="D405" t="s">
-[...8 lines deleted...]
-      <c r="G405" s="1" t="s">
+      <c r="H405" t="s">
         <v>1380</v>
-      </c>
-[...1 lines deleted...]
-        <v>1381</v>
       </c>
     </row>
     <row r="406" spans="1:8">
       <c r="A406" t="s">
+        <v>1381</v>
+      </c>
+      <c r="B406" t="s">
+        <v>9</v>
+      </c>
+      <c r="C406" t="s">
         <v>1382</v>
       </c>
-      <c r="B406" t="s">
-[...2 lines deleted...]
-      <c r="C406" t="s">
+      <c r="D406" t="s">
+        <v>641</v>
+      </c>
+      <c r="E406" t="s">
+        <v>642</v>
+      </c>
+      <c r="F406" t="s">
+        <v>659</v>
+      </c>
+      <c r="G406" s="1" t="s">
         <v>1383</v>
       </c>
-      <c r="D406" t="s">
-[...8 lines deleted...]
-      <c r="G406" s="1" t="s">
+      <c r="H406" t="s">
         <v>1384</v>
-      </c>
-[...1 lines deleted...]
-        <v>1385</v>
       </c>
     </row>
     <row r="407" spans="1:8">
       <c r="A407" t="s">
+        <v>1385</v>
+      </c>
+      <c r="B407" t="s">
+        <v>9</v>
+      </c>
+      <c r="C407" t="s">
         <v>1386</v>
       </c>
-      <c r="B407" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D407" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E407" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F407" t="s">
         <v>151</v>
       </c>
       <c r="G407" s="1" t="s">
+        <v>1387</v>
+      </c>
+      <c r="H407" t="s">
         <v>1388</v>
-      </c>
-[...1 lines deleted...]
-        <v>1389</v>
       </c>
     </row>
     <row r="408" spans="1:8">
       <c r="A408" t="s">
+        <v>1389</v>
+      </c>
+      <c r="B408" t="s">
+        <v>9</v>
+      </c>
+      <c r="C408" t="s">
         <v>1390</v>
       </c>
-      <c r="B408" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D408" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E408" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F408" t="s">
         <v>151</v>
       </c>
       <c r="G408" s="1" t="s">
+        <v>1391</v>
+      </c>
+      <c r="H408" t="s">
         <v>1392</v>
-      </c>
-[...1 lines deleted...]
-        <v>1393</v>
       </c>
     </row>
     <row r="409" spans="1:8">
       <c r="A409" t="s">
+        <v>1393</v>
+      </c>
+      <c r="B409" t="s">
+        <v>9</v>
+      </c>
+      <c r="C409" t="s">
         <v>1394</v>
       </c>
-      <c r="B409" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D409" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E409" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F409" t="s">
         <v>151</v>
       </c>
       <c r="G409" s="1" t="s">
+        <v>1395</v>
+      </c>
+      <c r="H409" t="s">
         <v>1396</v>
-      </c>
-[...1 lines deleted...]
-        <v>1397</v>
       </c>
     </row>
     <row r="410" spans="1:8">
       <c r="A410" t="s">
+        <v>1397</v>
+      </c>
+      <c r="B410" t="s">
+        <v>9</v>
+      </c>
+      <c r="C410" t="s">
         <v>1398</v>
       </c>
-      <c r="B410" t="s">
-[...2 lines deleted...]
-      <c r="C410" t="s">
+      <c r="D410" t="s">
+        <v>641</v>
+      </c>
+      <c r="E410" t="s">
+        <v>642</v>
+      </c>
+      <c r="F410" t="s">
+        <v>151</v>
+      </c>
+      <c r="G410" s="1" t="s">
         <v>1399</v>
       </c>
-      <c r="D410" t="s">
-[...8 lines deleted...]
-      <c r="G410" s="1" t="s">
+      <c r="H410" t="s">
         <v>1400</v>
-      </c>
-[...1 lines deleted...]
-        <v>1401</v>
       </c>
     </row>
     <row r="411" spans="1:8">
       <c r="A411" t="s">
+        <v>1401</v>
+      </c>
+      <c r="B411" t="s">
+        <v>9</v>
+      </c>
+      <c r="C411" t="s">
         <v>1402</v>
       </c>
-      <c r="B411" t="s">
-[...2 lines deleted...]
-      <c r="C411" t="s">
+      <c r="D411" t="s">
+        <v>641</v>
+      </c>
+      <c r="E411" t="s">
+        <v>642</v>
+      </c>
+      <c r="F411" t="s">
+        <v>659</v>
+      </c>
+      <c r="G411" s="1" t="s">
         <v>1403</v>
       </c>
-      <c r="D411" t="s">
-[...8 lines deleted...]
-      <c r="G411" s="1" t="s">
+      <c r="H411" t="s">
         <v>1404</v>
-      </c>
-[...1 lines deleted...]
-        <v>1405</v>
       </c>
     </row>
     <row r="412" spans="1:8">
       <c r="A412" t="s">
+        <v>1405</v>
+      </c>
+      <c r="B412" t="s">
+        <v>9</v>
+      </c>
+      <c r="C412" t="s">
         <v>1406</v>
       </c>
-      <c r="B412" t="s">
-[...2 lines deleted...]
-      <c r="C412" t="s">
+      <c r="D412" t="s">
+        <v>641</v>
+      </c>
+      <c r="E412" t="s">
+        <v>642</v>
+      </c>
+      <c r="F412" t="s">
+        <v>703</v>
+      </c>
+      <c r="G412" s="1" t="s">
         <v>1407</v>
       </c>
-      <c r="D412" t="s">
-[...8 lines deleted...]
-      <c r="G412" s="1" t="s">
+      <c r="H412" t="s">
         <v>1408</v>
-      </c>
-[...1 lines deleted...]
-        <v>1409</v>
       </c>
     </row>
     <row r="413" spans="1:8">
       <c r="A413" t="s">
+        <v>1409</v>
+      </c>
+      <c r="B413" t="s">
+        <v>9</v>
+      </c>
+      <c r="C413" t="s">
         <v>1410</v>
       </c>
-      <c r="B413" t="s">
-[...2 lines deleted...]
-      <c r="C413" t="s">
+      <c r="D413" t="s">
+        <v>641</v>
+      </c>
+      <c r="E413" t="s">
+        <v>642</v>
+      </c>
+      <c r="F413" t="s">
+        <v>703</v>
+      </c>
+      <c r="G413" s="1" t="s">
         <v>1411</v>
       </c>
-      <c r="D413" t="s">
-[...8 lines deleted...]
-      <c r="G413" s="1" t="s">
+      <c r="H413" t="s">
         <v>1412</v>
-      </c>
-[...1 lines deleted...]
-        <v>1413</v>
       </c>
     </row>
     <row r="414" spans="1:8">
       <c r="A414" t="s">
+        <v>1413</v>
+      </c>
+      <c r="B414" t="s">
+        <v>9</v>
+      </c>
+      <c r="C414" t="s">
         <v>1414</v>
       </c>
-      <c r="B414" t="s">
-[...2 lines deleted...]
-      <c r="C414" t="s">
+      <c r="D414" t="s">
+        <v>641</v>
+      </c>
+      <c r="E414" t="s">
+        <v>642</v>
+      </c>
+      <c r="F414" t="s">
+        <v>703</v>
+      </c>
+      <c r="G414" s="1" t="s">
         <v>1415</v>
       </c>
-      <c r="D414" t="s">
-[...8 lines deleted...]
-      <c r="G414" s="1" t="s">
+      <c r="H414" t="s">
         <v>1416</v>
-      </c>
-[...1 lines deleted...]
-        <v>1417</v>
       </c>
     </row>
     <row r="415" spans="1:8">
       <c r="A415" t="s">
+        <v>1417</v>
+      </c>
+      <c r="B415" t="s">
+        <v>9</v>
+      </c>
+      <c r="C415" t="s">
         <v>1418</v>
       </c>
-      <c r="B415" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D415" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E415" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F415" t="s">
         <v>151</v>
       </c>
       <c r="G415" s="1" t="s">
-        <v>285</v>
+        <v>1419</v>
       </c>
       <c r="H415" t="s">
         <v>1420</v>
       </c>
     </row>
     <row r="416" spans="1:8">
       <c r="A416" t="s">
         <v>1421</v>
       </c>
       <c r="B416" t="s">
         <v>9</v>
       </c>
       <c r="C416" t="s">
         <v>1422</v>
       </c>
       <c r="D416" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E416" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F416" t="s">
-        <v>656</v>
+        <v>151</v>
       </c>
       <c r="G416" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="H416" t="s">
         <v>1423</v>
-      </c>
-[...1 lines deleted...]
-        <v>1424</v>
       </c>
     </row>
     <row r="417" spans="1:8">
       <c r="A417" t="s">
-        <v>9</v>
+        <v>1424</v>
       </c>
       <c r="B417" t="s">
         <v>9</v>
       </c>
       <c r="C417" t="s">
         <v>1425</v>
       </c>
       <c r="D417" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E417" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F417" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="G417" s="1" t="s">
         <v>1426</v>
       </c>
       <c r="H417" t="s">
         <v>1427</v>
       </c>
     </row>
     <row r="418" spans="1:8">
       <c r="A418" t="s">
+        <v>9</v>
+      </c>
+      <c r="B418" t="s">
+        <v>9</v>
+      </c>
+      <c r="C418" t="s">
         <v>1428</v>
       </c>
-      <c r="B418" t="s">
-[...2 lines deleted...]
-      <c r="C418" t="s">
+      <c r="D418" t="s">
+        <v>641</v>
+      </c>
+      <c r="E418" t="s">
+        <v>642</v>
+      </c>
+      <c r="F418" t="s">
+        <v>659</v>
+      </c>
+      <c r="G418" s="1" t="s">
         <v>1429</v>
       </c>
-      <c r="D418" t="s">
-[...8 lines deleted...]
-      <c r="G418" s="1" t="s">
+      <c r="H418" t="s">
         <v>1430</v>
-      </c>
-[...1 lines deleted...]
-        <v>1431</v>
       </c>
     </row>
     <row r="419" spans="1:8">
       <c r="A419" t="s">
+        <v>1431</v>
+      </c>
+      <c r="B419" t="s">
+        <v>9</v>
+      </c>
+      <c r="C419" t="s">
         <v>1432</v>
       </c>
-      <c r="B419" t="s">
-[...2 lines deleted...]
-      <c r="C419" t="s">
+      <c r="D419" t="s">
+        <v>641</v>
+      </c>
+      <c r="E419" t="s">
+        <v>642</v>
+      </c>
+      <c r="F419" t="s">
+        <v>659</v>
+      </c>
+      <c r="G419" s="1" t="s">
         <v>1433</v>
       </c>
-      <c r="D419" t="s">
-[...8 lines deleted...]
-      <c r="G419" s="1" t="s">
+      <c r="H419" t="s">
         <v>1434</v>
-      </c>
-[...1 lines deleted...]
-        <v>1435</v>
       </c>
     </row>
     <row r="420" spans="1:8">
       <c r="A420" t="s">
+        <v>1435</v>
+      </c>
+      <c r="B420" t="s">
+        <v>9</v>
+      </c>
+      <c r="C420" t="s">
         <v>1436</v>
       </c>
-      <c r="B420" t="s">
-[...2 lines deleted...]
-      <c r="C420" t="s">
+      <c r="D420" t="s">
+        <v>641</v>
+      </c>
+      <c r="E420" t="s">
+        <v>642</v>
+      </c>
+      <c r="F420" t="s">
+        <v>784</v>
+      </c>
+      <c r="G420" s="1" t="s">
         <v>1437</v>
       </c>
-      <c r="D420" t="s">
-[...8 lines deleted...]
-      <c r="G420" s="1" t="s">
+      <c r="H420" t="s">
         <v>1438</v>
-      </c>
-[...1 lines deleted...]
-        <v>1439</v>
       </c>
     </row>
     <row r="421" spans="1:8">
       <c r="A421" t="s">
+        <v>1439</v>
+      </c>
+      <c r="B421" t="s">
+        <v>9</v>
+      </c>
+      <c r="C421" t="s">
         <v>1440</v>
       </c>
-      <c r="B421" t="s">
-[...2 lines deleted...]
-      <c r="C421" t="s">
+      <c r="D421" t="s">
+        <v>641</v>
+      </c>
+      <c r="E421" t="s">
+        <v>642</v>
+      </c>
+      <c r="F421" t="s">
+        <v>659</v>
+      </c>
+      <c r="G421" s="1" t="s">
         <v>1441</v>
       </c>
-      <c r="D421" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H421" t="s">
-        <v>1091</v>
+        <v>1442</v>
       </c>
     </row>
     <row r="422" spans="1:8">
       <c r="A422" t="s">
-        <v>1442</v>
+        <v>1443</v>
       </c>
       <c r="B422" t="s">
         <v>9</v>
       </c>
       <c r="C422" t="s">
-        <v>1443</v>
+        <v>1444</v>
       </c>
       <c r="D422" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E422" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F422" t="s">
         <v>151</v>
       </c>
       <c r="G422" s="1" t="s">
-        <v>1444</v>
+        <v>285</v>
       </c>
       <c r="H422" t="s">
-        <v>1445</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="423" spans="1:8">
       <c r="A423" t="s">
+        <v>1445</v>
+      </c>
+      <c r="B423" t="s">
+        <v>9</v>
+      </c>
+      <c r="C423" t="s">
         <v>1446</v>
       </c>
-      <c r="B423" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D423" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E423" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F423" t="s">
         <v>151</v>
       </c>
       <c r="G423" s="1" t="s">
+        <v>1447</v>
+      </c>
+      <c r="H423" t="s">
         <v>1448</v>
-      </c>
-[...1 lines deleted...]
-        <v>1449</v>
       </c>
     </row>
     <row r="424" spans="1:8">
       <c r="A424" t="s">
+        <v>1449</v>
+      </c>
+      <c r="B424" t="s">
+        <v>9</v>
+      </c>
+      <c r="C424" t="s">
         <v>1450</v>
       </c>
-      <c r="B424" t="s">
-[...2 lines deleted...]
-      <c r="C424" t="s">
+      <c r="D424" t="s">
+        <v>641</v>
+      </c>
+      <c r="E424" t="s">
+        <v>642</v>
+      </c>
+      <c r="F424" t="s">
+        <v>151</v>
+      </c>
+      <c r="G424" s="1" t="s">
         <v>1451</v>
       </c>
-      <c r="D424" t="s">
-[...8 lines deleted...]
-      <c r="G424" s="1" t="s">
+      <c r="H424" t="s">
         <v>1452</v>
-      </c>
-[...1 lines deleted...]
-        <v>1453</v>
       </c>
     </row>
     <row r="425" spans="1:8">
       <c r="A425" t="s">
+        <v>1453</v>
+      </c>
+      <c r="B425" t="s">
+        <v>9</v>
+      </c>
+      <c r="C425" t="s">
         <v>1454</v>
       </c>
-      <c r="B425" t="s">
-[...2 lines deleted...]
-      <c r="C425" t="s">
+      <c r="D425" t="s">
+        <v>641</v>
+      </c>
+      <c r="E425" t="s">
+        <v>642</v>
+      </c>
+      <c r="F425" t="s">
+        <v>703</v>
+      </c>
+      <c r="G425" s="1" t="s">
         <v>1455</v>
       </c>
-      <c r="D425" t="s">
-[...8 lines deleted...]
-      <c r="G425" s="1" t="s">
+      <c r="H425" t="s">
         <v>1456</v>
-      </c>
-[...1 lines deleted...]
-        <v>1457</v>
       </c>
     </row>
     <row r="426" spans="1:8">
       <c r="A426" t="s">
+        <v>1457</v>
+      </c>
+      <c r="B426" t="s">
+        <v>9</v>
+      </c>
+      <c r="C426" t="s">
         <v>1458</v>
       </c>
-      <c r="B426" t="s">
-[...2 lines deleted...]
-      <c r="C426" t="s">
+      <c r="D426" t="s">
+        <v>641</v>
+      </c>
+      <c r="E426" t="s">
+        <v>642</v>
+      </c>
+      <c r="F426" t="s">
+        <v>703</v>
+      </c>
+      <c r="G426" s="1" t="s">
         <v>1459</v>
       </c>
-      <c r="D426" t="s">
-[...8 lines deleted...]
-      <c r="G426" s="1" t="s">
+      <c r="H426" t="s">
         <v>1460</v>
-      </c>
-[...1 lines deleted...]
-        <v>1461</v>
       </c>
     </row>
     <row r="427" spans="1:8">
       <c r="A427" t="s">
+        <v>1461</v>
+      </c>
+      <c r="B427" t="s">
+        <v>9</v>
+      </c>
+      <c r="C427" t="s">
         <v>1462</v>
       </c>
-      <c r="B427" t="s">
-[...2 lines deleted...]
-      <c r="C427" t="s">
+      <c r="D427" t="s">
+        <v>641</v>
+      </c>
+      <c r="E427" t="s">
+        <v>642</v>
+      </c>
+      <c r="F427" t="s">
+        <v>659</v>
+      </c>
+      <c r="G427" s="1" t="s">
         <v>1463</v>
       </c>
-      <c r="D427" t="s">
-[...5 lines deleted...]
-      <c r="F427" t="s">
+      <c r="H427" t="s">
         <v>1464</v>
-      </c>
-[...4 lines deleted...]
-        <v>1465</v>
       </c>
     </row>
     <row r="428" spans="1:8">
       <c r="A428" t="s">
+        <v>1465</v>
+      </c>
+      <c r="B428" t="s">
+        <v>9</v>
+      </c>
+      <c r="C428" t="s">
         <v>1466</v>
       </c>
-      <c r="B428" t="s">
-[...2 lines deleted...]
-      <c r="C428" t="s">
+      <c r="D428" t="s">
+        <v>641</v>
+      </c>
+      <c r="E428" t="s">
+        <v>642</v>
+      </c>
+      <c r="F428" t="s">
         <v>1467</v>
       </c>
-      <c r="D428" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="G428" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="H428" t="s">
         <v>1468</v>
-      </c>
-[...1 lines deleted...]
-        <v>1469</v>
       </c>
     </row>
     <row r="429" spans="1:8">
       <c r="A429" t="s">
+        <v>1469</v>
+      </c>
+      <c r="B429" t="s">
+        <v>9</v>
+      </c>
+      <c r="C429" t="s">
         <v>1470</v>
       </c>
-      <c r="B429" t="s">
-[...2 lines deleted...]
-      <c r="C429" t="s">
+      <c r="D429" t="s">
+        <v>641</v>
+      </c>
+      <c r="E429" t="s">
+        <v>642</v>
+      </c>
+      <c r="F429" t="s">
+        <v>42</v>
+      </c>
+      <c r="G429" s="1" t="s">
         <v>1471</v>
       </c>
-      <c r="D429" t="s">
-[...8 lines deleted...]
-      <c r="G429" s="1" t="s">
+      <c r="H429" t="s">
         <v>1472</v>
-      </c>
-[...1 lines deleted...]
-        <v>1473</v>
       </c>
     </row>
     <row r="430" spans="1:8">
       <c r="A430" t="s">
+        <v>1473</v>
+      </c>
+      <c r="B430" t="s">
+        <v>9</v>
+      </c>
+      <c r="C430" t="s">
         <v>1474</v>
       </c>
-      <c r="B430" t="s">
-[...2 lines deleted...]
-      <c r="C430" t="s">
+      <c r="D430" t="s">
+        <v>641</v>
+      </c>
+      <c r="E430" t="s">
+        <v>642</v>
+      </c>
+      <c r="F430" t="s">
+        <v>659</v>
+      </c>
+      <c r="G430" s="1" t="s">
         <v>1475</v>
       </c>
-      <c r="D430" t="s">
-[...8 lines deleted...]
-      <c r="G430" s="1" t="s">
+      <c r="H430" t="s">
         <v>1476</v>
-      </c>
-[...1 lines deleted...]
-        <v>1477</v>
       </c>
     </row>
     <row r="431" spans="1:8">
       <c r="A431" t="s">
+        <v>1477</v>
+      </c>
+      <c r="B431" t="s">
+        <v>9</v>
+      </c>
+      <c r="C431" t="s">
         <v>1478</v>
       </c>
-      <c r="B431" t="s">
-[...2 lines deleted...]
-      <c r="C431" t="s">
+      <c r="D431" t="s">
+        <v>641</v>
+      </c>
+      <c r="E431" t="s">
+        <v>642</v>
+      </c>
+      <c r="F431" t="s">
+        <v>659</v>
+      </c>
+      <c r="G431" s="1" t="s">
         <v>1479</v>
       </c>
-      <c r="D431" t="s">
-[...8 lines deleted...]
-      <c r="G431" s="1" t="s">
+      <c r="H431" t="s">
         <v>1480</v>
-      </c>
-[...1 lines deleted...]
-        <v>1481</v>
       </c>
     </row>
     <row r="432" spans="1:8">
       <c r="A432" t="s">
+        <v>1481</v>
+      </c>
+      <c r="B432" t="s">
+        <v>9</v>
+      </c>
+      <c r="C432" t="s">
         <v>1482</v>
       </c>
-      <c r="B432" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D432" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E432" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F432" t="s">
         <v>151</v>
       </c>
       <c r="G432" s="1" t="s">
+        <v>1483</v>
+      </c>
+      <c r="H432" t="s">
         <v>1484</v>
-      </c>
-[...1 lines deleted...]
-        <v>1485</v>
       </c>
     </row>
     <row r="433" spans="1:8">
       <c r="A433" t="s">
+        <v>1485</v>
+      </c>
+      <c r="B433" t="s">
+        <v>9</v>
+      </c>
+      <c r="C433" t="s">
         <v>1486</v>
       </c>
-      <c r="B433" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D433" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E433" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F433" t="s">
         <v>151</v>
       </c>
       <c r="G433" s="1" t="s">
+        <v>1487</v>
+      </c>
+      <c r="H433" t="s">
         <v>1488</v>
-      </c>
-[...1 lines deleted...]
-        <v>1489</v>
       </c>
     </row>
     <row r="434" spans="1:8">
       <c r="A434" t="s">
+        <v>1489</v>
+      </c>
+      <c r="B434" t="s">
+        <v>9</v>
+      </c>
+      <c r="C434" t="s">
         <v>1490</v>
       </c>
-      <c r="B434" t="s">
-[...2 lines deleted...]
-      <c r="C434" t="s">
+      <c r="D434" t="s">
+        <v>641</v>
+      </c>
+      <c r="E434" t="s">
+        <v>642</v>
+      </c>
+      <c r="F434" t="s">
+        <v>151</v>
+      </c>
+      <c r="G434" s="1" t="s">
         <v>1491</v>
       </c>
-      <c r="D434" t="s">
-[...8 lines deleted...]
-      <c r="G434" s="1" t="s">
+      <c r="H434" t="s">
         <v>1492</v>
-      </c>
-[...1 lines deleted...]
-        <v>1493</v>
       </c>
     </row>
     <row r="435" spans="1:8">
       <c r="A435" t="s">
+        <v>1493</v>
+      </c>
+      <c r="B435" t="s">
+        <v>9</v>
+      </c>
+      <c r="C435" t="s">
         <v>1494</v>
       </c>
-      <c r="B435" t="s">
-[...2 lines deleted...]
-      <c r="C435" t="s">
+      <c r="D435" t="s">
+        <v>641</v>
+      </c>
+      <c r="E435" t="s">
+        <v>642</v>
+      </c>
+      <c r="F435" t="s">
+        <v>659</v>
+      </c>
+      <c r="G435" s="1" t="s">
         <v>1495</v>
       </c>
-      <c r="D435" t="s">
-[...8 lines deleted...]
-      <c r="G435" s="1" t="s">
+      <c r="H435" t="s">
         <v>1496</v>
-      </c>
-[...1 lines deleted...]
-        <v>1497</v>
       </c>
     </row>
     <row r="436" spans="1:8">
       <c r="A436" t="s">
+        <v>1497</v>
+      </c>
+      <c r="B436" t="s">
+        <v>9</v>
+      </c>
+      <c r="C436" t="s">
         <v>1498</v>
       </c>
-      <c r="B436" t="s">
-[...2 lines deleted...]
-      <c r="C436" t="s">
+      <c r="D436" t="s">
+        <v>641</v>
+      </c>
+      <c r="E436" t="s">
+        <v>642</v>
+      </c>
+      <c r="F436" t="s">
+        <v>659</v>
+      </c>
+      <c r="G436" s="1" t="s">
         <v>1499</v>
       </c>
-      <c r="D436" t="s">
-[...8 lines deleted...]
-      <c r="G436" s="1" t="s">
+      <c r="H436" t="s">
         <v>1500</v>
-      </c>
-[...1 lines deleted...]
-        <v>1501</v>
       </c>
     </row>
     <row r="437" spans="1:8">
       <c r="A437" t="s">
+        <v>1501</v>
+      </c>
+      <c r="B437" t="s">
+        <v>9</v>
+      </c>
+      <c r="C437" t="s">
         <v>1502</v>
       </c>
-      <c r="B437" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D437" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E437" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F437" t="s">
         <v>42</v>
       </c>
       <c r="G437" s="1" t="s">
+        <v>1503</v>
+      </c>
+      <c r="H437" t="s">
         <v>1504</v>
-      </c>
-[...1 lines deleted...]
-        <v>1505</v>
       </c>
     </row>
     <row r="438" spans="1:8">
       <c r="A438" t="s">
+        <v>1505</v>
+      </c>
+      <c r="B438" t="s">
+        <v>9</v>
+      </c>
+      <c r="C438" t="s">
         <v>1506</v>
       </c>
-      <c r="B438" t="s">
-[...2 lines deleted...]
-      <c r="C438" t="s">
+      <c r="D438" t="s">
+        <v>641</v>
+      </c>
+      <c r="E438" t="s">
+        <v>642</v>
+      </c>
+      <c r="F438" t="s">
+        <v>42</v>
+      </c>
+      <c r="G438" s="1" t="s">
         <v>1507</v>
       </c>
-      <c r="D438" t="s">
-[...8 lines deleted...]
-      <c r="G438" s="1" t="s">
+      <c r="H438" t="s">
         <v>1508</v>
-      </c>
-[...1 lines deleted...]
-        <v>1509</v>
       </c>
     </row>
     <row r="439" spans="1:8">
       <c r="A439" t="s">
+        <v>1509</v>
+      </c>
+      <c r="B439" t="s">
+        <v>9</v>
+      </c>
+      <c r="C439" t="s">
         <v>1510</v>
       </c>
-      <c r="B439" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D439" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E439" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F439" t="s">
         <v>151</v>
       </c>
       <c r="G439" s="1" t="s">
+        <v>1511</v>
+      </c>
+      <c r="H439" t="s">
         <v>1512</v>
-      </c>
-[...1 lines deleted...]
-        <v>1513</v>
       </c>
     </row>
     <row r="440" spans="1:8">
       <c r="A440" t="s">
+        <v>1513</v>
+      </c>
+      <c r="B440" t="s">
+        <v>9</v>
+      </c>
+      <c r="C440" t="s">
         <v>1514</v>
       </c>
-      <c r="B440" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D440" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E440" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F440" t="s">
         <v>151</v>
       </c>
       <c r="G440" s="1" t="s">
+        <v>1515</v>
+      </c>
+      <c r="H440" t="s">
         <v>1516</v>
-      </c>
-[...1 lines deleted...]
-        <v>1517</v>
       </c>
     </row>
     <row r="441" spans="1:8">
       <c r="A441" t="s">
+        <v>1517</v>
+      </c>
+      <c r="B441" t="s">
+        <v>9</v>
+      </c>
+      <c r="C441" t="s">
         <v>1518</v>
       </c>
-      <c r="B441" t="s">
-[...2 lines deleted...]
-      <c r="C441" t="s">
+      <c r="D441" t="s">
+        <v>641</v>
+      </c>
+      <c r="E441" t="s">
+        <v>642</v>
+      </c>
+      <c r="F441" t="s">
+        <v>151</v>
+      </c>
+      <c r="G441" s="1" t="s">
         <v>1519</v>
       </c>
-      <c r="D441" t="s">
-[...8 lines deleted...]
-      <c r="G441" s="1" t="s">
+      <c r="H441" t="s">
         <v>1520</v>
-      </c>
-[...1 lines deleted...]
-        <v>1521</v>
       </c>
     </row>
     <row r="442" spans="1:8">
       <c r="A442" t="s">
+        <v>1521</v>
+      </c>
+      <c r="B442" t="s">
+        <v>9</v>
+      </c>
+      <c r="C442" t="s">
         <v>1522</v>
       </c>
-      <c r="B442" t="s">
-[...2 lines deleted...]
-      <c r="C442" t="s">
+      <c r="D442" t="s">
+        <v>641</v>
+      </c>
+      <c r="E442" t="s">
+        <v>642</v>
+      </c>
+      <c r="F442" t="s">
+        <v>42</v>
+      </c>
+      <c r="G442" s="1" t="s">
         <v>1523</v>
       </c>
-      <c r="D442" t="s">
-[...8 lines deleted...]
-      <c r="G442" s="1" t="s">
+      <c r="H442" t="s">
         <v>1524</v>
-      </c>
-[...1 lines deleted...]
-        <v>1525</v>
       </c>
     </row>
     <row r="443" spans="1:8">
       <c r="A443" t="s">
+        <v>1525</v>
+      </c>
+      <c r="B443" t="s">
+        <v>9</v>
+      </c>
+      <c r="C443" t="s">
         <v>1526</v>
       </c>
-      <c r="B443" t="s">
-[...2 lines deleted...]
-      <c r="C443" t="s">
+      <c r="D443" t="s">
+        <v>641</v>
+      </c>
+      <c r="E443" t="s">
+        <v>642</v>
+      </c>
+      <c r="F443" t="s">
+        <v>192</v>
+      </c>
+      <c r="G443" s="1" t="s">
         <v>1527</v>
       </c>
-      <c r="D443" t="s">
-[...8 lines deleted...]
-      <c r="G443" s="1" t="s">
+      <c r="H443" t="s">
         <v>1528</v>
-      </c>
-[...1 lines deleted...]
-        <v>1529</v>
       </c>
     </row>
     <row r="444" spans="1:8">
       <c r="A444" t="s">
+        <v>1529</v>
+      </c>
+      <c r="B444" t="s">
+        <v>9</v>
+      </c>
+      <c r="C444" t="s">
         <v>1530</v>
       </c>
-      <c r="B444" t="s">
-[...2 lines deleted...]
-      <c r="C444" t="s">
+      <c r="D444" t="s">
+        <v>641</v>
+      </c>
+      <c r="E444" t="s">
+        <v>642</v>
+      </c>
+      <c r="F444" t="s">
+        <v>703</v>
+      </c>
+      <c r="G444" s="1" t="s">
         <v>1531</v>
-      </c>
-[...10 lines deleted...]
-        <v>285</v>
       </c>
       <c r="H444" t="s">
         <v>1532</v>
       </c>
     </row>
     <row r="445" spans="1:8">
       <c r="A445" t="s">
         <v>1533</v>
       </c>
       <c r="B445" t="s">
         <v>9</v>
       </c>
       <c r="C445" t="s">
         <v>1534</v>
       </c>
       <c r="D445" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E445" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F445" t="s">
-        <v>192</v>
+        <v>703</v>
       </c>
       <c r="G445" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="H445" t="s">
         <v>1535</v>
-      </c>
-[...1 lines deleted...]
-        <v>1536</v>
       </c>
     </row>
     <row r="446" spans="1:8">
       <c r="A446" t="s">
+        <v>1536</v>
+      </c>
+      <c r="B446" t="s">
+        <v>9</v>
+      </c>
+      <c r="C446" t="s">
         <v>1537</v>
       </c>
-      <c r="B446" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D446" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E446" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F446" t="s">
         <v>192</v>
       </c>
       <c r="G446" s="1" t="s">
+        <v>1538</v>
+      </c>
+      <c r="H446" t="s">
         <v>1539</v>
-      </c>
-[...1 lines deleted...]
-        <v>1540</v>
       </c>
     </row>
     <row r="447" spans="1:8">
       <c r="A447" t="s">
+        <v>1540</v>
+      </c>
+      <c r="B447" t="s">
+        <v>9</v>
+      </c>
+      <c r="C447" t="s">
         <v>1541</v>
       </c>
-      <c r="B447" t="s">
-[...2 lines deleted...]
-      <c r="C447" t="s">
+      <c r="D447" t="s">
+        <v>641</v>
+      </c>
+      <c r="E447" t="s">
+        <v>642</v>
+      </c>
+      <c r="F447" t="s">
+        <v>192</v>
+      </c>
+      <c r="G447" s="1" t="s">
         <v>1542</v>
       </c>
-      <c r="D447" t="s">
-[...8 lines deleted...]
-      <c r="G447" s="1" t="s">
+      <c r="H447" t="s">
         <v>1543</v>
-      </c>
-[...1 lines deleted...]
-        <v>1544</v>
       </c>
     </row>
     <row r="448" spans="1:8">
       <c r="A448" t="s">
+        <v>1544</v>
+      </c>
+      <c r="B448" t="s">
+        <v>9</v>
+      </c>
+      <c r="C448" t="s">
         <v>1545</v>
       </c>
-      <c r="B448" t="s">
-[...2 lines deleted...]
-      <c r="C448" t="s">
+      <c r="D448" t="s">
+        <v>641</v>
+      </c>
+      <c r="E448" t="s">
+        <v>642</v>
+      </c>
+      <c r="F448" t="s">
+        <v>659</v>
+      </c>
+      <c r="G448" s="1" t="s">
         <v>1546</v>
-      </c>
-[...10 lines deleted...]
-        <v>285</v>
       </c>
       <c r="H448" t="s">
         <v>1547</v>
       </c>
     </row>
     <row r="449" spans="1:8">
       <c r="A449" t="s">
         <v>1548</v>
       </c>
       <c r="B449" t="s">
         <v>9</v>
       </c>
       <c r="C449" t="s">
         <v>1549</v>
       </c>
       <c r="D449" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E449" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F449" t="s">
-        <v>42</v>
+        <v>209</v>
       </c>
       <c r="G449" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="H449" t="s">
         <v>1550</v>
-      </c>
-[...1 lines deleted...]
-        <v>1551</v>
       </c>
     </row>
     <row r="450" spans="1:8">
       <c r="A450" t="s">
+        <v>1551</v>
+      </c>
+      <c r="B450" t="s">
+        <v>9</v>
+      </c>
+      <c r="C450" t="s">
         <v>1552</v>
       </c>
-      <c r="B450" t="s">
-[...2 lines deleted...]
-      <c r="C450" t="s">
+      <c r="D450" t="s">
+        <v>641</v>
+      </c>
+      <c r="E450" t="s">
+        <v>642</v>
+      </c>
+      <c r="F450" t="s">
+        <v>42</v>
+      </c>
+      <c r="G450" s="1" t="s">
         <v>1553</v>
       </c>
-      <c r="D450" t="s">
-[...8 lines deleted...]
-      <c r="G450" s="1" t="s">
+      <c r="H450" t="s">
         <v>1554</v>
-      </c>
-[...1 lines deleted...]
-        <v>1555</v>
       </c>
     </row>
     <row r="451" spans="1:8">
       <c r="A451" t="s">
+        <v>1555</v>
+      </c>
+      <c r="B451" t="s">
+        <v>9</v>
+      </c>
+      <c r="C451" t="s">
         <v>1556</v>
       </c>
-      <c r="B451" t="s">
-[...2 lines deleted...]
-      <c r="C451" t="s">
+      <c r="D451" t="s">
+        <v>641</v>
+      </c>
+      <c r="E451" t="s">
+        <v>642</v>
+      </c>
+      <c r="F451" t="s">
+        <v>151</v>
+      </c>
+      <c r="G451" s="1" t="s">
         <v>1557</v>
       </c>
-      <c r="D451" t="s">
-[...8 lines deleted...]
-      <c r="G451" s="1" t="s">
+      <c r="H451" t="s">
         <v>1558</v>
-      </c>
-[...1 lines deleted...]
-        <v>1559</v>
       </c>
     </row>
     <row r="452" spans="1:8">
       <c r="A452" t="s">
+        <v>1559</v>
+      </c>
+      <c r="B452" t="s">
+        <v>9</v>
+      </c>
+      <c r="C452" t="s">
         <v>1560</v>
       </c>
-      <c r="B452" t="s">
-[...2 lines deleted...]
-      <c r="C452" t="s">
+      <c r="D452" t="s">
+        <v>641</v>
+      </c>
+      <c r="E452" t="s">
+        <v>642</v>
+      </c>
+      <c r="F452" t="s">
+        <v>659</v>
+      </c>
+      <c r="G452" s="1" t="s">
         <v>1561</v>
       </c>
-      <c r="D452" t="s">
-[...8 lines deleted...]
-      <c r="G452" s="1" t="s">
+      <c r="H452" t="s">
         <v>1562</v>
-      </c>
-[...1 lines deleted...]
-        <v>1563</v>
       </c>
     </row>
     <row r="453" spans="1:8">
       <c r="A453" t="s">
+        <v>1563</v>
+      </c>
+      <c r="B453" t="s">
+        <v>9</v>
+      </c>
+      <c r="C453" t="s">
         <v>1564</v>
       </c>
-      <c r="B453" t="s">
-[...2 lines deleted...]
-      <c r="C453" t="s">
+      <c r="D453" t="s">
+        <v>641</v>
+      </c>
+      <c r="E453" t="s">
+        <v>642</v>
+      </c>
+      <c r="F453" t="s">
+        <v>659</v>
+      </c>
+      <c r="G453" s="1" t="s">
         <v>1565</v>
       </c>
-      <c r="D453" t="s">
-[...8 lines deleted...]
-      <c r="G453" s="1" t="s">
+      <c r="H453" t="s">
         <v>1566</v>
-      </c>
-[...1 lines deleted...]
-        <v>1567</v>
       </c>
     </row>
     <row r="454" spans="1:8">
       <c r="A454" t="s">
+        <v>1567</v>
+      </c>
+      <c r="B454" t="s">
+        <v>9</v>
+      </c>
+      <c r="C454" t="s">
         <v>1568</v>
       </c>
-      <c r="B454" t="s">
-[...2 lines deleted...]
-      <c r="C454" t="s">
+      <c r="D454" t="s">
+        <v>641</v>
+      </c>
+      <c r="E454" t="s">
+        <v>642</v>
+      </c>
+      <c r="F454" t="s">
+        <v>659</v>
+      </c>
+      <c r="G454" s="1" t="s">
         <v>1569</v>
       </c>
-      <c r="D454" t="s">
-[...8 lines deleted...]
-      <c r="G454" s="1" t="s">
+      <c r="H454" t="s">
         <v>1570</v>
-      </c>
-[...1 lines deleted...]
-        <v>1571</v>
       </c>
     </row>
     <row r="455" spans="1:8">
       <c r="A455" t="s">
+        <v>1571</v>
+      </c>
+      <c r="B455" t="s">
+        <v>9</v>
+      </c>
+      <c r="C455" t="s">
         <v>1572</v>
       </c>
-      <c r="B455" t="s">
-[...2 lines deleted...]
-      <c r="C455" t="s">
+      <c r="D455" t="s">
+        <v>641</v>
+      </c>
+      <c r="E455" t="s">
+        <v>642</v>
+      </c>
+      <c r="F455" t="s">
+        <v>659</v>
+      </c>
+      <c r="G455" s="1" t="s">
         <v>1573</v>
       </c>
-      <c r="D455" t="s">
-[...8 lines deleted...]
-      <c r="G455" s="1" t="s">
+      <c r="H455" t="s">
         <v>1574</v>
-      </c>
-[...1 lines deleted...]
-        <v>1575</v>
       </c>
     </row>
     <row r="456" spans="1:8">
       <c r="A456" t="s">
+        <v>1575</v>
+      </c>
+      <c r="B456" t="s">
+        <v>9</v>
+      </c>
+      <c r="C456" t="s">
         <v>1576</v>
       </c>
-      <c r="B456" t="s">
-[...2 lines deleted...]
-      <c r="C456" t="s">
+      <c r="D456" t="s">
+        <v>641</v>
+      </c>
+      <c r="E456" t="s">
+        <v>642</v>
+      </c>
+      <c r="F456" t="s">
+        <v>659</v>
+      </c>
+      <c r="G456" s="1" t="s">
         <v>1577</v>
       </c>
-      <c r="D456" t="s">
-[...8 lines deleted...]
-      <c r="G456" s="1" t="s">
+      <c r="H456" t="s">
         <v>1578</v>
-      </c>
-[...1 lines deleted...]
-        <v>1579</v>
       </c>
     </row>
     <row r="457" spans="1:8">
       <c r="A457" t="s">
+        <v>1579</v>
+      </c>
+      <c r="B457" t="s">
+        <v>9</v>
+      </c>
+      <c r="C457" t="s">
         <v>1580</v>
       </c>
-      <c r="B457" t="s">
-[...2 lines deleted...]
-      <c r="C457" t="s">
+      <c r="D457" t="s">
+        <v>641</v>
+      </c>
+      <c r="E457" t="s">
+        <v>642</v>
+      </c>
+      <c r="F457" t="s">
+        <v>703</v>
+      </c>
+      <c r="G457" s="1" t="s">
         <v>1581</v>
       </c>
-      <c r="D457" t="s">
-[...8 lines deleted...]
-      <c r="G457" s="1" t="s">
+      <c r="H457" t="s">
         <v>1582</v>
-      </c>
-[...1 lines deleted...]
-        <v>1583</v>
       </c>
     </row>
     <row r="458" spans="1:8">
       <c r="A458" t="s">
+        <v>1583</v>
+      </c>
+      <c r="B458" t="s">
+        <v>9</v>
+      </c>
+      <c r="C458" t="s">
         <v>1584</v>
       </c>
-      <c r="B458" t="s">
-[...2 lines deleted...]
-      <c r="C458" t="s">
+      <c r="D458" t="s">
+        <v>641</v>
+      </c>
+      <c r="E458" t="s">
+        <v>642</v>
+      </c>
+      <c r="F458" t="s">
+        <v>659</v>
+      </c>
+      <c r="G458" s="1" t="s">
         <v>1585</v>
       </c>
-      <c r="D458" t="s">
-[...8 lines deleted...]
-      <c r="G458" s="1" t="s">
+      <c r="H458" t="s">
         <v>1586</v>
-      </c>
-[...1 lines deleted...]
-        <v>1587</v>
       </c>
     </row>
     <row r="459" spans="1:8">
       <c r="A459" t="s">
+        <v>1587</v>
+      </c>
+      <c r="B459" t="s">
+        <v>9</v>
+      </c>
+      <c r="C459" t="s">
         <v>1588</v>
       </c>
-      <c r="B459" t="s">
-[...2 lines deleted...]
-      <c r="C459" t="s">
+      <c r="D459" t="s">
+        <v>641</v>
+      </c>
+      <c r="E459" t="s">
+        <v>642</v>
+      </c>
+      <c r="F459" t="s">
+        <v>42</v>
+      </c>
+      <c r="G459" s="1" t="s">
         <v>1589</v>
       </c>
-      <c r="D459" t="s">
-[...8 lines deleted...]
-      <c r="G459" s="1" t="s">
+      <c r="H459" t="s">
         <v>1590</v>
-      </c>
-[...1 lines deleted...]
-        <v>1591</v>
       </c>
     </row>
     <row r="460" spans="1:8">
       <c r="A460" t="s">
+        <v>1591</v>
+      </c>
+      <c r="B460" t="s">
+        <v>9</v>
+      </c>
+      <c r="C460" t="s">
         <v>1592</v>
       </c>
-      <c r="B460" t="s">
-[...2 lines deleted...]
-      <c r="C460" t="s">
+      <c r="D460" t="s">
+        <v>641</v>
+      </c>
+      <c r="E460" t="s">
+        <v>642</v>
+      </c>
+      <c r="F460" t="s">
+        <v>659</v>
+      </c>
+      <c r="G460" s="1" t="s">
         <v>1593</v>
       </c>
-      <c r="D460" t="s">
-[...8 lines deleted...]
-      <c r="G460" s="1" t="s">
+      <c r="H460" t="s">
         <v>1594</v>
-      </c>
-[...1 lines deleted...]
-        <v>1595</v>
       </c>
     </row>
     <row r="461" spans="1:8">
       <c r="A461" t="s">
+        <v>1595</v>
+      </c>
+      <c r="B461" t="s">
+        <v>9</v>
+      </c>
+      <c r="C461" t="s">
         <v>1596</v>
       </c>
-      <c r="B461" t="s">
-[...2 lines deleted...]
-      <c r="C461" t="s">
+      <c r="D461" t="s">
+        <v>641</v>
+      </c>
+      <c r="E461" t="s">
+        <v>642</v>
+      </c>
+      <c r="F461" t="s">
+        <v>659</v>
+      </c>
+      <c r="G461" s="1" t="s">
         <v>1597</v>
       </c>
-      <c r="D461" t="s">
-[...8 lines deleted...]
-      <c r="G461" s="1" t="s">
+      <c r="H461" t="s">
         <v>1598</v>
-      </c>
-[...1 lines deleted...]
-        <v>1599</v>
       </c>
     </row>
     <row r="462" spans="1:8">
       <c r="A462" t="s">
+        <v>1599</v>
+      </c>
+      <c r="B462" t="s">
+        <v>9</v>
+      </c>
+      <c r="C462" t="s">
         <v>1600</v>
       </c>
-      <c r="B462" t="s">
-[...2 lines deleted...]
-      <c r="C462" t="s">
+      <c r="D462" t="s">
+        <v>641</v>
+      </c>
+      <c r="E462" t="s">
+        <v>642</v>
+      </c>
+      <c r="F462" t="s">
+        <v>703</v>
+      </c>
+      <c r="G462" s="1" t="s">
         <v>1601</v>
       </c>
-      <c r="D462" t="s">
-[...8 lines deleted...]
-      <c r="G462" s="1" t="s">
+      <c r="H462" t="s">
         <v>1602</v>
-      </c>
-[...1 lines deleted...]
-        <v>1603</v>
       </c>
     </row>
     <row r="463" spans="1:8">
       <c r="A463" t="s">
+        <v>1603</v>
+      </c>
+      <c r="B463" t="s">
+        <v>9</v>
+      </c>
+      <c r="C463" t="s">
         <v>1604</v>
       </c>
-      <c r="B463" t="s">
-[...2 lines deleted...]
-      <c r="C463" t="s">
+      <c r="D463" t="s">
+        <v>641</v>
+      </c>
+      <c r="E463" t="s">
+        <v>642</v>
+      </c>
+      <c r="F463" t="s">
+        <v>151</v>
+      </c>
+      <c r="G463" s="1" t="s">
         <v>1605</v>
       </c>
-      <c r="D463" t="s">
-[...8 lines deleted...]
-      <c r="G463" s="1" t="s">
+      <c r="H463" t="s">
         <v>1606</v>
-      </c>
-[...1 lines deleted...]
-        <v>1607</v>
       </c>
     </row>
     <row r="464" spans="1:8">
       <c r="A464" t="s">
+        <v>1607</v>
+      </c>
+      <c r="B464" t="s">
+        <v>9</v>
+      </c>
+      <c r="C464" t="s">
         <v>1608</v>
       </c>
-      <c r="B464" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D464" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E464" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F464" t="s">
         <v>192</v>
       </c>
       <c r="G464" s="1" t="s">
+        <v>1609</v>
+      </c>
+      <c r="H464" t="s">
         <v>1610</v>
-      </c>
-[...1 lines deleted...]
-        <v>1611</v>
       </c>
     </row>
     <row r="465" spans="1:8">
       <c r="A465" t="s">
+        <v>1611</v>
+      </c>
+      <c r="B465" t="s">
+        <v>9</v>
+      </c>
+      <c r="C465" t="s">
         <v>1612</v>
       </c>
-      <c r="B465" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D465" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E465" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F465" t="s">
         <v>192</v>
       </c>
       <c r="G465" s="1" t="s">
+        <v>1613</v>
+      </c>
+      <c r="H465" t="s">
         <v>1614</v>
-      </c>
-[...1 lines deleted...]
-        <v>1615</v>
       </c>
     </row>
     <row r="466" spans="1:8">
       <c r="A466" t="s">
+        <v>1615</v>
+      </c>
+      <c r="B466" t="s">
+        <v>9</v>
+      </c>
+      <c r="C466" t="s">
         <v>1616</v>
       </c>
-      <c r="B466" t="s">
-[...2 lines deleted...]
-      <c r="C466" t="s">
+      <c r="D466" t="s">
+        <v>641</v>
+      </c>
+      <c r="E466" t="s">
+        <v>642</v>
+      </c>
+      <c r="F466" t="s">
+        <v>192</v>
+      </c>
+      <c r="G466" s="1" t="s">
         <v>1617</v>
       </c>
-      <c r="D466" t="s">
-[...8 lines deleted...]
-      <c r="G466" s="1" t="s">
+      <c r="H466" t="s">
         <v>1618</v>
-      </c>
-[...1 lines deleted...]
-        <v>1619</v>
       </c>
     </row>
     <row r="467" spans="1:8">
       <c r="A467" t="s">
+        <v>1619</v>
+      </c>
+      <c r="B467" t="s">
+        <v>9</v>
+      </c>
+      <c r="C467" t="s">
         <v>1620</v>
       </c>
-      <c r="B467" t="s">
-[...2 lines deleted...]
-      <c r="C467" t="s">
+      <c r="D467" t="s">
+        <v>641</v>
+      </c>
+      <c r="E467" t="s">
+        <v>642</v>
+      </c>
+      <c r="F467" t="s">
+        <v>42</v>
+      </c>
+      <c r="G467" s="1" t="s">
         <v>1621</v>
       </c>
-      <c r="D467" t="s">
-[...8 lines deleted...]
-      <c r="G467" s="1" t="s">
+      <c r="H467" t="s">
         <v>1622</v>
-      </c>
-[...1 lines deleted...]
-        <v>1623</v>
       </c>
     </row>
     <row r="468" spans="1:8">
       <c r="A468" t="s">
+        <v>1623</v>
+      </c>
+      <c r="B468" t="s">
+        <v>9</v>
+      </c>
+      <c r="C468" t="s">
         <v>1624</v>
       </c>
-      <c r="B468" t="s">
-[...2 lines deleted...]
-      <c r="C468" t="s">
+      <c r="D468" t="s">
+        <v>641</v>
+      </c>
+      <c r="E468" t="s">
+        <v>642</v>
+      </c>
+      <c r="F468" t="s">
+        <v>703</v>
+      </c>
+      <c r="G468" s="1" t="s">
         <v>1625</v>
-      </c>
-[...10 lines deleted...]
-        <v>285</v>
       </c>
       <c r="H468" t="s">
         <v>1626</v>
       </c>
     </row>
     <row r="469" spans="1:8">
       <c r="A469" t="s">
         <v>1627</v>
       </c>
       <c r="B469" t="s">
         <v>9</v>
       </c>
       <c r="C469" t="s">
         <v>1628</v>
       </c>
       <c r="D469" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E469" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F469" t="s">
-        <v>192</v>
+        <v>703</v>
       </c>
       <c r="G469" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="H469" t="s">
         <v>1629</v>
-      </c>
-[...1 lines deleted...]
-        <v>1630</v>
       </c>
     </row>
     <row r="470" spans="1:8">
       <c r="A470" t="s">
+        <v>1630</v>
+      </c>
+      <c r="B470" t="s">
+        <v>9</v>
+      </c>
+      <c r="C470" t="s">
         <v>1631</v>
       </c>
-      <c r="B470" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D470" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E470" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F470" t="s">
         <v>192</v>
       </c>
       <c r="G470" s="1" t="s">
+        <v>1632</v>
+      </c>
+      <c r="H470" t="s">
         <v>1633</v>
-      </c>
-[...1 lines deleted...]
-        <v>1634</v>
       </c>
     </row>
     <row r="471" spans="1:8">
       <c r="A471" t="s">
+        <v>1634</v>
+      </c>
+      <c r="B471" t="s">
+        <v>9</v>
+      </c>
+      <c r="C471" t="s">
         <v>1635</v>
       </c>
-      <c r="B471" t="s">
-[...2 lines deleted...]
-      <c r="C471" t="s">
+      <c r="D471" t="s">
+        <v>641</v>
+      </c>
+      <c r="E471" t="s">
+        <v>642</v>
+      </c>
+      <c r="F471" t="s">
+        <v>192</v>
+      </c>
+      <c r="G471" s="1" t="s">
         <v>1636</v>
       </c>
-      <c r="D471" t="s">
-[...8 lines deleted...]
-      <c r="G471" s="1" t="s">
+      <c r="H471" t="s">
         <v>1637</v>
-      </c>
-[...1 lines deleted...]
-        <v>1638</v>
       </c>
     </row>
     <row r="472" spans="1:8">
       <c r="A472" t="s">
+        <v>1638</v>
+      </c>
+      <c r="B472" t="s">
+        <v>9</v>
+      </c>
+      <c r="C472" t="s">
         <v>1639</v>
       </c>
-      <c r="B472" t="s">
-[...2 lines deleted...]
-      <c r="C472" t="s">
+      <c r="D472" t="s">
+        <v>641</v>
+      </c>
+      <c r="E472" t="s">
+        <v>642</v>
+      </c>
+      <c r="F472" t="s">
+        <v>42</v>
+      </c>
+      <c r="G472" s="1" t="s">
         <v>1640</v>
       </c>
-      <c r="D472" t="s">
-[...8 lines deleted...]
-      <c r="G472" s="1" t="s">
+      <c r="H472" t="s">
         <v>1641</v>
-      </c>
-[...1 lines deleted...]
-        <v>1642</v>
       </c>
     </row>
     <row r="473" spans="1:8">
       <c r="A473" t="s">
+        <v>1642</v>
+      </c>
+      <c r="B473" t="s">
+        <v>9</v>
+      </c>
+      <c r="C473" t="s">
         <v>1643</v>
       </c>
-      <c r="B473" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D473" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E473" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F473" t="s">
         <v>151</v>
       </c>
       <c r="G473" s="1" t="s">
-        <v>285</v>
+        <v>1644</v>
       </c>
       <c r="H473" t="s">
         <v>1645</v>
       </c>
     </row>
     <row r="474" spans="1:8">
       <c r="A474" t="s">
         <v>1646</v>
       </c>
       <c r="B474" t="s">
         <v>9</v>
       </c>
       <c r="C474" t="s">
         <v>1647</v>
       </c>
       <c r="D474" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E474" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F474" t="s">
-        <v>656</v>
+        <v>151</v>
       </c>
       <c r="G474" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="H474" t="s">
         <v>1648</v>
-      </c>
-[...1 lines deleted...]
-        <v>1649</v>
       </c>
     </row>
     <row r="475" spans="1:8">
       <c r="A475" t="s">
+        <v>1649</v>
+      </c>
+      <c r="B475" t="s">
+        <v>9</v>
+      </c>
+      <c r="C475" t="s">
         <v>1650</v>
       </c>
-      <c r="B475" t="s">
-[...2 lines deleted...]
-      <c r="C475" t="s">
+      <c r="D475" t="s">
+        <v>641</v>
+      </c>
+      <c r="E475" t="s">
+        <v>642</v>
+      </c>
+      <c r="F475" t="s">
+        <v>659</v>
+      </c>
+      <c r="G475" s="1" t="s">
         <v>1651</v>
       </c>
-      <c r="D475" t="s">
-[...8 lines deleted...]
-      <c r="G475" s="1" t="s">
+      <c r="H475" t="s">
         <v>1652</v>
-      </c>
-[...1 lines deleted...]
-        <v>1653</v>
       </c>
     </row>
     <row r="476" spans="1:8">
       <c r="A476" t="s">
+        <v>1653</v>
+      </c>
+      <c r="B476" t="s">
+        <v>9</v>
+      </c>
+      <c r="C476" t="s">
         <v>1654</v>
       </c>
-      <c r="B476" t="s">
-[...2 lines deleted...]
-      <c r="C476" t="s">
+      <c r="D476" t="s">
+        <v>641</v>
+      </c>
+      <c r="E476" t="s">
+        <v>642</v>
+      </c>
+      <c r="F476" t="s">
+        <v>659</v>
+      </c>
+      <c r="G476" s="1" t="s">
         <v>1655</v>
       </c>
-      <c r="D476" t="s">
-[...8 lines deleted...]
-      <c r="G476" s="1" t="s">
+      <c r="H476" t="s">
         <v>1656</v>
-      </c>
-[...1 lines deleted...]
-        <v>1657</v>
       </c>
     </row>
     <row r="477" spans="1:8">
       <c r="A477" t="s">
+        <v>1657</v>
+      </c>
+      <c r="B477" t="s">
+        <v>9</v>
+      </c>
+      <c r="C477" t="s">
         <v>1658</v>
       </c>
-      <c r="B477" t="s">
-[...2 lines deleted...]
-      <c r="C477" t="s">
+      <c r="D477" t="s">
+        <v>641</v>
+      </c>
+      <c r="E477" t="s">
+        <v>642</v>
+      </c>
+      <c r="F477" t="s">
+        <v>659</v>
+      </c>
+      <c r="G477" s="1" t="s">
         <v>1659</v>
       </c>
-      <c r="D477" t="s">
-[...8 lines deleted...]
-      <c r="G477" s="1" t="s">
+      <c r="H477" t="s">
         <v>1660</v>
-      </c>
-[...1 lines deleted...]
-        <v>1661</v>
       </c>
     </row>
     <row r="478" spans="1:8">
       <c r="A478" t="s">
+        <v>1661</v>
+      </c>
+      <c r="B478" t="s">
+        <v>9</v>
+      </c>
+      <c r="C478" t="s">
         <v>1662</v>
       </c>
-      <c r="B478" t="s">
-[...2 lines deleted...]
-      <c r="C478" t="s">
+      <c r="D478" t="s">
+        <v>641</v>
+      </c>
+      <c r="E478" t="s">
+        <v>642</v>
+      </c>
+      <c r="F478" t="s">
+        <v>659</v>
+      </c>
+      <c r="G478" s="1" t="s">
         <v>1663</v>
       </c>
-      <c r="D478" t="s">
-[...8 lines deleted...]
-      <c r="G478" s="1" t="s">
+      <c r="H478" t="s">
         <v>1664</v>
-      </c>
-[...1 lines deleted...]
-        <v>1665</v>
       </c>
     </row>
     <row r="479" spans="1:8">
       <c r="A479" t="s">
+        <v>1665</v>
+      </c>
+      <c r="B479" t="s">
+        <v>9</v>
+      </c>
+      <c r="C479" t="s">
         <v>1666</v>
       </c>
-      <c r="B479" t="s">
-[...2 lines deleted...]
-      <c r="C479" t="s">
+      <c r="D479" t="s">
+        <v>641</v>
+      </c>
+      <c r="E479" t="s">
+        <v>642</v>
+      </c>
+      <c r="F479" t="s">
+        <v>703</v>
+      </c>
+      <c r="G479" s="1" t="s">
         <v>1667</v>
       </c>
-      <c r="D479" t="s">
-[...8 lines deleted...]
-      <c r="G479" s="1" t="s">
+      <c r="H479" t="s">
         <v>1668</v>
-      </c>
-[...1 lines deleted...]
-        <v>1669</v>
       </c>
     </row>
     <row r="480" spans="1:8">
       <c r="A480" t="s">
+        <v>1669</v>
+      </c>
+      <c r="B480" t="s">
+        <v>9</v>
+      </c>
+      <c r="C480" t="s">
         <v>1670</v>
       </c>
-      <c r="B480" t="s">
-[...2 lines deleted...]
-      <c r="C480" t="s">
+      <c r="D480" t="s">
+        <v>641</v>
+      </c>
+      <c r="E480" t="s">
+        <v>642</v>
+      </c>
+      <c r="F480" t="s">
+        <v>703</v>
+      </c>
+      <c r="G480" s="1" t="s">
         <v>1671</v>
       </c>
-      <c r="D480" t="s">
-[...8 lines deleted...]
-      <c r="G480" s="1" t="s">
+      <c r="H480" t="s">
         <v>1672</v>
-      </c>
-[...1 lines deleted...]
-        <v>1673</v>
       </c>
     </row>
     <row r="481" spans="1:8">
       <c r="A481" t="s">
+        <v>1673</v>
+      </c>
+      <c r="B481" t="s">
+        <v>9</v>
+      </c>
+      <c r="C481" t="s">
         <v>1674</v>
       </c>
-      <c r="B481" t="s">
-[...2 lines deleted...]
-      <c r="C481" t="s">
+      <c r="D481" t="s">
+        <v>641</v>
+      </c>
+      <c r="E481" t="s">
+        <v>642</v>
+      </c>
+      <c r="F481" t="s">
+        <v>703</v>
+      </c>
+      <c r="G481" s="1" t="s">
         <v>1675</v>
       </c>
-      <c r="D481" t="s">
-[...8 lines deleted...]
-      <c r="G481" s="1" t="s">
+      <c r="H481" t="s">
         <v>1676</v>
-      </c>
-[...1 lines deleted...]
-        <v>1677</v>
       </c>
     </row>
     <row r="482" spans="1:8">
       <c r="A482" t="s">
+        <v>1677</v>
+      </c>
+      <c r="B482" t="s">
+        <v>9</v>
+      </c>
+      <c r="C482" t="s">
         <v>1678</v>
       </c>
-      <c r="B482" t="s">
-[...2 lines deleted...]
-      <c r="C482" t="s">
+      <c r="D482" t="s">
+        <v>641</v>
+      </c>
+      <c r="E482" t="s">
+        <v>642</v>
+      </c>
+      <c r="F482" t="s">
+        <v>703</v>
+      </c>
+      <c r="G482" s="1" t="s">
         <v>1679</v>
       </c>
-      <c r="D482" t="s">
-[...8 lines deleted...]
-      <c r="G482" s="1" t="s">
+      <c r="H482" t="s">
         <v>1680</v>
-      </c>
-[...1 lines deleted...]
-        <v>1681</v>
       </c>
     </row>
     <row r="483" spans="1:8">
       <c r="A483" t="s">
+        <v>1681</v>
+      </c>
+      <c r="B483" t="s">
+        <v>9</v>
+      </c>
+      <c r="C483" t="s">
         <v>1682</v>
       </c>
-      <c r="B483" t="s">
-[...2 lines deleted...]
-      <c r="C483" t="s">
+      <c r="D483" t="s">
+        <v>641</v>
+      </c>
+      <c r="E483" t="s">
+        <v>642</v>
+      </c>
+      <c r="F483" t="s">
+        <v>703</v>
+      </c>
+      <c r="G483" s="1" t="s">
         <v>1683</v>
       </c>
-      <c r="D483" t="s">
-[...8 lines deleted...]
-      <c r="G483" s="1" t="s">
+      <c r="H483" t="s">
         <v>1684</v>
-      </c>
-[...1 lines deleted...]
-        <v>1685</v>
       </c>
     </row>
     <row r="484" spans="1:8">
       <c r="A484" t="s">
+        <v>1685</v>
+      </c>
+      <c r="B484" t="s">
+        <v>9</v>
+      </c>
+      <c r="C484" t="s">
         <v>1686</v>
       </c>
-      <c r="B484" t="s">
-[...2 lines deleted...]
-      <c r="C484" t="s">
+      <c r="D484" t="s">
+        <v>641</v>
+      </c>
+      <c r="E484" t="s">
+        <v>642</v>
+      </c>
+      <c r="F484" t="s">
+        <v>703</v>
+      </c>
+      <c r="G484" s="1" t="s">
         <v>1687</v>
       </c>
-      <c r="D484" t="s">
-[...8 lines deleted...]
-      <c r="G484" s="1" t="s">
+      <c r="H484" t="s">
         <v>1688</v>
-      </c>
-[...1 lines deleted...]
-        <v>1689</v>
       </c>
     </row>
     <row r="485" spans="1:8">
       <c r="A485" t="s">
+        <v>1689</v>
+      </c>
+      <c r="B485" t="s">
+        <v>9</v>
+      </c>
+      <c r="C485" t="s">
         <v>1690</v>
       </c>
-      <c r="B485" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D485" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E485" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F485" t="s">
         <v>151</v>
       </c>
       <c r="G485" s="1" t="s">
-        <v>285</v>
+        <v>1691</v>
       </c>
       <c r="H485" t="s">
         <v>1692</v>
       </c>
     </row>
     <row r="486" spans="1:8">
       <c r="A486" t="s">
         <v>1693</v>
       </c>
       <c r="B486" t="s">
         <v>9</v>
       </c>
       <c r="C486" t="s">
         <v>1694</v>
       </c>
       <c r="D486" t="s">
-        <v>638</v>
+        <v>641</v>
       </c>
       <c r="E486" t="s">
-        <v>639</v>
+        <v>642</v>
       </c>
       <c r="F486" t="s">
-        <v>700</v>
+        <v>151</v>
       </c>
       <c r="G486" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="H486" t="s">
         <v>1695</v>
-      </c>
-[...1 lines deleted...]
-        <v>1696</v>
       </c>
     </row>
     <row r="487" spans="1:8">
       <c r="A487" t="s">
+        <v>1696</v>
+      </c>
+      <c r="B487" t="s">
+        <v>9</v>
+      </c>
+      <c r="C487" t="s">
         <v>1697</v>
       </c>
-      <c r="B487" t="s">
-[...2 lines deleted...]
-      <c r="C487" t="s">
+      <c r="D487" t="s">
+        <v>641</v>
+      </c>
+      <c r="E487" t="s">
+        <v>642</v>
+      </c>
+      <c r="F487" t="s">
+        <v>703</v>
+      </c>
+      <c r="G487" s="1" t="s">
         <v>1698</v>
       </c>
-      <c r="D487" t="s">
-[...8 lines deleted...]
-      <c r="G487" s="1" t="s">
+      <c r="H487" t="s">
         <v>1699</v>
-      </c>
-[...1 lines deleted...]
-        <v>1700</v>
       </c>
     </row>
     <row r="488" spans="1:8">
       <c r="A488" t="s">
+        <v>1700</v>
+      </c>
+      <c r="B488" t="s">
+        <v>9</v>
+      </c>
+      <c r="C488" t="s">
         <v>1701</v>
       </c>
-      <c r="B488" t="s">
-[...2 lines deleted...]
-      <c r="C488" t="s">
+      <c r="D488" t="s">
+        <v>641</v>
+      </c>
+      <c r="E488" t="s">
+        <v>642</v>
+      </c>
+      <c r="F488" t="s">
+        <v>703</v>
+      </c>
+      <c r="G488" s="1" t="s">
         <v>1702</v>
       </c>
-      <c r="D488" t="s">
-[...8 lines deleted...]
-      <c r="G488" s="1" t="s">
+      <c r="H488" t="s">
         <v>1703</v>
-      </c>
-[...1 lines deleted...]
-        <v>1704</v>
       </c>
     </row>
     <row r="489" spans="1:8">
       <c r="A489" t="s">
+        <v>1704</v>
+      </c>
+      <c r="B489" t="s">
+        <v>9</v>
+      </c>
+      <c r="C489" t="s">
         <v>1705</v>
       </c>
-      <c r="B489" t="s">
-[...2 lines deleted...]
-      <c r="C489" t="s">
+      <c r="D489" t="s">
+        <v>641</v>
+      </c>
+      <c r="E489" t="s">
+        <v>642</v>
+      </c>
+      <c r="F489" t="s">
+        <v>703</v>
+      </c>
+      <c r="G489" s="1" t="s">
         <v>1706</v>
       </c>
-      <c r="D489" t="s">
-[...8 lines deleted...]
-      <c r="G489" s="1" t="s">
+      <c r="H489" t="s">
         <v>1707</v>
-      </c>
-[...1 lines deleted...]
-        <v>1708</v>
       </c>
     </row>
     <row r="490" spans="1:8">
       <c r="A490" t="s">
+        <v>1708</v>
+      </c>
+      <c r="B490" t="s">
+        <v>9</v>
+      </c>
+      <c r="C490" t="s">
         <v>1709</v>
       </c>
-      <c r="B490" t="s">
-[...2 lines deleted...]
-      <c r="C490" t="s">
+      <c r="D490" t="s">
+        <v>641</v>
+      </c>
+      <c r="E490" t="s">
+        <v>642</v>
+      </c>
+      <c r="F490" t="s">
+        <v>42</v>
+      </c>
+      <c r="G490" s="1" t="s">
         <v>1710</v>
       </c>
-      <c r="D490" t="s">
-[...8 lines deleted...]
-      <c r="G490" s="1" t="s">
+      <c r="H490" t="s">
         <v>1711</v>
-      </c>
-[...1 lines deleted...]
-        <v>1712</v>
       </c>
     </row>
     <row r="491" spans="1:8">
       <c r="A491" t="s">
+        <v>1712</v>
+      </c>
+      <c r="B491" t="s">
+        <v>9</v>
+      </c>
+      <c r="C491" t="s">
         <v>1713</v>
       </c>
-      <c r="B491" t="s">
-[...2 lines deleted...]
-      <c r="C491" t="s">
+      <c r="D491" t="s">
+        <v>641</v>
+      </c>
+      <c r="E491" t="s">
+        <v>642</v>
+      </c>
+      <c r="F491" t="s">
+        <v>151</v>
+      </c>
+      <c r="G491" s="1" t="s">
         <v>1714</v>
       </c>
-      <c r="D491" t="s">
-[...8 lines deleted...]
-      <c r="G491" s="1" t="s">
+      <c r="H491" t="s">
         <v>1715</v>
-      </c>
-[...1 lines deleted...]
-        <v>1716</v>
       </c>
     </row>
     <row r="492" spans="1:8">
       <c r="A492" t="s">
+        <v>1716</v>
+      </c>
+      <c r="B492" t="s">
+        <v>9</v>
+      </c>
+      <c r="C492" t="s">
         <v>1717</v>
       </c>
-      <c r="B492" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D492" t="s">
+        <v>641</v>
+      </c>
+      <c r="E492" t="s">
+        <v>642</v>
+      </c>
+      <c r="F492" t="s">
+        <v>703</v>
+      </c>
+      <c r="G492" s="1" t="s">
         <v>1718</v>
       </c>
-      <c r="E492" t="s">
+      <c r="H492" t="s">
         <v>1719</v>
-      </c>
-[...7 lines deleted...]
-        <v>1721</v>
       </c>
     </row>
     <row r="493" spans="1:8">
       <c r="A493" t="s">
-        <v>1722</v>
+        <v>1720</v>
       </c>
       <c r="B493" t="s">
         <v>9</v>
       </c>
       <c r="C493" t="s">
-        <v>17</v>
+        <v>1721</v>
       </c>
       <c r="D493" t="s">
-        <v>1718</v>
+        <v>641</v>
       </c>
       <c r="E493" t="s">
-        <v>1719</v>
+        <v>642</v>
       </c>
       <c r="F493" t="s">
         <v>42</v>
       </c>
       <c r="G493" s="1" t="s">
+        <v>1722</v>
+      </c>
+      <c r="H493" t="s">
         <v>1723</v>
-      </c>
-[...1 lines deleted...]
-        <v>1724</v>
       </c>
     </row>
     <row r="494" spans="1:8">
       <c r="A494" t="s">
+        <v>1724</v>
+      </c>
+      <c r="B494" t="s">
+        <v>9</v>
+      </c>
+      <c r="C494" t="s">
         <v>1725</v>
       </c>
-      <c r="B494" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D494" t="s">
-        <v>1718</v>
+        <v>641</v>
       </c>
       <c r="E494" t="s">
-        <v>1719</v>
+        <v>642</v>
       </c>
       <c r="F494" t="s">
-        <v>883</v>
+        <v>192</v>
       </c>
       <c r="G494" s="1" t="s">
         <v>1726</v>
       </c>
       <c r="H494" t="s">
         <v>1727</v>
       </c>
     </row>
     <row r="495" spans="1:8">
       <c r="A495" t="s">
         <v>1728</v>
       </c>
       <c r="B495" t="s">
         <v>9</v>
       </c>
       <c r="C495" t="s">
-        <v>25</v>
+        <v>1729</v>
       </c>
       <c r="D495" t="s">
-        <v>1718</v>
+        <v>641</v>
       </c>
       <c r="E495" t="s">
-        <v>1719</v>
+        <v>642</v>
       </c>
       <c r="F495" t="s">
-        <v>1729</v>
+        <v>192</v>
       </c>
       <c r="G495" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="H495" t="s">
         <v>1730</v>
-      </c>
-[...1 lines deleted...]
-        <v>1731</v>
       </c>
     </row>
     <row r="496" spans="1:8">
       <c r="A496" t="s">
+        <v>1731</v>
+      </c>
+      <c r="B496" t="s">
+        <v>9</v>
+      </c>
+      <c r="C496" t="s">
         <v>1732</v>
       </c>
-      <c r="B496" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D496" t="s">
-        <v>1718</v>
+        <v>641</v>
       </c>
       <c r="E496" t="s">
-        <v>1719</v>
+        <v>642</v>
       </c>
       <c r="F496" t="s">
-        <v>700</v>
+        <v>703</v>
       </c>
       <c r="G496" s="1" t="s">
         <v>1733</v>
       </c>
       <c r="H496" t="s">
         <v>1734</v>
       </c>
     </row>
     <row r="497" spans="1:8">
       <c r="A497" t="s">
         <v>1735</v>
       </c>
       <c r="B497" t="s">
         <v>9</v>
       </c>
       <c r="C497" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="D497" t="s">
-        <v>1718</v>
+        <v>1736</v>
       </c>
       <c r="E497" t="s">
-        <v>1719</v>
+        <v>1737</v>
       </c>
       <c r="F497" t="s">
-        <v>42</v>
+        <v>1467</v>
       </c>
       <c r="G497" s="1" t="s">
-        <v>1736</v>
+        <v>1738</v>
       </c>
       <c r="H497" t="s">
-        <v>1737</v>
+        <v>1739</v>
       </c>
     </row>
     <row r="498" spans="1:8">
       <c r="A498" t="s">
-        <v>1738</v>
+        <v>1740</v>
       </c>
       <c r="B498" t="s">
         <v>9</v>
       </c>
       <c r="C498" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="D498" t="s">
-        <v>1718</v>
+        <v>1736</v>
       </c>
       <c r="E498" t="s">
-        <v>1719</v>
+        <v>1737</v>
       </c>
       <c r="F498" t="s">
         <v>42</v>
       </c>
       <c r="G498" s="1" t="s">
-        <v>1739</v>
+        <v>1741</v>
       </c>
       <c r="H498" t="s">
-        <v>1740</v>
+        <v>1742</v>
       </c>
     </row>
     <row r="499" spans="1:8">
       <c r="A499" t="s">
-        <v>1741</v>
+        <v>1743</v>
       </c>
       <c r="B499" t="s">
         <v>9</v>
       </c>
       <c r="C499" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="D499" t="s">
-        <v>1718</v>
+        <v>1736</v>
       </c>
       <c r="E499" t="s">
-        <v>1719</v>
+        <v>1737</v>
       </c>
       <c r="F499" t="s">
-        <v>1742</v>
+        <v>886</v>
       </c>
       <c r="G499" s="1" t="s">
-        <v>1743</v>
+        <v>1744</v>
       </c>
       <c r="H499" t="s">
-        <v>1744</v>
+        <v>1745</v>
       </c>
     </row>
     <row r="500" spans="1:8">
       <c r="A500" t="s">
-        <v>1745</v>
+        <v>1746</v>
       </c>
       <c r="B500" t="s">
         <v>9</v>
       </c>
       <c r="C500" t="s">
-        <v>46</v>
+        <v>25</v>
       </c>
       <c r="D500" t="s">
-        <v>1718</v>
+        <v>1736</v>
       </c>
       <c r="E500" t="s">
-        <v>1719</v>
+        <v>1737</v>
       </c>
       <c r="F500" t="s">
-        <v>1742</v>
+        <v>1747</v>
       </c>
       <c r="G500" s="1" t="s">
-        <v>1746</v>
+        <v>1748</v>
       </c>
       <c r="H500" t="s">
-        <v>1747</v>
+        <v>1749</v>
       </c>
     </row>
     <row r="501" spans="1:8">
       <c r="A501" t="s">
-        <v>1748</v>
+        <v>1750</v>
       </c>
       <c r="B501" t="s">
         <v>9</v>
       </c>
       <c r="C501" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="D501" t="s">
-        <v>1718</v>
+        <v>1736</v>
       </c>
       <c r="E501" t="s">
-        <v>1719</v>
+        <v>1737</v>
       </c>
       <c r="F501" t="s">
-        <v>1749</v>
+        <v>703</v>
       </c>
       <c r="G501" s="1" t="s">
-        <v>1750</v>
+        <v>1751</v>
       </c>
       <c r="H501" t="s">
-        <v>1751</v>
+        <v>1752</v>
       </c>
     </row>
     <row r="502" spans="1:8">
       <c r="A502" t="s">
-        <v>1752</v>
+        <v>1753</v>
       </c>
       <c r="B502" t="s">
         <v>9</v>
       </c>
       <c r="C502" t="s">
-        <v>54</v>
+        <v>33</v>
       </c>
       <c r="D502" t="s">
-        <v>1718</v>
+        <v>1736</v>
       </c>
       <c r="E502" t="s">
-        <v>1719</v>
+        <v>1737</v>
       </c>
       <c r="F502" t="s">
-        <v>1753</v>
+        <v>42</v>
       </c>
       <c r="G502" s="1" t="s">
         <v>1754</v>
       </c>
       <c r="H502" t="s">
         <v>1755</v>
       </c>
     </row>
     <row r="503" spans="1:8">
       <c r="A503" t="s">
         <v>1756</v>
       </c>
       <c r="B503" t="s">
         <v>9</v>
       </c>
       <c r="C503" t="s">
-        <v>58</v>
+        <v>37</v>
       </c>
       <c r="D503" t="s">
-        <v>1718</v>
+        <v>1736</v>
       </c>
       <c r="E503" t="s">
-        <v>1719</v>
+        <v>1737</v>
       </c>
       <c r="F503" t="s">
-        <v>151</v>
+        <v>42</v>
       </c>
       <c r="G503" s="1" t="s">
         <v>1757</v>
       </c>
       <c r="H503" t="s">
         <v>1758</v>
       </c>
     </row>
     <row r="504" spans="1:8">
       <c r="A504" t="s">
         <v>1759</v>
       </c>
       <c r="B504" t="s">
         <v>9</v>
       </c>
       <c r="C504" t="s">
-        <v>62</v>
+        <v>41</v>
       </c>
       <c r="D504" t="s">
-        <v>1718</v>
+        <v>1736</v>
       </c>
       <c r="E504" t="s">
-        <v>1719</v>
+        <v>1737</v>
       </c>
       <c r="F504" t="s">
         <v>1760</v>
       </c>
       <c r="G504" s="1" t="s">
         <v>1761</v>
       </c>
       <c r="H504" t="s">
         <v>1762</v>
       </c>
     </row>
     <row r="505" spans="1:8">
       <c r="A505" t="s">
         <v>1763</v>
       </c>
       <c r="B505" t="s">
         <v>9</v>
       </c>
       <c r="C505" t="s">
-        <v>66</v>
+        <v>46</v>
       </c>
       <c r="D505" t="s">
-        <v>1718</v>
+        <v>1736</v>
       </c>
       <c r="E505" t="s">
-        <v>1719</v>
+        <v>1737</v>
       </c>
       <c r="F505" t="s">
-        <v>192</v>
+        <v>1760</v>
       </c>
       <c r="G505" s="1" t="s">
         <v>1764</v>
       </c>
       <c r="H505" t="s">
         <v>1765</v>
       </c>
     </row>
     <row r="506" spans="1:8">
       <c r="A506" t="s">
         <v>1766</v>
       </c>
       <c r="B506" t="s">
         <v>9</v>
       </c>
       <c r="C506" t="s">
-        <v>70</v>
+        <v>50</v>
       </c>
       <c r="D506" t="s">
-        <v>1718</v>
+        <v>1736</v>
       </c>
       <c r="E506" t="s">
-        <v>1719</v>
+        <v>1737</v>
       </c>
       <c r="F506" t="s">
-        <v>656</v>
+        <v>1767</v>
       </c>
       <c r="G506" s="1" t="s">
-        <v>1767</v>
+        <v>1768</v>
       </c>
       <c r="H506" t="s">
-        <v>1768</v>
+        <v>1769</v>
       </c>
     </row>
     <row r="507" spans="1:8">
       <c r="A507" t="s">
-        <v>1769</v>
+        <v>1770</v>
       </c>
       <c r="B507" t="s">
         <v>9</v>
       </c>
       <c r="C507" t="s">
-        <v>10</v>
+        <v>54</v>
       </c>
       <c r="D507" t="s">
-        <v>1770</v>
+        <v>1736</v>
       </c>
       <c r="E507" t="s">
+        <v>1737</v>
+      </c>
+      <c r="F507" t="s">
         <v>1771</v>
-      </c>
-[...1 lines deleted...]
-        <v>209</v>
       </c>
       <c r="G507" s="1" t="s">
         <v>1772</v>
       </c>
       <c r="H507" t="s">
         <v>1773</v>
       </c>
     </row>
     <row r="508" spans="1:8">
       <c r="A508" t="s">
         <v>1774</v>
       </c>
       <c r="B508" t="s">
         <v>9</v>
       </c>
       <c r="C508" t="s">
-        <v>17</v>
+        <v>58</v>
       </c>
       <c r="D508" t="s">
-        <v>1770</v>
+        <v>1736</v>
       </c>
       <c r="E508" t="s">
-        <v>1771</v>
+        <v>1737</v>
       </c>
       <c r="F508" t="s">
-        <v>656</v>
+        <v>151</v>
       </c>
       <c r="G508" s="1" t="s">
         <v>1775</v>
       </c>
       <c r="H508" t="s">
         <v>1776</v>
       </c>
     </row>
     <row r="509" spans="1:8">
       <c r="A509" t="s">
         <v>1777</v>
       </c>
       <c r="B509" t="s">
         <v>9</v>
       </c>
       <c r="C509" t="s">
-        <v>21</v>
+        <v>62</v>
       </c>
       <c r="D509" t="s">
-        <v>1770</v>
+        <v>1736</v>
       </c>
       <c r="E509" t="s">
-        <v>1771</v>
+        <v>1737</v>
       </c>
       <c r="F509" t="s">
-        <v>42</v>
+        <v>1778</v>
       </c>
       <c r="G509" s="1" t="s">
-        <v>1778</v>
+        <v>1779</v>
       </c>
       <c r="H509" t="s">
-        <v>1779</v>
+        <v>1780</v>
       </c>
     </row>
     <row r="510" spans="1:8">
       <c r="A510" t="s">
-        <v>1780</v>
+        <v>1781</v>
       </c>
       <c r="B510" t="s">
         <v>9</v>
       </c>
       <c r="C510" t="s">
-        <v>25</v>
+        <v>66</v>
       </c>
       <c r="D510" t="s">
-        <v>1770</v>
+        <v>1736</v>
       </c>
       <c r="E510" t="s">
-        <v>1771</v>
+        <v>1737</v>
       </c>
       <c r="F510" t="s">
-        <v>656</v>
+        <v>192</v>
       </c>
       <c r="G510" s="1" t="s">
-        <v>1781</v>
+        <v>1782</v>
       </c>
       <c r="H510" t="s">
-        <v>1782</v>
+        <v>1783</v>
       </c>
     </row>
     <row r="511" spans="1:8">
       <c r="A511" t="s">
-        <v>1783</v>
+        <v>1784</v>
       </c>
       <c r="B511" t="s">
         <v>9</v>
       </c>
       <c r="C511" t="s">
-        <v>29</v>
+        <v>70</v>
       </c>
       <c r="D511" t="s">
-        <v>1770</v>
+        <v>1736</v>
       </c>
       <c r="E511" t="s">
-        <v>1771</v>
+        <v>1737</v>
       </c>
       <c r="F511" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="G511" s="1" t="s">
-        <v>1784</v>
+        <v>1785</v>
       </c>
       <c r="H511" t="s">
-        <v>1785</v>
+        <v>1786</v>
       </c>
     </row>
     <row r="512" spans="1:8">
       <c r="A512" t="s">
-        <v>1786</v>
+        <v>1787</v>
       </c>
       <c r="B512" t="s">
         <v>9</v>
       </c>
       <c r="C512" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="D512" t="s">
-        <v>1770</v>
+        <v>1788</v>
       </c>
       <c r="E512" t="s">
-        <v>1771</v>
+        <v>1789</v>
       </c>
       <c r="F512" t="s">
-        <v>656</v>
+        <v>209</v>
       </c>
       <c r="G512" s="1" t="s">
-        <v>1787</v>
+        <v>1790</v>
       </c>
       <c r="H512" t="s">
-        <v>1788</v>
+        <v>1791</v>
       </c>
     </row>
     <row r="513" spans="1:8">
       <c r="A513" t="s">
+        <v>1792</v>
+      </c>
+      <c r="B513" t="s">
+        <v>9</v>
+      </c>
+      <c r="C513" t="s">
+        <v>17</v>
+      </c>
+      <c r="D513" t="s">
+        <v>1788</v>
+      </c>
+      <c r="E513" t="s">
         <v>1789</v>
       </c>
-      <c r="B513" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F513" t="s">
-        <v>656</v>
+        <v>659</v>
       </c>
       <c r="G513" s="1" t="s">
-        <v>1790</v>
+        <v>1793</v>
       </c>
       <c r="H513" t="s">
-        <v>1791</v>
+        <v>1794</v>
       </c>
     </row>
     <row r="514" spans="1:8">
       <c r="A514" t="s">
-        <v>1792</v>
+        <v>1795</v>
       </c>
       <c r="B514" t="s">
         <v>9</v>
       </c>
       <c r="C514" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="D514" t="s">
-        <v>1770</v>
+        <v>1788</v>
       </c>
       <c r="E514" t="s">
-        <v>1771</v>
+        <v>1789</v>
       </c>
       <c r="F514" t="s">
-        <v>656</v>
+        <v>42</v>
       </c>
       <c r="G514" s="1" t="s">
-        <v>1793</v>
+        <v>1796</v>
       </c>
       <c r="H514" t="s">
-        <v>1794</v>
+        <v>1797</v>
       </c>
     </row>
     <row r="515" spans="1:8">
       <c r="A515" t="s">
-        <v>1795</v>
+        <v>1798</v>
       </c>
       <c r="B515" t="s">
         <v>9</v>
       </c>
       <c r="C515" t="s">
-        <v>46</v>
+        <v>25</v>
       </c>
       <c r="D515" t="s">
-        <v>1770</v>
+        <v>1788</v>
       </c>
       <c r="E515" t="s">
-        <v>1771</v>
+        <v>1789</v>
       </c>
       <c r="F515" t="s">
-        <v>700</v>
+        <v>659</v>
       </c>
       <c r="G515" s="1" t="s">
-        <v>1796</v>
+        <v>1799</v>
       </c>
       <c r="H515" t="s">
-        <v>1797</v>
+        <v>1800</v>
       </c>
     </row>
     <row r="516" spans="1:8">
       <c r="A516" t="s">
-        <v>1798</v>
+        <v>1801</v>
       </c>
       <c r="B516" t="s">
         <v>9</v>
       </c>
       <c r="C516" t="s">
-        <v>50</v>
+        <v>29</v>
       </c>
       <c r="D516" t="s">
-        <v>1770</v>
+        <v>1788</v>
       </c>
       <c r="E516" t="s">
-        <v>1771</v>
+        <v>1789</v>
       </c>
       <c r="F516" t="s">
-        <v>42</v>
+        <v>659</v>
       </c>
       <c r="G516" s="1" t="s">
-        <v>1799</v>
+        <v>1802</v>
       </c>
       <c r="H516" t="s">
-        <v>1800</v>
+        <v>1803</v>
       </c>
     </row>
     <row r="517" spans="1:8">
       <c r="A517" t="s">
-        <v>1801</v>
+        <v>1804</v>
       </c>
       <c r="B517" t="s">
         <v>9</v>
       </c>
       <c r="C517" t="s">
-        <v>54</v>
+        <v>33</v>
       </c>
       <c r="D517" t="s">
-        <v>1770</v>
+        <v>1788</v>
       </c>
       <c r="E517" t="s">
-        <v>1771</v>
+        <v>1789</v>
       </c>
       <c r="F517" t="s">
-        <v>151</v>
+        <v>659</v>
       </c>
       <c r="G517" s="1" t="s">
-        <v>285</v>
+        <v>1805</v>
       </c>
       <c r="H517" t="s">
-        <v>1802</v>
+        <v>1806</v>
       </c>
     </row>
     <row r="518" spans="1:8">
       <c r="A518" t="s">
-        <v>1803</v>
+        <v>1807</v>
       </c>
       <c r="B518" t="s">
         <v>9</v>
       </c>
       <c r="C518" t="s">
-        <v>58</v>
+        <v>37</v>
       </c>
       <c r="D518" t="s">
-        <v>1770</v>
+        <v>1788</v>
       </c>
       <c r="E518" t="s">
-        <v>1771</v>
+        <v>1789</v>
       </c>
       <c r="F518" t="s">
-        <v>151</v>
+        <v>659</v>
       </c>
       <c r="G518" s="1" t="s">
-        <v>1804</v>
+        <v>1808</v>
       </c>
       <c r="H518" t="s">
-        <v>1805</v>
+        <v>1809</v>
       </c>
     </row>
     <row r="519" spans="1:8">
       <c r="A519" t="s">
-        <v>1806</v>
+        <v>1810</v>
       </c>
       <c r="B519" t="s">
         <v>9</v>
       </c>
       <c r="C519" t="s">
-        <v>62</v>
+        <v>41</v>
       </c>
       <c r="D519" t="s">
-        <v>1770</v>
+        <v>1788</v>
       </c>
       <c r="E519" t="s">
-        <v>1771</v>
+        <v>1789</v>
       </c>
       <c r="F519" t="s">
-        <v>151</v>
+        <v>659</v>
       </c>
       <c r="G519" s="1" t="s">
-        <v>1807</v>
+        <v>1811</v>
       </c>
       <c r="H519" t="s">
-        <v>1808</v>
+        <v>1812</v>
       </c>
     </row>
     <row r="520" spans="1:8">
       <c r="A520" t="s">
-        <v>1809</v>
+        <v>1813</v>
       </c>
       <c r="B520" t="s">
         <v>9</v>
       </c>
       <c r="C520" t="s">
-        <v>66</v>
+        <v>46</v>
       </c>
       <c r="D520" t="s">
-        <v>1770</v>
+        <v>1788</v>
       </c>
       <c r="E520" t="s">
-        <v>1771</v>
+        <v>1789</v>
       </c>
       <c r="F520" t="s">
-        <v>42</v>
+        <v>703</v>
       </c>
       <c r="G520" s="1" t="s">
-        <v>285</v>
+        <v>1814</v>
       </c>
       <c r="H520" t="s">
-        <v>1810</v>
+        <v>1815</v>
       </c>
     </row>
     <row r="521" spans="1:8">
       <c r="A521" t="s">
-        <v>1811</v>
+        <v>1816</v>
       </c>
       <c r="B521" t="s">
         <v>9</v>
       </c>
       <c r="C521" t="s">
-        <v>70</v>
+        <v>50</v>
       </c>
       <c r="D521" t="s">
-        <v>1770</v>
+        <v>1788</v>
       </c>
       <c r="E521" t="s">
-        <v>1771</v>
+        <v>1789</v>
       </c>
       <c r="F521" t="s">
-        <v>656</v>
+        <v>42</v>
       </c>
       <c r="G521" s="1" t="s">
-        <v>285</v>
+        <v>1817</v>
       </c>
       <c r="H521" t="s">
-        <v>1812</v>
+        <v>1818</v>
       </c>
     </row>
     <row r="522" spans="1:8">
       <c r="A522" t="s">
-        <v>1813</v>
+        <v>1819</v>
       </c>
       <c r="B522" t="s">
         <v>9</v>
       </c>
       <c r="C522" t="s">
-        <v>74</v>
+        <v>54</v>
       </c>
       <c r="D522" t="s">
-        <v>1770</v>
+        <v>1788</v>
       </c>
       <c r="E522" t="s">
-        <v>1771</v>
+        <v>1789</v>
       </c>
       <c r="F522" t="s">
-        <v>656</v>
+        <v>151</v>
       </c>
       <c r="G522" s="1" t="s">
-        <v>1814</v>
+        <v>285</v>
       </c>
       <c r="H522" t="s">
-        <v>1815</v>
+        <v>1820</v>
       </c>
     </row>
     <row r="523" spans="1:8">
       <c r="A523" t="s">
-        <v>1816</v>
+        <v>1821</v>
       </c>
       <c r="B523" t="s">
         <v>9</v>
       </c>
       <c r="C523" t="s">
-        <v>77</v>
+        <v>58</v>
       </c>
       <c r="D523" t="s">
-        <v>1770</v>
+        <v>1788</v>
       </c>
       <c r="E523" t="s">
-        <v>1771</v>
+        <v>1789</v>
       </c>
       <c r="F523" t="s">
-        <v>1742</v>
+        <v>151</v>
       </c>
       <c r="G523" s="1" t="s">
-        <v>1817</v>
+        <v>1822</v>
       </c>
       <c r="H523" t="s">
-        <v>1818</v>
+        <v>1823</v>
       </c>
     </row>
     <row r="524" spans="1:8">
       <c r="A524" t="s">
-        <v>1819</v>
+        <v>1824</v>
       </c>
       <c r="B524" t="s">
         <v>9</v>
       </c>
       <c r="C524" t="s">
-        <v>29</v>
+        <v>62</v>
       </c>
       <c r="D524" t="s">
-        <v>1820</v>
+        <v>1788</v>
       </c>
       <c r="E524" t="s">
-        <v>1821</v>
+        <v>1789</v>
       </c>
       <c r="F524" t="s">
-        <v>209</v>
+        <v>151</v>
       </c>
       <c r="G524" s="1" t="s">
-        <v>1822</v>
+        <v>1825</v>
       </c>
       <c r="H524" t="s">
-        <v>1823</v>
+        <v>1826</v>
       </c>
     </row>
     <row r="525" spans="1:8">
       <c r="A525" t="s">
-        <v>1824</v>
+        <v>1827</v>
       </c>
       <c r="B525" t="s">
         <v>9</v>
       </c>
       <c r="C525" t="s">
-        <v>1825</v>
+        <v>66</v>
       </c>
       <c r="D525" t="s">
-        <v>1826</v>
+        <v>1788</v>
       </c>
       <c r="E525" t="s">
-        <v>1827</v>
+        <v>1789</v>
+      </c>
+      <c r="F525" t="s">
+        <v>42</v>
       </c>
       <c r="G525" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="H525" t="s">
         <v>1828</v>
-      </c>
-[...1 lines deleted...]
-        <v>1829</v>
       </c>
     </row>
     <row r="526" spans="1:8">
       <c r="A526" t="s">
+        <v>1829</v>
+      </c>
+      <c r="B526" t="s">
+        <v>9</v>
+      </c>
+      <c r="C526" t="s">
+        <v>70</v>
+      </c>
+      <c r="D526" t="s">
+        <v>1788</v>
+      </c>
+      <c r="E526" t="s">
+        <v>1789</v>
+      </c>
+      <c r="F526" t="s">
+        <v>659</v>
+      </c>
+      <c r="G526" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="H526" t="s">
         <v>1830</v>
-      </c>
-[...16 lines deleted...]
-        <v>1833</v>
       </c>
     </row>
     <row r="527" spans="1:8">
       <c r="A527" t="s">
-        <v>1834</v>
+        <v>1831</v>
       </c>
       <c r="B527" t="s">
         <v>9</v>
       </c>
       <c r="C527" t="s">
-        <v>1835</v>
+        <v>74</v>
       </c>
       <c r="D527" t="s">
-        <v>1826</v>
+        <v>1788</v>
       </c>
       <c r="E527" t="s">
-        <v>1827</v>
+        <v>1789</v>
+      </c>
+      <c r="F527" t="s">
+        <v>659</v>
       </c>
       <c r="G527" s="1" t="s">
-        <v>1836</v>
+        <v>1832</v>
       </c>
       <c r="H527" t="s">
-        <v>1837</v>
+        <v>1833</v>
       </c>
     </row>
     <row r="528" spans="1:8">
       <c r="A528" t="s">
-        <v>1838</v>
+        <v>1834</v>
       </c>
       <c r="B528" t="s">
         <v>9</v>
       </c>
       <c r="C528" t="s">
-        <v>1839</v>
+        <v>77</v>
       </c>
       <c r="D528" t="s">
-        <v>1826</v>
+        <v>1788</v>
       </c>
       <c r="E528" t="s">
-        <v>1827</v>
+        <v>1789</v>
+      </c>
+      <c r="F528" t="s">
+        <v>1760</v>
       </c>
       <c r="G528" s="1" t="s">
-        <v>1840</v>
+        <v>1835</v>
       </c>
       <c r="H528" t="s">
-        <v>1841</v>
+        <v>1836</v>
       </c>
     </row>
     <row r="529" spans="1:8">
       <c r="A529" t="s">
-        <v>1842</v>
+        <v>1837</v>
       </c>
       <c r="B529" t="s">
         <v>9</v>
       </c>
       <c r="C529" t="s">
-        <v>1843</v>
+        <v>29</v>
       </c>
       <c r="D529" t="s">
-        <v>1826</v>
+        <v>1838</v>
       </c>
       <c r="E529" t="s">
-        <v>1827</v>
+        <v>1839</v>
+      </c>
+      <c r="F529" t="s">
+        <v>209</v>
       </c>
       <c r="G529" s="1" t="s">
-        <v>1844</v>
+        <v>1840</v>
       </c>
       <c r="H529" t="s">
-        <v>1845</v>
+        <v>1841</v>
       </c>
     </row>
     <row r="530" spans="1:8">
       <c r="A530" t="s">
+        <v>1842</v>
+      </c>
+      <c r="B530" t="s">
+        <v>9</v>
+      </c>
+      <c r="C530" t="s">
+        <v>1843</v>
+      </c>
+      <c r="D530" t="s">
+        <v>1844</v>
+      </c>
+      <c r="E530" t="s">
+        <v>1845</v>
+      </c>
+      <c r="G530" s="1" t="s">
         <v>1846</v>
       </c>
-      <c r="B530" t="s">
-[...2 lines deleted...]
-      <c r="C530" t="s">
+      <c r="H530" t="s">
         <v>1847</v>
-      </c>
-[...10 lines deleted...]
-        <v>1849</v>
       </c>
     </row>
     <row r="531" spans="1:8">
       <c r="A531" t="s">
+        <v>1848</v>
+      </c>
+      <c r="B531" t="s">
+        <v>9</v>
+      </c>
+      <c r="C531" t="s">
+        <v>1849</v>
+      </c>
+      <c r="D531" t="s">
+        <v>1844</v>
+      </c>
+      <c r="E531" t="s">
+        <v>1845</v>
+      </c>
+      <c r="G531" s="1" t="s">
         <v>1850</v>
       </c>
-      <c r="B531" t="s">
-[...2 lines deleted...]
-      <c r="C531" t="s">
+      <c r="H531" t="s">
         <v>1851</v>
-      </c>
-[...10 lines deleted...]
-        <v>1853</v>
       </c>
     </row>
     <row r="532" spans="1:8">
       <c r="A532" t="s">
+        <v>1852</v>
+      </c>
+      <c r="B532" t="s">
+        <v>9</v>
+      </c>
+      <c r="C532" t="s">
+        <v>1853</v>
+      </c>
+      <c r="D532" t="s">
+        <v>1844</v>
+      </c>
+      <c r="E532" t="s">
+        <v>1845</v>
+      </c>
+      <c r="G532" s="1" t="s">
         <v>1854</v>
       </c>
-      <c r="B532" t="s">
-[...2 lines deleted...]
-      <c r="C532" t="s">
+      <c r="H532" t="s">
         <v>1855</v>
-      </c>
-[...10 lines deleted...]
-        <v>1857</v>
       </c>
     </row>
     <row r="533" spans="1:8">
       <c r="A533" t="s">
+        <v>1856</v>
+      </c>
+      <c r="B533" t="s">
+        <v>9</v>
+      </c>
+      <c r="C533" t="s">
+        <v>1857</v>
+      </c>
+      <c r="D533" t="s">
+        <v>1844</v>
+      </c>
+      <c r="E533" t="s">
+        <v>1845</v>
+      </c>
+      <c r="G533" s="1" t="s">
         <v>1858</v>
       </c>
-      <c r="B533" t="s">
-[...2 lines deleted...]
-      <c r="C533" t="s">
+      <c r="H533" t="s">
         <v>1859</v>
-      </c>
-[...10 lines deleted...]
-        <v>1861</v>
       </c>
     </row>
     <row r="534" spans="1:8">
       <c r="A534" t="s">
+        <v>1860</v>
+      </c>
+      <c r="B534" t="s">
+        <v>9</v>
+      </c>
+      <c r="C534" t="s">
+        <v>1861</v>
+      </c>
+      <c r="D534" t="s">
+        <v>1844</v>
+      </c>
+      <c r="E534" t="s">
+        <v>1845</v>
+      </c>
+      <c r="G534" s="1" t="s">
         <v>1862</v>
       </c>
-      <c r="B534" t="s">
-[...2 lines deleted...]
-      <c r="C534" t="s">
+      <c r="H534" t="s">
         <v>1863</v>
-      </c>
-[...10 lines deleted...]
-        <v>1865</v>
       </c>
     </row>
     <row r="535" spans="1:8">
       <c r="A535" t="s">
+        <v>1864</v>
+      </c>
+      <c r="B535" t="s">
+        <v>9</v>
+      </c>
+      <c r="C535" t="s">
+        <v>1865</v>
+      </c>
+      <c r="D535" t="s">
+        <v>1844</v>
+      </c>
+      <c r="E535" t="s">
+        <v>1845</v>
+      </c>
+      <c r="G535" s="1" t="s">
         <v>1866</v>
       </c>
-      <c r="B535" t="s">
-[...2 lines deleted...]
-      <c r="C535" t="s">
+      <c r="H535" t="s">
         <v>1867</v>
-      </c>
-[...10 lines deleted...]
-        <v>1869</v>
       </c>
     </row>
     <row r="536" spans="1:8">
       <c r="A536" t="s">
+        <v>1868</v>
+      </c>
+      <c r="B536" t="s">
+        <v>9</v>
+      </c>
+      <c r="C536" t="s">
+        <v>1869</v>
+      </c>
+      <c r="D536" t="s">
+        <v>1844</v>
+      </c>
+      <c r="E536" t="s">
+        <v>1845</v>
+      </c>
+      <c r="G536" s="1" t="s">
         <v>1870</v>
       </c>
-      <c r="B536" t="s">
-[...2 lines deleted...]
-      <c r="C536" t="s">
+      <c r="H536" t="s">
         <v>1871</v>
-      </c>
-[...10 lines deleted...]
-        <v>1873</v>
       </c>
     </row>
     <row r="537" spans="1:8">
       <c r="A537" t="s">
+        <v>1872</v>
+      </c>
+      <c r="B537" t="s">
+        <v>9</v>
+      </c>
+      <c r="C537" t="s">
+        <v>1873</v>
+      </c>
+      <c r="D537" t="s">
+        <v>1844</v>
+      </c>
+      <c r="E537" t="s">
+        <v>1845</v>
+      </c>
+      <c r="G537" s="1" t="s">
         <v>1874</v>
       </c>
-      <c r="B537" t="s">
-[...2 lines deleted...]
-      <c r="C537" t="s">
+      <c r="H537" t="s">
         <v>1875</v>
-      </c>
-[...10 lines deleted...]
-        <v>1877</v>
       </c>
     </row>
     <row r="538" spans="1:8">
       <c r="A538" t="s">
+        <v>1876</v>
+      </c>
+      <c r="B538" t="s">
+        <v>9</v>
+      </c>
+      <c r="C538" t="s">
+        <v>1877</v>
+      </c>
+      <c r="D538" t="s">
+        <v>1844</v>
+      </c>
+      <c r="E538" t="s">
+        <v>1845</v>
+      </c>
+      <c r="G538" s="1" t="s">
         <v>1878</v>
       </c>
-      <c r="B538" t="s">
-[...2 lines deleted...]
-      <c r="C538" t="s">
+      <c r="H538" t="s">
         <v>1879</v>
-      </c>
-[...10 lines deleted...]
-        <v>1881</v>
       </c>
     </row>
     <row r="539" spans="1:8">
       <c r="A539" t="s">
+        <v>1880</v>
+      </c>
+      <c r="B539" t="s">
+        <v>9</v>
+      </c>
+      <c r="C539" t="s">
+        <v>1881</v>
+      </c>
+      <c r="D539" t="s">
+        <v>1844</v>
+      </c>
+      <c r="E539" t="s">
+        <v>1845</v>
+      </c>
+      <c r="G539" s="1" t="s">
         <v>1882</v>
       </c>
-      <c r="B539" t="s">
-[...2 lines deleted...]
-      <c r="C539" t="s">
+      <c r="H539" t="s">
         <v>1883</v>
-      </c>
-[...10 lines deleted...]
-        <v>1885</v>
       </c>
     </row>
     <row r="540" spans="1:8">
       <c r="A540" t="s">
+        <v>1884</v>
+      </c>
+      <c r="B540" t="s">
+        <v>9</v>
+      </c>
+      <c r="C540" t="s">
+        <v>1885</v>
+      </c>
+      <c r="D540" t="s">
+        <v>1844</v>
+      </c>
+      <c r="E540" t="s">
+        <v>1845</v>
+      </c>
+      <c r="G540" s="1" t="s">
         <v>1886</v>
       </c>
-      <c r="B540" t="s">
-[...2 lines deleted...]
-      <c r="C540" t="s">
+      <c r="H540" t="s">
         <v>1887</v>
-      </c>
-[...10 lines deleted...]
-        <v>1889</v>
       </c>
     </row>
     <row r="541" spans="1:8">
       <c r="A541" t="s">
+        <v>1888</v>
+      </c>
+      <c r="B541" t="s">
+        <v>9</v>
+      </c>
+      <c r="C541" t="s">
+        <v>1889</v>
+      </c>
+      <c r="D541" t="s">
+        <v>1844</v>
+      </c>
+      <c r="E541" t="s">
+        <v>1845</v>
+      </c>
+      <c r="G541" s="1" t="s">
         <v>1890</v>
       </c>
-      <c r="B541" t="s">
-[...2 lines deleted...]
-      <c r="C541" t="s">
+      <c r="H541" t="s">
         <v>1891</v>
-      </c>
-[...10 lines deleted...]
-        <v>1893</v>
       </c>
     </row>
     <row r="542" spans="1:8">
       <c r="A542" t="s">
+        <v>1892</v>
+      </c>
+      <c r="B542" t="s">
+        <v>9</v>
+      </c>
+      <c r="C542" t="s">
+        <v>1893</v>
+      </c>
+      <c r="D542" t="s">
+        <v>1844</v>
+      </c>
+      <c r="E542" t="s">
+        <v>1845</v>
+      </c>
+      <c r="G542" s="1" t="s">
         <v>1894</v>
       </c>
-      <c r="B542" t="s">
-[...2 lines deleted...]
-      <c r="C542" t="s">
+      <c r="H542" t="s">
         <v>1895</v>
-      </c>
-[...10 lines deleted...]
-        <v>1897</v>
       </c>
     </row>
     <row r="543" spans="1:8">
       <c r="A543" t="s">
+        <v>1896</v>
+      </c>
+      <c r="B543" t="s">
+        <v>9</v>
+      </c>
+      <c r="C543" t="s">
+        <v>1897</v>
+      </c>
+      <c r="D543" t="s">
+        <v>1844</v>
+      </c>
+      <c r="E543" t="s">
+        <v>1845</v>
+      </c>
+      <c r="G543" s="1" t="s">
         <v>1898</v>
       </c>
-      <c r="B543" t="s">
-[...2 lines deleted...]
-      <c r="C543" t="s">
+      <c r="H543" t="s">
         <v>1899</v>
-      </c>
-[...10 lines deleted...]
-        <v>1901</v>
       </c>
     </row>
     <row r="544" spans="1:8">
       <c r="A544" t="s">
+        <v>1900</v>
+      </c>
+      <c r="B544" t="s">
+        <v>9</v>
+      </c>
+      <c r="C544" t="s">
+        <v>1901</v>
+      </c>
+      <c r="D544" t="s">
+        <v>1844</v>
+      </c>
+      <c r="E544" t="s">
+        <v>1845</v>
+      </c>
+      <c r="G544" s="1" t="s">
         <v>1902</v>
       </c>
-      <c r="B544" t="s">
-[...2 lines deleted...]
-      <c r="C544" t="s">
+      <c r="H544" t="s">
         <v>1903</v>
-      </c>
-[...10 lines deleted...]
-        <v>1905</v>
       </c>
     </row>
     <row r="545" spans="1:8">
       <c r="A545" t="s">
+        <v>1904</v>
+      </c>
+      <c r="B545" t="s">
+        <v>9</v>
+      </c>
+      <c r="C545" t="s">
+        <v>1905</v>
+      </c>
+      <c r="D545" t="s">
+        <v>1844</v>
+      </c>
+      <c r="E545" t="s">
+        <v>1845</v>
+      </c>
+      <c r="G545" s="1" t="s">
         <v>1906</v>
       </c>
-      <c r="B545" t="s">
-[...2 lines deleted...]
-      <c r="C545" t="s">
+      <c r="H545" t="s">
         <v>1907</v>
-      </c>
-[...10 lines deleted...]
-        <v>1909</v>
       </c>
     </row>
     <row r="546" spans="1:8">
       <c r="A546" t="s">
+        <v>1908</v>
+      </c>
+      <c r="B546" t="s">
+        <v>9</v>
+      </c>
+      <c r="C546" t="s">
+        <v>1909</v>
+      </c>
+      <c r="D546" t="s">
+        <v>1844</v>
+      </c>
+      <c r="E546" t="s">
+        <v>1845</v>
+      </c>
+      <c r="G546" s="1" t="s">
         <v>1910</v>
       </c>
-      <c r="B546" t="s">
-[...2 lines deleted...]
-      <c r="C546" t="s">
+      <c r="H546" t="s">
         <v>1911</v>
-      </c>
-[...10 lines deleted...]
-        <v>1913</v>
       </c>
     </row>
     <row r="547" spans="1:8">
       <c r="A547" t="s">
+        <v>1912</v>
+      </c>
+      <c r="B547" t="s">
+        <v>9</v>
+      </c>
+      <c r="C547" t="s">
+        <v>1913</v>
+      </c>
+      <c r="D547" t="s">
+        <v>1844</v>
+      </c>
+      <c r="E547" t="s">
+        <v>1845</v>
+      </c>
+      <c r="G547" s="1" t="s">
         <v>1914</v>
       </c>
-      <c r="B547" t="s">
-[...2 lines deleted...]
-      <c r="C547" t="s">
+      <c r="H547" t="s">
         <v>1915</v>
-      </c>
-[...10 lines deleted...]
-        <v>1916</v>
       </c>
     </row>
     <row r="548" spans="1:8">
       <c r="A548" t="s">
+        <v>1916</v>
+      </c>
+      <c r="B548" t="s">
+        <v>9</v>
+      </c>
+      <c r="C548" t="s">
         <v>1917</v>
       </c>
-      <c r="B548" t="s">
-[...2 lines deleted...]
-      <c r="C548" t="s">
+      <c r="D548" t="s">
+        <v>1844</v>
+      </c>
+      <c r="E548" t="s">
+        <v>1845</v>
+      </c>
+      <c r="G548" s="1" t="s">
         <v>1918</v>
       </c>
-      <c r="D548" t="s">
-[...5 lines deleted...]
-      <c r="G548" s="1" t="s">
+      <c r="H548" t="s">
         <v>1919</v>
-      </c>
-[...1 lines deleted...]
-        <v>1920</v>
       </c>
     </row>
     <row r="549" spans="1:8">
       <c r="A549" t="s">
+        <v>1920</v>
+      </c>
+      <c r="B549" t="s">
+        <v>9</v>
+      </c>
+      <c r="C549" t="s">
         <v>1921</v>
       </c>
-      <c r="B549" t="s">
-[...2 lines deleted...]
-      <c r="C549" t="s">
+      <c r="D549" t="s">
+        <v>1844</v>
+      </c>
+      <c r="E549" t="s">
+        <v>1845</v>
+      </c>
+      <c r="G549" s="1" t="s">
         <v>1922</v>
       </c>
-      <c r="D549" t="s">
-[...5 lines deleted...]
-      <c r="G549" s="1" t="s">
+      <c r="H549" t="s">
         <v>1923</v>
-      </c>
-[...1 lines deleted...]
-        <v>1924</v>
       </c>
     </row>
     <row r="550" spans="1:8">
       <c r="A550" t="s">
+        <v>1924</v>
+      </c>
+      <c r="B550" t="s">
+        <v>9</v>
+      </c>
+      <c r="C550" t="s">
         <v>1925</v>
       </c>
-      <c r="B550" t="s">
-[...2 lines deleted...]
-      <c r="C550" t="s">
+      <c r="D550" t="s">
+        <v>1844</v>
+      </c>
+      <c r="E550" t="s">
+        <v>1845</v>
+      </c>
+      <c r="G550" s="1" t="s">
         <v>1926</v>
       </c>
-      <c r="D550" t="s">
-[...5 lines deleted...]
-      <c r="G550" s="1" t="s">
+      <c r="H550" t="s">
         <v>1927</v>
-      </c>
-[...1 lines deleted...]
-        <v>1928</v>
       </c>
     </row>
     <row r="551" spans="1:8">
       <c r="A551" t="s">
+        <v>1928</v>
+      </c>
+      <c r="B551" t="s">
+        <v>9</v>
+      </c>
+      <c r="C551" t="s">
         <v>1929</v>
       </c>
-      <c r="B551" t="s">
-[...2 lines deleted...]
-      <c r="C551" t="s">
+      <c r="D551" t="s">
+        <v>1844</v>
+      </c>
+      <c r="E551" t="s">
+        <v>1845</v>
+      </c>
+      <c r="G551" s="1" t="s">
         <v>1930</v>
       </c>
-      <c r="D551" t="s">
-[...5 lines deleted...]
-      <c r="G551" s="1" t="s">
+      <c r="H551" t="s">
         <v>1931</v>
-      </c>
-[...1 lines deleted...]
-        <v>1932</v>
       </c>
     </row>
     <row r="552" spans="1:8">
       <c r="A552" t="s">
+        <v>1932</v>
+      </c>
+      <c r="B552" t="s">
+        <v>9</v>
+      </c>
+      <c r="C552" t="s">
         <v>1933</v>
       </c>
-      <c r="B552" t="s">
-[...2 lines deleted...]
-      <c r="C552" t="s">
+      <c r="D552" t="s">
+        <v>1844</v>
+      </c>
+      <c r="E552" t="s">
+        <v>1845</v>
+      </c>
+      <c r="G552" s="1" t="s">
+        <v>285</v>
+      </c>
+      <c r="H552" t="s">
         <v>1934</v>
-      </c>
-[...10 lines deleted...]
-        <v>1936</v>
       </c>
     </row>
     <row r="553" spans="1:8">
       <c r="A553" t="s">
+        <v>1935</v>
+      </c>
+      <c r="B553" t="s">
+        <v>9</v>
+      </c>
+      <c r="C553" t="s">
+        <v>1936</v>
+      </c>
+      <c r="D553" t="s">
+        <v>1844</v>
+      </c>
+      <c r="E553" t="s">
+        <v>1845</v>
+      </c>
+      <c r="G553" s="1" t="s">
         <v>1937</v>
       </c>
-      <c r="B553" t="s">
-[...2 lines deleted...]
-      <c r="C553" t="s">
+      <c r="H553" t="s">
         <v>1938</v>
-      </c>
-[...10 lines deleted...]
-        <v>1940</v>
       </c>
     </row>
     <row r="554" spans="1:8">
       <c r="A554" t="s">
+        <v>1939</v>
+      </c>
+      <c r="B554" t="s">
+        <v>9</v>
+      </c>
+      <c r="C554" t="s">
+        <v>1940</v>
+      </c>
+      <c r="D554" t="s">
+        <v>1844</v>
+      </c>
+      <c r="E554" t="s">
+        <v>1845</v>
+      </c>
+      <c r="G554" s="1" t="s">
         <v>1941</v>
       </c>
-      <c r="B554" t="s">
-[...2 lines deleted...]
-      <c r="C554" t="s">
+      <c r="H554" t="s">
         <v>1942</v>
-      </c>
-[...10 lines deleted...]
-        <v>1944</v>
       </c>
     </row>
     <row r="555" spans="1:8">
       <c r="A555" t="s">
+        <v>1943</v>
+      </c>
+      <c r="B555" t="s">
+        <v>9</v>
+      </c>
+      <c r="C555" t="s">
+        <v>1944</v>
+      </c>
+      <c r="D555" t="s">
+        <v>1844</v>
+      </c>
+      <c r="E555" t="s">
+        <v>1845</v>
+      </c>
+      <c r="G555" s="1" t="s">
         <v>1945</v>
       </c>
-      <c r="B555" t="s">
-[...2 lines deleted...]
-      <c r="C555" t="s">
+      <c r="H555" t="s">
         <v>1946</v>
-      </c>
-[...10 lines deleted...]
-        <v>1948</v>
       </c>
     </row>
     <row r="556" spans="1:8">
       <c r="A556" t="s">
+        <v>1947</v>
+      </c>
+      <c r="B556" t="s">
+        <v>9</v>
+      </c>
+      <c r="C556" t="s">
+        <v>1948</v>
+      </c>
+      <c r="D556" t="s">
+        <v>1844</v>
+      </c>
+      <c r="E556" t="s">
+        <v>1845</v>
+      </c>
+      <c r="G556" s="1" t="s">
         <v>1949</v>
       </c>
-      <c r="B556" t="s">
-[...2 lines deleted...]
-      <c r="C556" t="s">
+      <c r="H556" t="s">
         <v>1950</v>
-      </c>
-[...10 lines deleted...]
-        <v>1952</v>
       </c>
     </row>
     <row r="557" spans="1:8">
       <c r="A557" t="s">
+        <v>1951</v>
+      </c>
+      <c r="B557" t="s">
+        <v>9</v>
+      </c>
+      <c r="C557" t="s">
+        <v>1952</v>
+      </c>
+      <c r="D557" t="s">
+        <v>1844</v>
+      </c>
+      <c r="E557" t="s">
+        <v>1845</v>
+      </c>
+      <c r="G557" s="1" t="s">
         <v>1953</v>
       </c>
-      <c r="B557" t="s">
-[...2 lines deleted...]
-      <c r="C557" t="s">
+      <c r="H557" t="s">
         <v>1954</v>
-      </c>
-[...10 lines deleted...]
-        <v>1956</v>
       </c>
     </row>
     <row r="558" spans="1:8">
       <c r="A558" t="s">
+        <v>1955</v>
+      </c>
+      <c r="B558" t="s">
+        <v>9</v>
+      </c>
+      <c r="C558" t="s">
+        <v>1956</v>
+      </c>
+      <c r="D558" t="s">
+        <v>1844</v>
+      </c>
+      <c r="E558" t="s">
+        <v>1845</v>
+      </c>
+      <c r="G558" s="1" t="s">
         <v>1957</v>
       </c>
-      <c r="B558" t="s">
-[...2 lines deleted...]
-      <c r="C558" t="s">
+      <c r="H558" t="s">
         <v>1958</v>
-      </c>
-[...10 lines deleted...]
-        <v>1960</v>
       </c>
     </row>
     <row r="559" spans="1:8">
       <c r="A559" t="s">
+        <v>1959</v>
+      </c>
+      <c r="B559" t="s">
+        <v>9</v>
+      </c>
+      <c r="C559" t="s">
+        <v>1960</v>
+      </c>
+      <c r="D559" t="s">
+        <v>1844</v>
+      </c>
+      <c r="E559" t="s">
+        <v>1845</v>
+      </c>
+      <c r="G559" s="1" t="s">
         <v>1961</v>
       </c>
-      <c r="B559" t="s">
-[...2 lines deleted...]
-      <c r="C559" t="s">
+      <c r="H559" t="s">
         <v>1962</v>
-      </c>
-[...10 lines deleted...]
-        <v>1964</v>
       </c>
     </row>
     <row r="560" spans="1:8">
       <c r="A560" t="s">
+        <v>1963</v>
+      </c>
+      <c r="B560" t="s">
+        <v>9</v>
+      </c>
+      <c r="C560" t="s">
+        <v>1964</v>
+      </c>
+      <c r="D560" t="s">
+        <v>1844</v>
+      </c>
+      <c r="E560" t="s">
+        <v>1845</v>
+      </c>
+      <c r="G560" s="1" t="s">
         <v>1965</v>
       </c>
-      <c r="B560" t="s">
-[...2 lines deleted...]
-      <c r="C560" t="s">
+      <c r="H560" t="s">
         <v>1966</v>
-      </c>
-[...10 lines deleted...]
-        <v>1968</v>
       </c>
     </row>
     <row r="561" spans="1:8">
       <c r="A561" t="s">
+        <v>1967</v>
+      </c>
+      <c r="B561" t="s">
+        <v>9</v>
+      </c>
+      <c r="C561" t="s">
+        <v>1968</v>
+      </c>
+      <c r="D561" t="s">
+        <v>1844</v>
+      </c>
+      <c r="E561" t="s">
+        <v>1845</v>
+      </c>
+      <c r="G561" s="1" t="s">
         <v>1969</v>
       </c>
-      <c r="B561" t="s">
-[...2 lines deleted...]
-      <c r="C561" t="s">
+      <c r="H561" t="s">
         <v>1970</v>
-      </c>
-[...10 lines deleted...]
-        <v>1972</v>
       </c>
     </row>
     <row r="562" spans="1:8">
       <c r="A562" t="s">
+        <v>1971</v>
+      </c>
+      <c r="B562" t="s">
+        <v>9</v>
+      </c>
+      <c r="C562" t="s">
+        <v>1972</v>
+      </c>
+      <c r="D562" t="s">
+        <v>1844</v>
+      </c>
+      <c r="E562" t="s">
+        <v>1845</v>
+      </c>
+      <c r="G562" s="1" t="s">
         <v>1973</v>
       </c>
-      <c r="B562" t="s">
-[...2 lines deleted...]
-      <c r="C562" t="s">
+      <c r="H562" t="s">
         <v>1974</v>
-      </c>
-[...10 lines deleted...]
-        <v>1976</v>
       </c>
     </row>
     <row r="563" spans="1:8">
       <c r="A563" t="s">
+        <v>1975</v>
+      </c>
+      <c r="B563" t="s">
+        <v>9</v>
+      </c>
+      <c r="C563" t="s">
+        <v>1976</v>
+      </c>
+      <c r="D563" t="s">
+        <v>1844</v>
+      </c>
+      <c r="E563" t="s">
+        <v>1845</v>
+      </c>
+      <c r="G563" s="1" t="s">
         <v>1977</v>
       </c>
-      <c r="B563" t="s">
-[...2 lines deleted...]
-      <c r="C563" t="s">
+      <c r="H563" t="s">
         <v>1978</v>
-      </c>
-[...10 lines deleted...]
-        <v>1980</v>
       </c>
     </row>
     <row r="564" spans="1:8">
       <c r="A564" t="s">
+        <v>1979</v>
+      </c>
+      <c r="B564" t="s">
+        <v>9</v>
+      </c>
+      <c r="C564" t="s">
+        <v>1980</v>
+      </c>
+      <c r="D564" t="s">
+        <v>1844</v>
+      </c>
+      <c r="E564" t="s">
+        <v>1845</v>
+      </c>
+      <c r="G564" s="1" t="s">
         <v>1981</v>
       </c>
-      <c r="B564" t="s">
-[...2 lines deleted...]
-      <c r="C564" t="s">
+      <c r="H564" t="s">
         <v>1982</v>
-      </c>
-[...10 lines deleted...]
-        <v>1984</v>
       </c>
     </row>
     <row r="565" spans="1:8">
       <c r="A565" t="s">
+        <v>1983</v>
+      </c>
+      <c r="B565" t="s">
+        <v>9</v>
+      </c>
+      <c r="C565" t="s">
+        <v>1984</v>
+      </c>
+      <c r="D565" t="s">
+        <v>1844</v>
+      </c>
+      <c r="E565" t="s">
+        <v>1845</v>
+      </c>
+      <c r="G565" s="1" t="s">
         <v>1985</v>
       </c>
-      <c r="B565" t="s">
-[...2 lines deleted...]
-      <c r="C565" t="s">
+      <c r="H565" t="s">
         <v>1986</v>
-      </c>
-[...10 lines deleted...]
-        <v>1988</v>
       </c>
     </row>
     <row r="566" spans="1:8">
       <c r="A566" t="s">
+        <v>1987</v>
+      </c>
+      <c r="B566" t="s">
+        <v>9</v>
+      </c>
+      <c r="C566" t="s">
+        <v>1988</v>
+      </c>
+      <c r="D566" t="s">
+        <v>1844</v>
+      </c>
+      <c r="E566" t="s">
+        <v>1845</v>
+      </c>
+      <c r="G566" s="1" t="s">
         <v>1989</v>
       </c>
-      <c r="B566" t="s">
-[...2 lines deleted...]
-      <c r="C566" t="s">
+      <c r="H566" t="s">
         <v>1990</v>
-      </c>
-[...10 lines deleted...]
-        <v>1992</v>
       </c>
     </row>
     <row r="567" spans="1:8">
       <c r="A567" t="s">
+        <v>1991</v>
+      </c>
+      <c r="B567" t="s">
+        <v>9</v>
+      </c>
+      <c r="C567" t="s">
+        <v>1992</v>
+      </c>
+      <c r="D567" t="s">
+        <v>1844</v>
+      </c>
+      <c r="E567" t="s">
+        <v>1845</v>
+      </c>
+      <c r="G567" s="1" t="s">
         <v>1993</v>
       </c>
-      <c r="B567" t="s">
-[...2 lines deleted...]
-      <c r="C567" t="s">
+      <c r="H567" t="s">
         <v>1994</v>
-      </c>
-[...10 lines deleted...]
-        <v>1996</v>
       </c>
     </row>
     <row r="568" spans="1:8">
       <c r="A568" t="s">
+        <v>1995</v>
+      </c>
+      <c r="B568" t="s">
+        <v>9</v>
+      </c>
+      <c r="C568" t="s">
+        <v>1996</v>
+      </c>
+      <c r="D568" t="s">
+        <v>1844</v>
+      </c>
+      <c r="E568" t="s">
+        <v>1845</v>
+      </c>
+      <c r="G568" s="1" t="s">
         <v>1997</v>
       </c>
-      <c r="B568" t="s">
-[...2 lines deleted...]
-      <c r="C568" t="s">
+      <c r="H568" t="s">
         <v>1998</v>
-      </c>
-[...10 lines deleted...]
-        <v>2000</v>
       </c>
     </row>
     <row r="569" spans="1:8">
       <c r="A569" t="s">
+        <v>1999</v>
+      </c>
+      <c r="B569" t="s">
+        <v>9</v>
+      </c>
+      <c r="C569" t="s">
+        <v>2000</v>
+      </c>
+      <c r="D569" t="s">
+        <v>1844</v>
+      </c>
+      <c r="E569" t="s">
+        <v>1845</v>
+      </c>
+      <c r="G569" s="1" t="s">
         <v>2001</v>
       </c>
-      <c r="B569" t="s">
-[...2 lines deleted...]
-      <c r="C569" t="s">
+      <c r="H569" t="s">
         <v>2002</v>
-      </c>
-[...10 lines deleted...]
-        <v>2004</v>
       </c>
     </row>
     <row r="570" spans="1:8">
       <c r="A570" t="s">
+        <v>2003</v>
+      </c>
+      <c r="B570" t="s">
+        <v>9</v>
+      </c>
+      <c r="C570" t="s">
+        <v>2004</v>
+      </c>
+      <c r="D570" t="s">
+        <v>1844</v>
+      </c>
+      <c r="E570" t="s">
+        <v>1845</v>
+      </c>
+      <c r="G570" s="1" t="s">
         <v>2005</v>
       </c>
-      <c r="B570" t="s">
-[...2 lines deleted...]
-      <c r="C570" t="s">
+      <c r="H570" t="s">
         <v>2006</v>
       </c>
-      <c r="D570" t="s">
-[...5 lines deleted...]
-      <c r="G570" s="1" t="s">
+    </row>
+    <row r="571" spans="1:8">
+      <c r="A571" t="s">
         <v>2007</v>
       </c>
-      <c r="H570" t="s">
+      <c r="B571" t="s">
+        <v>9</v>
+      </c>
+      <c r="C571" t="s">
         <v>2008</v>
+      </c>
+      <c r="D571" t="s">
+        <v>1844</v>
+      </c>
+      <c r="E571" t="s">
+        <v>1845</v>
+      </c>
+      <c r="G571" s="1" t="s">
+        <v>2009</v>
+      </c>
+      <c r="H571" t="s">
+        <v>2010</v>
+      </c>
+    </row>
+    <row r="572" spans="1:8">
+      <c r="A572" t="s">
+        <v>2011</v>
+      </c>
+      <c r="B572" t="s">
+        <v>9</v>
+      </c>
+      <c r="C572" t="s">
+        <v>2012</v>
+      </c>
+      <c r="D572" t="s">
+        <v>1844</v>
+      </c>
+      <c r="E572" t="s">
+        <v>1845</v>
+      </c>
+      <c r="G572" s="1" t="s">
+        <v>2013</v>
+      </c>
+      <c r="H572" t="s">
+        <v>2014</v>
+      </c>
+    </row>
+    <row r="573" spans="1:8">
+      <c r="A573" t="s">
+        <v>2015</v>
+      </c>
+      <c r="B573" t="s">
+        <v>9</v>
+      </c>
+      <c r="C573" t="s">
+        <v>2016</v>
+      </c>
+      <c r="D573" t="s">
+        <v>1844</v>
+      </c>
+      <c r="E573" t="s">
+        <v>1845</v>
+      </c>
+      <c r="G573" s="1" t="s">
+        <v>2017</v>
+      </c>
+      <c r="H573" t="s">
+        <v>2018</v>
+      </c>
+    </row>
+    <row r="574" spans="1:8">
+      <c r="A574" t="s">
+        <v>2019</v>
+      </c>
+      <c r="B574" t="s">
+        <v>9</v>
+      </c>
+      <c r="C574" t="s">
+        <v>2020</v>
+      </c>
+      <c r="D574" t="s">
+        <v>1844</v>
+      </c>
+      <c r="E574" t="s">
+        <v>1845</v>
+      </c>
+      <c r="G574" s="1" t="s">
+        <v>2021</v>
+      </c>
+      <c r="H574" t="s">
+        <v>2022</v>
+      </c>
+    </row>
+    <row r="575" spans="1:8">
+      <c r="A575" t="s">
+        <v>2023</v>
+      </c>
+      <c r="B575" t="s">
+        <v>9</v>
+      </c>
+      <c r="C575" t="s">
+        <v>2024</v>
+      </c>
+      <c r="D575" t="s">
+        <v>1844</v>
+      </c>
+      <c r="E575" t="s">
+        <v>1845</v>
+      </c>
+      <c r="G575" s="1" t="s">
+        <v>2025</v>
+      </c>
+      <c r="H575" t="s">
+        <v>2026</v>
+      </c>
+    </row>
+    <row r="576" spans="1:8">
+      <c r="A576" t="s">
+        <v>2027</v>
+      </c>
+      <c r="B576" t="s">
+        <v>9</v>
+      </c>
+      <c r="C576" t="s">
+        <v>2028</v>
+      </c>
+      <c r="D576" t="s">
+        <v>1844</v>
+      </c>
+      <c r="E576" t="s">
+        <v>1845</v>
+      </c>
+      <c r="G576" s="1" t="s">
+        <v>2029</v>
+      </c>
+      <c r="H576" t="s">
+        <v>2030</v>
+      </c>
+    </row>
+    <row r="577" spans="1:8">
+      <c r="A577" t="s">
+        <v>2031</v>
+      </c>
+      <c r="B577" t="s">
+        <v>9</v>
+      </c>
+      <c r="C577" t="s">
+        <v>2032</v>
+      </c>
+      <c r="D577" t="s">
+        <v>1844</v>
+      </c>
+      <c r="E577" t="s">
+        <v>1845</v>
+      </c>
+      <c r="G577" s="1" t="s">
+        <v>2033</v>
+      </c>
+      <c r="H577" t="s">
+        <v>2034</v>
+      </c>
+    </row>
+    <row r="578" spans="1:8">
+      <c r="A578" t="s">
+        <v>2035</v>
+      </c>
+      <c r="B578" t="s">
+        <v>9</v>
+      </c>
+      <c r="C578" t="s">
+        <v>2036</v>
+      </c>
+      <c r="D578" t="s">
+        <v>1844</v>
+      </c>
+      <c r="E578" t="s">
+        <v>1845</v>
+      </c>
+      <c r="G578" s="1" t="s">
+        <v>2037</v>
+      </c>
+      <c r="H578" t="s">
+        <v>2038</v>
+      </c>
+    </row>
+    <row r="579" spans="1:8">
+      <c r="A579" t="s">
+        <v>2039</v>
+      </c>
+      <c r="B579" t="s">
+        <v>9</v>
+      </c>
+      <c r="C579" t="s">
+        <v>2040</v>
+      </c>
+      <c r="D579" t="s">
+        <v>1844</v>
+      </c>
+      <c r="E579" t="s">
+        <v>1845</v>
+      </c>
+      <c r="G579" s="1" t="s">
+        <v>2041</v>
+      </c>
+      <c r="H579" t="s">
+        <v>2042</v>
+      </c>
+    </row>
+    <row r="580" spans="1:8">
+      <c r="A580" t="s">
+        <v>2043</v>
+      </c>
+      <c r="B580" t="s">
+        <v>9</v>
+      </c>
+      <c r="C580" t="s">
+        <v>2044</v>
+      </c>
+      <c r="D580" t="s">
+        <v>1844</v>
+      </c>
+      <c r="E580" t="s">
+        <v>1845</v>
+      </c>
+      <c r="G580" s="1" t="s">
+        <v>2045</v>
+      </c>
+      <c r="H580" t="s">
+        <v>2046</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -21919,50 +22282,60 @@
     <hyperlink ref="G546" r:id="rId545"/>
     <hyperlink ref="G547" r:id="rId546"/>
     <hyperlink ref="G548" r:id="rId547"/>
     <hyperlink ref="G549" r:id="rId548"/>
     <hyperlink ref="G550" r:id="rId549"/>
     <hyperlink ref="G551" r:id="rId550"/>
     <hyperlink ref="G552" r:id="rId551"/>
     <hyperlink ref="G553" r:id="rId552"/>
     <hyperlink ref="G554" r:id="rId553"/>
     <hyperlink ref="G555" r:id="rId554"/>
     <hyperlink ref="G556" r:id="rId555"/>
     <hyperlink ref="G557" r:id="rId556"/>
     <hyperlink ref="G558" r:id="rId557"/>
     <hyperlink ref="G559" r:id="rId558"/>
     <hyperlink ref="G560" r:id="rId559"/>
     <hyperlink ref="G561" r:id="rId560"/>
     <hyperlink ref="G562" r:id="rId561"/>
     <hyperlink ref="G563" r:id="rId562"/>
     <hyperlink ref="G564" r:id="rId563"/>
     <hyperlink ref="G565" r:id="rId564"/>
     <hyperlink ref="G566" r:id="rId565"/>
     <hyperlink ref="G567" r:id="rId566"/>
     <hyperlink ref="G568" r:id="rId567"/>
     <hyperlink ref="G569" r:id="rId568"/>
     <hyperlink ref="G570" r:id="rId569"/>
+    <hyperlink ref="G571" r:id="rId570"/>
+    <hyperlink ref="G572" r:id="rId571"/>
+    <hyperlink ref="G573" r:id="rId572"/>
+    <hyperlink ref="G574" r:id="rId573"/>
+    <hyperlink ref="G575" r:id="rId574"/>
+    <hyperlink ref="G576" r:id="rId575"/>
+    <hyperlink ref="G577" r:id="rId576"/>
+    <hyperlink ref="G578" r:id="rId577"/>
+    <hyperlink ref="G579" r:id="rId578"/>
+    <hyperlink ref="G580" r:id="rId579"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>